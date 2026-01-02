--- v0 (2025-10-30)
+++ v1 (2026-01-02)
@@ -559,98 +559,101 @@
       </w:r>
       <w:r w:rsidR="6D54ABFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="6D54ABFC">
         <w:t>pasting</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="06E0EC48">
         <w:t xml:space="preserve"> into EAGL IGX to confirm your response</w:t>
       </w:r>
       <w:r w:rsidR="60EB58A3">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="06E0EC48">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="4280CB39">
         <w:t>are complete</w:t>
       </w:r>
       <w:r w:rsidR="06E0EC48">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1581481D" w14:textId="1C54F419" w:rsidR="0023011F" w:rsidRPr="00730DE1" w:rsidRDefault="740487BE" w:rsidP="00730DE1">
+    <w:p w14:paraId="1581481D" w14:textId="1C02CE56" w:rsidR="0023011F" w:rsidRPr="00730DE1" w:rsidRDefault="740487BE" w:rsidP="00730DE1">
       <w:pPr>
         <w:pStyle w:val="Number1"/>
       </w:pPr>
       <w:r>
         <w:t>To</w:t>
       </w:r>
       <w:r w:rsidR="7101E498">
         <w:t xml:space="preserve"> upload a document</w:t>
       </w:r>
       <w:r>
         <w:t>, enter a description for the file</w:t>
       </w:r>
       <w:r w:rsidR="7101E498">
         <w:t>, s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">elect the browse button and select your file. To add </w:t>
       </w:r>
       <w:r w:rsidR="7F182779">
         <w:t>another</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> file, click the </w:t>
       </w:r>
       <w:r w:rsidR="7101E498">
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:t>+</w:t>
       </w:r>
       <w:r w:rsidR="7101E498">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> button. </w:t>
       </w:r>
       <w:r w:rsidR="6C896281">
         <w:t xml:space="preserve">Note that EAGL </w:t>
       </w:r>
       <w:r w:rsidR="15FF261D">
         <w:t xml:space="preserve">IGX </w:t>
       </w:r>
       <w:r w:rsidR="6C896281">
         <w:t xml:space="preserve">has a </w:t>
       </w:r>
+      <w:r w:rsidR="00913EF0">
+        <w:t>2</w:t>
+      </w:r>
       <w:r w:rsidR="7F182779">
-        <w:t xml:space="preserve">300 </w:t>
+        <w:t xml:space="preserve">00 </w:t>
       </w:r>
       <w:r w:rsidR="6C896281">
         <w:t xml:space="preserve">MB limit for individual files. </w:t>
       </w:r>
       <w:r w:rsidR="2E83D038">
         <w:t xml:space="preserve">When </w:t>
       </w:r>
       <w:r>
         <w:t>uploading large files, clearly reference the section and page number</w:t>
       </w:r>
       <w:r w:rsidR="1929F936">
         <w:t xml:space="preserve"> in your </w:t>
       </w:r>
       <w:r w:rsidR="1749C9CB">
         <w:t>answer</w:t>
       </w:r>
       <w:r w:rsidR="1929F936">
         <w:t xml:space="preserve"> or in your </w:t>
       </w:r>
       <w:r w:rsidR="4ADFB8C3">
         <w:t>upload</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -915,51 +918,51 @@
                             <w:pPr>
                               <w:pStyle w:val="Body"/>
                               <w:ind w:left="180"/>
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">Enter text </w:t>
                             </w:r>
                             <w:r w:rsidR="00421D42">
                               <w:t>(75-character limit)</w:t>
                             </w:r>
                             <w:r w:rsidR="00421D42" w:rsidRPr="006F2B5D">
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="0DD642E5">
               <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="43F9CA17">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 2" style="width:513pt;height:36pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " o:spid="_x0000_s1026" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBjyj2yDQIAAB8EAAAOAAAAZHJzL2Uyb0RvYy54bWysk99v2yAQx98n7X9AvC+2o6RrrThVly7T&#10;pK6b1O0PuGAco2GOAYnd/fU7sJtmv16m8YCAO77cfe5YXQ+dZkfpvEJT8WKWcyaNwFqZfcW/fN6+&#10;uuTMBzA1aDSy4o/S8+v1yxer3pZyji3qWjpGIsaXva14G4Its8yLVnbgZ2ilIWODroNAW7fPagc9&#10;qXc6m+f5Rdajq61DIb2n09vRyNdJv2mkCB+bxsvAdMUptpBml+ZdnLP1Csq9A9sqMYUB/xBFB8rQ&#10;oyepWwjADk79JtUp4dBjE2YCuwybRgmZcqBsivyXbB5asDLlQnC8PWHy/09W3B8f7CfHwvAGBypg&#10;SsLbOxRfPTO4acHs5Y1z2LcSanq4iMiy3vpyuhpR+9JHkV3/AWsqMhwCJqGhcV2kQnkyUqcCPJ6g&#10;yyEwQYcXy2JZ5GQSZFssX1NV0xNQPt22zod3EjsWFxV3VNSkDsc7H2I0UD65xMc8alVvldZp4/a7&#10;jXbsCNQA2zQm9Z/ctGF9xa+W8+UI4K8SeRp/kuhUoE7Wqqv45ckJyojtralTnwVQelxTyNpMHCO6&#10;EWIYdgM5Rp47rB+JqMOxY+mH0aJF952znrq14v7bAZzkTL83VJWrYrGI7Z02CSJn7tyyO7eAESRV&#10;8cDZuNyE9CUiMIM3VL1GJbDPkUyxUhcm3tOPiW1+vk9ez/96/QMAAP//AwBQSwMEFAAGAAgAAAAh&#10;AFtKGKjcAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/QdrkbggahNQWkKcCiGB&#10;4AalKlc33iZR7XWw3TT8fd1e4DLSaFYzb8vFaA0b0IfOkYTbqQCGVDvdUSNh9fVyMwcWoiKtjCOU&#10;8IsBFtXkolSFdgf6xGEZG5ZKKBRKQhtjX3Ae6hatClPXI6Vs67xVMVnfcO3VIZVbwzMhcm5VR2mh&#10;VT0+t1jvlnsrYX7/NnyH97uPdZ1vzUO8ng2vP17Kq8vx6RFYxDH+HcMJP6FDlZg2bk86MCMhPRLP&#10;espElie/kTDLBPCq5P/pqyMAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAY8o9sg0CAAAf&#10;BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAW0oYqNwA&#10;AAAFAQAADwAAAAAAAAAAAAAAAABnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00421D42" w:rsidP="00421D42" w:rsidRDefault="004163EC" w14:paraId="7F3B0F9E" w14:textId="71C93952">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                         <w:ind w:left="180"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Enter text </w:t>
                       </w:r>
                       <w:r w:rsidR="00421D42">
                         <w:t>(75-character limit)</w:t>
                       </w:r>
                       <w:r w:rsidRPr="006F2B5D" w:rsidR="00421D42">
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
@@ -1042,51 +1045,51 @@
                             <w:pPr>
                               <w:pStyle w:val="Body"/>
                               <w:ind w:left="180"/>
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">Enter text </w:t>
                             </w:r>
                             <w:r w:rsidR="00421D42" w:rsidRPr="00182B97">
                               <w:t>(500-character limit)</w:t>
                             </w:r>
                             <w:r w:rsidR="00421D42">
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="161DA6C9">
               <v:shape id="_x0000_s1027" style="width:511.2pt;height:45.15pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCDbdQSEgIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9uO2yAQhu8r9R0Q940dN8lurDirbbap&#10;Km0P0rYPgDG2UTFDgcROn34H7M2mp5uqXCCGgZ+Zb4bNzdApchTWSdAFnc9SSoTmUEndFPTrl/2r&#10;a0qcZ7piCrQo6Ek4erN9+WLTm1xk0IKqhCUool3em4K23ps8SRxvRcfcDIzQ6KzBdsyjaZuksqxH&#10;9U4lWZqukh5sZSxw4Rzu3o1Ouo36dS24/1TXTniiCoqx+TjbOJdhTrYbljeWmVbyKQz2D1F0TGp8&#10;9Cx1xzwjByt/k+okt+Cg9jMOXQJ1LbmIOWA28/SXbB5aZkTMBeE4c8bk/p8s/3h8MJ8t8cMbGLCA&#10;MQln7oF/c0TDrmW6EbfWQt8KVuHD84As6Y3Lp6sBtctdECn7D1BhkdnBQxQaatsFKpgnQXUswOkM&#10;XQyecNxcLdZZtkAXR9/y6nWWruITLH+6bazz7wR0JCwKarGoUZ0d750P0bD86Uh4zIGS1V4qFQ3b&#10;lDtlyZFhA+zjmNR/OqY06Qu6XmbLEcBfJdI4/iTRSY+drGRX0OvzIZYHbG91FfvMM6nGNYas9MQx&#10;oBsh+qEciKwmyAFrCdUJwVoYGxc/Gi5asD8o6bFpC+q+H5gVlKj3Gouzni8CSR+NxfIqQ8NeespL&#10;D9McpQrqKRmXOx9/RuCm4RaLWMvI9zmSKWRsxoh9+jih2y/teOr5e28fAQAA//8DAFBLAwQUAAYA&#10;CAAAACEA/ynZdd0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7WVuKDWJq1K&#10;m8apEBIIbrRUcHXjbRJhr4PtpuHvcbnQy0qjGc28LdaDNaxHH1pHEu4mAhhS5XRLtYTd+9N4ASxE&#10;RVoZRyjhBwOsy+urQuXanWiD/TbWLJVQyJWEJsYu5zxUDVoVJq5DSt7Beatikr7m2qtTKreGZ0LM&#10;uVUtpYVGdfjYYPW1PVoJi9lL/xlep28f1fxglvH2vn/+9lLejIaHFbCIQ/wPwxk/oUOZmPbuSDow&#10;IyE9Ev/u2RNZNgO2l7AUU+BlwS/py18AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAg23U&#10;EhICAAAmBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;/ynZdd0AAAAFAQAADwAAAAAAAAAAAAAAAABsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;" w14:anchorId="5B907036">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00421D42" w:rsidP="00421D42" w:rsidRDefault="00FD5A2C" w14:paraId="7205461E" w14:textId="0A296506">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                         <w:ind w:left="180"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Enter text </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00182B97" w:rsidR="00421D42">
                         <w:t>(500-character limit)</w:t>
                       </w:r>
                       <w:r w:rsidR="00421D42">
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -1185,51 +1188,51 @@
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">Enter text </w:t>
                             </w:r>
                             <w:r w:rsidR="00421D42">
                               <w:t>(</w:t>
                             </w:r>
                             <w:r w:rsidR="00421D42" w:rsidRPr="000C147E">
                               <w:t>8,000-character limit)</w:t>
                             </w:r>
                             <w:r w:rsidR="00421D42" w:rsidRPr="001A6BF6">
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="3F138802">
               <v:shape id="_x0000_s1028" style="width:511pt;height:131.4pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBVP7XrFQIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1+P2jAMf5+07xDlfZQi4KCinG7cmCbd&#10;/ki3fYA0TWm0NM6cQMs+/ZzAcei2vUzLQ2THzs/2z/bqdugMOyj0GmzJ89GYM2Ul1NruSv7t6/bN&#10;gjMfhK2FAatKflSe365fv1r1rlATaMHUChmBWF/0ruRtCK7IMi9b1Qk/AqcsGRvATgRScZfVKHpC&#10;70w2GY/nWQ9YOwSpvKfX+5ORrxN+0ygZPjeNV4GZklNuId2Y7ire2Xolih0K12p5TkP8Qxad0JaC&#10;XqDuRRBsj/o3qE5LBA9NGEnoMmgaLVWqgarJxy+qeWyFU6kWIse7C03+/8HKT4dH9wVZGN7CQA1M&#10;RXj3APK7ZxY2rbA7dYcIfatETYHzSFnWO1+cv0aqfeEjSNV/hJqaLPYBEtDQYBdZoToZoVMDjhfS&#10;1RCYpMf5dLGc5WSSZMvn88XNIrUlE8XTd4c+vFfQsSiUHKmrCV4cHnyI6YjiySVG82B0vdXGJAV3&#10;1cYgOwiagG06qYIXbsayvuTL2WR2YuCvEON0/gTR6UCjbHRX8sXFSRSRt3e2ToMWhDYnmVI29kxk&#10;5O7EYhiqgem65JMYIPJaQX0kZhFOk0ubRkIL+JOznqa25P7HXqDizHyw1J1lPp3GMU/KdHYzIQWv&#10;LdW1RVhJUCUPnJ3ETUirEXmzcEddbHTi9zmTc8o0jYn28+bEcb/Wk9fzfq9/AQAA//8DAFBLAwQU&#10;AAYACAAAACEAF5g/KdwAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7WVuCDq&#10;YFAIaZwKIYHgVgqCqxtvkwh7HWw3DX9ftxe4jDSa1czbajlZw0b0oXck4XqeAUNqnO6plfDx/nRV&#10;AAtRkVbGEUr4xQDL+vysUqV2e3rDcR1blkoolEpCF+NQch6aDq0KczcgpWzrvFUxWd9y7dU+lVvD&#10;RZbl3Kqe0kKnBnzssPle76yE4vZl/AqvN6vPJt+a+3h5Nz7/eCkvZtPDAljEKf4dwxE/oUOdmDZu&#10;RzowIyE9Ek96zDIhkt9IELkogNcV/49fHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBV&#10;P7XrFQIAACcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAXmD8p3AAAAAYBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" w14:anchorId="7F58B1D4">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00421D42" w:rsidP="00421D42" w:rsidRDefault="00FD5A2C" w14:paraId="41DD2B14" w14:textId="72C794A4">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                         <w:ind w:left="180"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Enter text </w:t>
                       </w:r>
                       <w:r w:rsidR="00421D42">
                         <w:t>(</w:t>
                       </w:r>
                       <w:r w:rsidRPr="000C147E" w:rsidR="00421D42">
                         <w:t>8,000-character limit)</w:t>
                       </w:r>
                       <w:r w:rsidRPr="001A6BF6" w:rsidR="00421D42">
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
@@ -1706,51 +1709,51 @@
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="718409C5" w14:textId="20BA7E16" w:rsidR="00DB4DF6" w:rsidRDefault="003C451F" w:rsidP="00DB4DF6">
                             <w:pPr>
                               <w:pStyle w:val="Body"/>
                               <w:ind w:left="180"/>
                             </w:pPr>
                             <w:r>
                               <w:t>Enter text</w:t>
                             </w:r>
                             <w:r w:rsidR="00DB4DF6">
                               <w:t xml:space="preserve"> (1,000-character limit). </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="4AFDF41A">
               <v:shape id="_x0000_s1029" style="width:512.65pt;height:52.15pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAEfy73FAIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJcqsRp+jSZRjQ&#10;XYBuHyDLcixMEjVJid19fSnZTbPbyzA9CKRIHZKH5Oa614qchPMSTEmnk5wSYTjU0hxK+vXL/tWa&#10;Eh+YqZkCI0r6IDy93r58selsIWbQgqqFIwhifNHZkrYh2CLLPG+FZn4CVhg0NuA0C6i6Q1Y71iG6&#10;Vtksz5dZB662DrjwHl9vByPdJvymETx8ahovAlElxdxCul26q3hn2w0rDo7ZVvIxDfYPWWgmDQY9&#10;Q92ywMjRyd+gtOQOPDRhwkFn0DSSi1QDVjPNf6nmvmVWpFqQHG/PNPn/B8s/nu7tZ0dC/wZ6bGAq&#10;wts74N88MbBrmTmIG+egawWrMfA0UpZ11hfj10i1L3wEqboPUGOT2TFAAuobpyMrWCdBdGzAw5l0&#10;0QfC8XG5mOar9YoSjrblcpavVikEK55+W+fDOwGaRKGkDpua0NnpzoeYDSueXGIwD0rWe6lUUtyh&#10;2ilHTgwHYJ/OiP6TmzKkK+nVYrYYCPgrRJ7OnyC0DDjJSuqSrs9OrIi0vTV1mrPApBpkTFmZkcdI&#10;3UBi6KueyLqkr2OASGsF9QMS62AYXFw0FFpwPyjpcGhL6r8fmROUqPcGm3M1nc/jlCdlvljNUHGX&#10;lurSwgxHqJIGSgZxF9JmRN4M3GATG5n4fc5kTBmHMdE+Lk6c9ks9eT2v9/YRAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDyOBY43AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEhcEEtZ&#10;xxil6YSQQHCDgeCaNV5bkTgl8bry70m5wMV61rPe+1yuR2fFgCF2nhRczDIQSLU3HTUK3l7vz1cg&#10;Imsy2npCBd8YYV0dH5W6MP5ALzhsuBEphGKhFbTMfSFlrFt0Os58j5S8nQ9Oc1pDI03QhxTurJxn&#10;2VI63VFqaHWPdy3Wn5u9U7BaPA4f8Sl/fq+XO3vNZ1fDw1dQ6vRkvL0BwTjy3zFM+AkdqsS09Xsy&#10;UVgF6RH+nZOXzS9zENtJLXKQVSn/41c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAR/&#10;LvcUAgAAJgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;API4FjjcAAAABgEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" w14:anchorId="10E06413">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00DB4DF6" w:rsidP="00DB4DF6" w:rsidRDefault="003C451F" w14:paraId="030BA0C9" w14:textId="20BA7E16">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                         <w:ind w:left="180"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Enter text</w:t>
                       </w:r>
                       <w:r w:rsidR="00DB4DF6">
                         <w:t xml:space="preserve"> (1,000-character limit). </w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
@@ -2578,51 +2581,51 @@
                             <w:pPr>
                               <w:pStyle w:val="Body"/>
                               <w:ind w:left="180"/>
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">Enter text </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00421FCE">
                               <w:t>(100-character limit)</w:t>
                             </w:r>
                             <w:r>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="482FBBBD">
               <v:shape id="_x0000_s1030" style="width:510.8pt;height:23.75pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDu7q52FAIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJnDQx4hRdugwD&#10;ugvQ7QNkSY6FyaImKbG7ry+luGl2wR6G6UEgReqQPCTX10OnyVE6r8BUdDrJKZGGg1BmX9GvX3av&#10;lpT4wIxgGoys6IP09Hrz8sW6t6WcQQtaSEcQxPiytxVtQ7Bllnneyo75CVhp0NiA61hA1e0z4ViP&#10;6J3OZnm+yHpwwjrg0nt8vT0Z6SbhN43k4VPTeBmIrijmFtLt0l3HO9usWbl3zLaKj2mwf8iiY8pg&#10;0DPULQuMHJz6DapT3IGHJkw4dBk0jeIy1YDVTPNfqrlvmZWpFiTH2zNN/v/B8o/He/vZkTC8gQEb&#10;mIrw9g74N08MbFtm9vLGOehbyQQGnkbKst76cvwaqfaljyB1/wEENpkdAiSgoXFdZAXrJIiODXg4&#10;ky6HQDg+LorlVb4oKOFoe51PV7N5CsHKp9/W+fBOQkeiUFGHTU3o7HjnQ8yGlU8uMZgHrcROaZ0U&#10;t6+32pEjwwHYpTOi/+SmDekruppj7L9D5On8CaJTASdZq66iy7MTKyNtb41IcxaY0icZU9Zm5DFS&#10;dyIxDPVAlKhoEQNEWmsQD0isg9Pg4qKh0IL7QUmPQ1tR//3AnKREvzfYnNW0KOKUJ6WYX81QcZeW&#10;+tLCDEeoigZKTuI2pM2IDBi4wSY2KvH7nMmYMg5jon1cnDjtl3ryel7vzSMAAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCJO1Z+3AAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcEHVa&#10;SlpCNhVCAtEbFARXN94mEfY62G4a/h6XC1xWGs1o5m25Gq0RA/nQOUaYTjIQxLXTHTcIb68Pl0sQ&#10;ISrWyjgmhG8KsKpOT0pVaHfgFxo2sRGphEOhENoY+0LKULdkVZi4njh5O+etikn6RmqvDqncGjnL&#10;slxa1XFaaFVP9y3Vn5u9RVjOn4aPsL56fq/znbmJF4vh8csjnp+Nd7cgIo3xLwxH/IQOVWLauj3r&#10;IAxCeiT+3qOXzaY5iC3CfHENsirlf/rqBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAO7u&#10;rnYUAgAAJgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AIk7Vn7cAAAABQEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" w14:anchorId="50B15E4E">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00DB4DF6" w:rsidP="004B76C8" w:rsidRDefault="00DB4DF6" w14:paraId="6E4C2694" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                         <w:ind w:left="180"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Enter text </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00421FCE">
                         <w:t>(100-character limit)</w:t>
                       </w:r>
                       <w:r>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -3044,51 +3047,51 @@
                             </w:r>
                             <w:r w:rsidRPr="00421FCE">
                               <w:t>(</w:t>
                             </w:r>
                             <w:r>
                               <w:t>50</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00421FCE">
                               <w:t>-character limit)</w:t>
                             </w:r>
                             <w:r>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="1D19734F">
               <v:shape id="_x0000_s1031" style="width:513pt;height:27.95pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQ3UKnFAIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vviyuEuNOEWXLsOA&#10;7gJ0+wBZlmNhsqhJSuzs60fJbprdXobpQSBF6pA8JNc3Y6/IUVgnQVc0W6SUCM2hkXpf0S+fdy9W&#10;lDjPdMMUaFHRk3D0ZvP82XowpcihA9UISxBEu3IwFe28N2WSON6JnrkFGKHR2ILtmUfV7pPGsgHR&#10;e5XkaXqVDGAbY4EL5/D1bjLSTcRvW8H9x7Z1whNVUczNx9vGuw53slmzcm+Z6SSf02D/kEXPpMag&#10;Z6g75hk5WPkbVC+5BQetX3DoE2hbyUWsAavJ0l+qeeiYEbEWJMeZM03u/8HyD8cH88kSP76GERsY&#10;i3DmHvhXRzRsO6b34tZaGDrBGgycBcqSwbhy/hqodqULIPXwHhpsMjt4iEBja/vACtZJEB0bcDqT&#10;LkZPOD5eFVmRpWjiaHtZLFfLPIZg5eNvY51/K6AnQaioxaZGdHa8dz5kw8pHlxDMgZLNTioVFbuv&#10;t8qSI8MB2MUzo//kpjQZKnpd5MVEwF8h0nj+BNFLj5OsZF/R1dmJlYG2N7qJc+aZVJOMKSs98xio&#10;m0j0Yz0S2VS0CAECrTU0JyTWwjS4uGgodGC/UzLg0FbUfTswKyhR7zQ25zpbLsOUR2VZvMpRsZeW&#10;+tLCNEeoinpKJnHr42YE3jTcYhNbGfl9ymROGYcx0j4vTpj2Sz16Pa335gcAAAD//wMAUEsDBBQA&#10;BgAIAAAAIQBocNtz3AAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcEHUo&#10;NLQhToWQQHCDtoKrG2+TCHsdbDcNf8+WC1xGGs1q5m25HJ0VA4bYeVJwNclAINXedNQo2KwfL+cg&#10;YtJktPWECr4xwrI6PSl1YfyB3nBYpUZwCcVCK2hT6gspY92i03HieyTOdj44ndiGRpqgD1zurJxm&#10;WS6d7ogXWt3jQ4v152rvFMxvnoeP+HL9+l7nO7tIF7fD01dQ6vxsvL8DkXBMf8dwxGd0qJhp6/dk&#10;orAK+JH0q8csm+bstwpmswXIqpT/6asfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFDd&#10;QqcUAgAAJgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AGhw23PcAAAABQEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" w14:anchorId="1369B58C">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00DB4DF6" w:rsidP="004B76C8" w:rsidRDefault="00DB4DF6" w14:paraId="61A7DA70" w14:textId="238104E4">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                         <w:ind w:left="180"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Enter text </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00421FCE">
                         <w:t>(</w:t>
                       </w:r>
                       <w:r>
                         <w:t>50</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00421FCE">
                         <w:t>-character limit)</w:t>
                       </w:r>
                       <w:r>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
@@ -3163,51 +3166,51 @@
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="06A00E43" w14:textId="4298FDFF" w:rsidR="00B579F4" w:rsidRDefault="00A775C0" w:rsidP="004B76C8">
                             <w:pPr>
                               <w:pStyle w:val="Body"/>
                               <w:ind w:left="180"/>
                             </w:pPr>
                             <w:r w:rsidRPr="003058B8">
                               <w:t xml:space="preserve">Describe the work that will be billed to this task </w:t>
                             </w:r>
                             <w:r>
                               <w:t>(3,500-character limit).</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="778A2BBF">
               <v:shape id="_x0000_s1032" style="width:513pt;height:36.15pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAV0d1jFQIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysk81u2zAMx+8D9g6C7ovtLG4bI07Rpcsw&#10;oPsA2j2ALMuxMFnUJCV29vSlZDfNuu0yzAdBNKU/yR+p1fXQKXIQ1knQJc1mKSVCc6il3pX028P2&#10;zRUlzjNdMwValPQoHL1ev3616k0h5tCCqoUlKKJd0ZuStt6bIkkcb0XH3AyM0OhswHbMo2l3SW1Z&#10;j+qdSuZpepH0YGtjgQvn8O/t6KTrqN80gvsvTeOEJ6qkmJuPq41rFdZkvWLFzjLTSj6lwf4hi45J&#10;jUFPUrfMM7K38jepTnILDho/49Al0DSSi1gDVpOlL6q5b5kRsRaE48wJk/t/svzz4d58tcQP72DA&#10;BsYinLkD/t0RDZuW6Z24sRb6VrAaA2cBWdIbV0xXA2pXuCBS9Z+gxiazvYcoNDS2C1SwToLq2IDj&#10;CboYPOH48yLP8ixFF0ffIl++zS9jCFY83TbW+Q8COhI2JbXY1KjODnfOh2xY8XQkBHOgZL2VSkXD&#10;7qqNsuTAcAC28ZvUfzmmNOlLuszn+QjgrxJp/P4k0UmPk6xkV9Kr0yFWBGzvdR3nzDOpxj2mrPTE&#10;MaAbIfqhGoiskUkIELBWUB8RrIVxcPGh4aYF+5OSHoe2pO7HnllBifqosTnLbLEIUx6NRX45R8Oe&#10;e6pzD9McpUrqKRm3Gx9fRuCm4Qab2MjI9zmTKWUcxoh9ejhh2s/teOr5ea8fAQAA//8DAFBLAwQU&#10;AAYACAAAACEA8sxOC9sAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBB1&#10;SFFaQpwKIYHgVgqCqxtvkwh7HextGv4elwtcRhrNauZttZqcFSOG2HtScDXLQCA13vTUKnh7fbhc&#10;goisyWjrCRV8Y4RVfXpS6dL4A73guOFWpBKKpVbQMQ+llLHp0Ok48wNSynY+OM3JhlaaoA+p3FmZ&#10;Z1khne4pLXR6wPsOm8/N3ilYXj+NH/F5vn5vip294YvF+PgVlDo/m+5uQTBO/HcMR/yEDnVi2vo9&#10;mSisgvQI/+oxy/Ii+a2CRT4HWVfyP339AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABXR&#10;3WMVAgAAJgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;APLMTgvbAAAABQEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" w14:anchorId="1C3A5270">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00B579F4" w:rsidP="004B76C8" w:rsidRDefault="00A775C0" w14:paraId="6CC51666" w14:textId="4298FDFF">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                         <w:ind w:left="180"/>
                       </w:pPr>
                       <w:r w:rsidRPr="003058B8">
                         <w:t xml:space="preserve">Describe the work that will be billed to this task </w:t>
                       </w:r>
                       <w:r>
                         <w:t>(3,500-character limit).</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
@@ -3276,51 +3279,51 @@
                             <w:pPr>
                               <w:pStyle w:val="Body"/>
                               <w:ind w:left="180"/>
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">Describe the goal of this task </w:t>
                             </w:r>
                             <w:r w:rsidRPr="005136B0">
                               <w:t>(1,500-character limit)</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="0FFC5661">
               <v:shape id="_x0000_s1033" style="width:511.2pt;height:29.4pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBg9CIrFQIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9tu2zAMhu8H7B0E3S923KRpjDhFly7D&#10;gO4AdHsAWZZtYbKoSUrs7OlHyW6anW6G+UIQTekn+ZHa3A6dIkdhnQRd0PkspURoDpXUTUG/fN6/&#10;uqHEeaYrpkCLgp6Eo7fbly82vclFBi2oSliCItrlvSlo673Jk8TxVnTMzcAIjc4abMc8mrZJKst6&#10;VO9UkqXpddKDrYwFLpzDv/ejk26jfl0L7j/WtROeqIJibj6uNq5lWJPthuWNZaaVfEqD/UMWHZMa&#10;g56l7pln5GDlb1Kd5BYc1H7GoUugriUXsQasZp7+Us1jy4yItSAcZ86Y3P+T5R+Oj+aTJX54DQM2&#10;MBbhzAPwr45o2LVMN+LOWuhbwSoMPA/Ikt64fLoaULvcBZGyfw8VNpkdPEShobZdoIJ1ElTHBpzO&#10;0MXgCcef14t1li3QxdF3tbpK11kMwfKn28Y6/1ZAR8KmoBabGtXZ8cH5kA3Ln46EYA6UrPZSqWjY&#10;ptwpS44MB2Afv0n9p2NKk76g62W2HAH8VSKN358kOulxkpXsCnpzPsTygO2NruKceSbVuMeUlZ44&#10;BnQjRD+UA5FVQVchQMBaQnVCsBbGwcWHhpsW7HdKehzagrpvB2YFJeqdxuas54tA0kdjsVxlaNhL&#10;T3npYZqjVEE9JeN25+PLCNw03GETaxn5PmcypYzDGLFPDydM+6UdTz0/7+0PAAAA//8DAFBLAwQU&#10;AAYACAAAACEArGn+ddwAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBB1&#10;CKWEkE2FkED0BgXB1Y23SYS9Drabhr/H5QKXlUYzmnlbLSdrxEg+9I4RLmYZCOLG6Z5bhLfXh/MC&#10;RIiKtTKOCeGbAizr46NKldrt+YXGdWxFKuFQKoQuxqGUMjQdWRVmbiBO3tZ5q2KSvpXaq30qt0bm&#10;WbaQVvWcFjo10H1Hzed6ZxGK+dP4EVaXz+/NYmtu4tn1+PjlEU9PprtbEJGm+BeGA35ChzoxbdyO&#10;dRAGIT0Sf+/By/J8DmKDcFUUIOtK/qevfwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBg&#10;9CIrFQIAACYEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQCsaf513AAAAAUBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" w14:anchorId="4CCBF28D">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00A775C0" w:rsidP="004B76C8" w:rsidRDefault="00A775C0" w14:paraId="54834448" w14:textId="066CEC40">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                         <w:ind w:left="180"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Describe the goal of this task </w:t>
                       </w:r>
                       <w:r w:rsidRPr="005136B0">
                         <w:t>(1,500-character limit)</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -4058,51 +4061,51 @@
                             </w:r>
                             <w:r w:rsidRPr="00D43DAD">
                               <w:t>(</w:t>
                             </w:r>
                             <w:r>
                               <w:t>50</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D43DAD">
                               <w:t>-character limit)</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="3B2A6EAE">
               <v:shape id="_x0000_s1034" style="width:512.15pt;height:23.65pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDXJeI6EwIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJk16MOEWXLsOA&#10;7gJ0+wBZlmNhsqhRSuzs60fJaRp028swPQikSB2Sh+TydugM2yv0GmzJp5OcM2Ul1NpuS/7t6+bN&#10;NWc+CFsLA1aV/KA8v129frXsXaFm0IKpFTICsb7oXcnbEFyRZV62qhN+Ak5ZMjaAnQik4jarUfSE&#10;3plslueXWQ9YOwSpvKfX+9HIVwm/aZQMn5vGq8BMySm3kG5MdxXvbLUUxRaFa7U8piH+IYtOaEtB&#10;T1D3Igi2Q/0bVKclgocmTCR0GTSNlirVQNVM8xfVPLbCqVQLkePdiSb//2Dlp/2j+4IsDG9hoAam&#10;Irx7APndMwvrVtitukOEvlWipsDTSFnWO18cv0aqfeEjSNV/hJqaLHYBEtDQYBdZoToZoVMDDifS&#10;1RCYpMfLRT6/mF5xJsl2keezxRhCFE+/HfrwXkHHolBypKYmdLF/8CFmI4onlxjMg9H1RhuTFNxW&#10;a4NsL2gANumkAl64Gcv6kt8sZouRgL9C5On8CaLTgSbZ6K7k1ycnUUTa3tk6zVkQ2owypWzskcdI&#10;3UhiGKqB6ZoAYoBIawX1gYhFGAeXFo2EFvAnZz0Nbcn9j51AxZn5YKk5N9P5PE55UuaLqxkpeG6p&#10;zi3CSoIqeeBsFNchbUbkzcIdNbHRid/nTI4p0zAm2o+LE6f9XE9ez+u9+gUAAP//AwBQSwMEFAAG&#10;AAgAAAAhAPdJJevcAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQdWii&#10;toQ4FUICwQ0Kgqsbb5MIex3sbRr+HpcLXFYazWjmbbWenBUjhth7UnA1y0AgNd701Cp4e72/XIGI&#10;rMlo6wkVfGOEdX16UunS+AO94LjhVqQSiqVW0DEPpZSx6dDpOPMDUvJ2PjjNSYZWmqAPqdxZOc+y&#10;hXS6p7TQ6QHvOmw+N3unYFU8jh/xKX9+bxY7e80Xy/HhKyh1fjbd3oBgnPgvDEf8hA51Ytr6PZko&#10;rIL0CP/eo5fNixzEVkGxzEHWlfxPX/8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA1yXi&#10;OhMCAAAmBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;90kl69wAAAAFAQAADwAAAAAAAAAAAAAAAABtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;" w14:anchorId="44E98808">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00A775C0" w:rsidP="004B76C8" w:rsidRDefault="00A775C0" w14:paraId="2913E8F8" w14:textId="63AC4BBF">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                         <w:ind w:left="180"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Enter text </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D43DAD">
                         <w:t>(</w:t>
                       </w:r>
                       <w:r>
                         <w:t>50</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D43DAD">
                         <w:t>-character limit)</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
@@ -4267,51 +4270,51 @@
                             </w:r>
                             <w:r w:rsidRPr="00D43DAD">
                               <w:t>(</w:t>
                             </w:r>
                             <w:r>
                               <w:t>1</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D43DAD">
                               <w:t>,000-character limit)</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="7CC6D926">
               <v:shape id="_x0000_s1035" style="width:510.8pt;height:48.75pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAlX8W6EwIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgOkjQx4hRdugwD&#10;ugvQ7QNkWY6FSaImKbGzrx+luGl2wR6G6UEgReqQPCTXt4NW5Cicl2AqWkxySoTh0Eizr+iXz7tX&#10;S0p8YKZhCoyo6El4ert5+WLd21JMoQPVCEcQxPiytxXtQrBllnneCc38BKwwaGzBaRZQdfuscaxH&#10;dK2yaZ4vsh5cYx1w4T2+3p+NdJPw21bw8LFtvQhEVRRzC+l26a7jnW3WrNw7ZjvJxzTYP2ShmTQY&#10;9AJ1zwIjByd/g9KSO/DQhgkHnUHbSi5SDVhNkf9SzWPHrEi1IDneXmjy/w+Wfzg+2k+OhOE1DNjA&#10;VIS3D8C/emJg2zGzF3fOQd8J1mDgIlKW9daX49dItS99BKn799Bgk9khQAIaWqcjK1gnQXRswOlC&#10;uhgC4fi4mC1v8sWMEo62RbEqpvMUgpVPv63z4a0ATaJQUYdNTejs+OBDzIaVTy4xmAclm51UKilu&#10;X2+VI0eGA7BLZ0T/yU0Z0ld0NcfYf4fI0/kThJYBJ1lJXdHlxYmVkbY3pklzFphUZxlTVmbkMVJ3&#10;JjEM9UBkg4nEAJHWGpoTEuvgPLi4aCh04L5T0uPQVtR/OzAnKFHvDDZnVcxmccqTMpvfTFFx15b6&#10;2sIMR6iKBkrO4jakzYgMGLjDJrYy8fucyZgyDmOifVycOO3XevJ6Xu/NDwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhANq1h9bcAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQdVog&#10;bUOcCiGB6A0Kgqsbb5MIex3sbRr+HpcLXFYazWjmbbkanRUDhth5UjCdZCCQam86ahS8vT5cLkBE&#10;1mS09YQKvjHCqjo9KXVh/IFecNhwI1IJxUIraJn7QspYt+h0nPgeKXk7H5zmJEMjTdCHVO6snGVZ&#10;Lp3uKC20usf7FuvPzd4pWFw/DR9xffX8Xuc7u+SL+fD4FZQ6PxvvbkEwjvwXhiN+QocqMW39nkwU&#10;VkF6hH/v0ctm0xzEVsFyfgOyKuV/+uoHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAJV/F&#10;uhMCAAAmBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;2rWH1twAAAAFAQAADwAAAAAAAAAAAAAAAABtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;" w14:anchorId="29426004">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00A775C0" w:rsidP="004B76C8" w:rsidRDefault="00A775C0" w14:paraId="5C9433CA" w14:textId="5BD26836">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                         <w:ind w:left="180"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Enter text </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D43DAD">
                         <w:t>(</w:t>
                       </w:r>
                       <w:r>
                         <w:t>1</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D43DAD">
                         <w:t>,000-character limit)</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
@@ -4431,51 +4434,51 @@
                           <w:p w14:paraId="65521D42" w14:textId="52CA81EA" w:rsidR="004B76C8" w:rsidRDefault="004B76C8" w:rsidP="00A44829">
                             <w:pPr>
                               <w:pStyle w:val="Body"/>
                             </w:pPr>
                             <w:r w:rsidRPr="00002F78">
                               <w:t>Clearly reference supportive documentation</w:t>
                             </w:r>
                             <w:r>
                               <w:t xml:space="preserve"> (1,000-character limit)</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00002F78">
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="3F6AFDAD">
               <v:shape id="_x0000_s1036" style="width:512.65pt;height:45.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAJNBjpFAIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysk82O2yAQx++V+g6Ie2MnipONFWe1zTZV&#10;pe2HtO0DYMAxKmYokNjp03fA2Wy0bS9VOSCGgT8zvxnWt0OnyVE6r8BUdDrJKZGGg1BmX9FvX3dv&#10;bijxgRnBNBhZ0ZP09Hbz+tW6t6WcQQtaSEdQxPiytxVtQ7Bllnneyo75CVhp0NmA61hA0+0z4ViP&#10;6p3OZnm+yHpwwjrg0nvcvR+ddJP0m0by8LlpvAxEVxRjC2l2aa7jnG3WrNw7ZlvFz2Gwf4iiY8rg&#10;oxepexYYOTj1m1SnuAMPTZhw6DJoGsVlygGzmeYvsnlsmZUpF4Tj7QWT/3+y/NPx0X5xJAxvYcAC&#10;piS8fQD+3RMD25aZvbxzDvpWMoEPTyOyrLe+PF+NqH3po0jdfwSBRWaHAEloaFwXqWCeBNWxAKcL&#10;dDkEwnFzUUzzRVFQwtFXLJerZapKxsqn29b58F5CR+Kiog6LmtTZ8cGHGA0rn47ExzxoJXZK62S4&#10;fb3VjhwZNsAujZTAi2PakL6iq2JWjAD+KpGn8SeJTgXsZK26it5cDrEyYntnROqzwJQe1xiyNmeO&#10;Ed0IMQz1QJRAyAlB5FqDOCFZB2Pn4k/DRQvuJyU9dm1F/Y8Dc5IS/cFgdVbT+Ty2eTLmxXKGhrv2&#10;1NceZjhKVTRQMi63IX2NCM7AHVaxUQnwcyTnmLEbE/fzz4ntfm2nU8//e/MLAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDFITRl3QAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BTwIxEIXvJP6HZki8EGgB&#10;RVi2S4yJRm4KRq9lO+xubKdrW5b131u86GWSl/fy3jf5preGdehD40jCdCKAIZVON1RJeNs/jpfA&#10;QlSklXGEEr4xwKa4GuQq0+5Mr9jtYsVSCYVMSahjbDPOQ1mjVWHiWqTkHZ23KibpK669Oqdya/hM&#10;iAW3qqG0UKsWH2osP3cnK2F589x9hO385b1cHM0qju66py8v5fWwv18Di9jHvzBc8BM6FInp4E6k&#10;AzMS0iPx9148MbudAztIWE0F8CLn/+mLHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAJ&#10;NBjpFAIAACcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQDFITRl3QAAAAUBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" w14:anchorId="0CE78560">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="004B76C8" w:rsidP="00A44829" w:rsidRDefault="004B76C8" w14:paraId="729D8E21" w14:textId="52CA81EA">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                       </w:pPr>
                       <w:r w:rsidRPr="00002F78">
                         <w:t>Clearly reference supportive documentation</w:t>
                       </w:r>
                       <w:r>
                         <w:t xml:space="preserve"> (1,000-character limit)</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00002F78">
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -4575,51 +4578,51 @@
                                 <w:bCs w:val="0"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Water Right Name and Number </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00773ACE">
                               <w:t>(500-character limit).</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="7B8CED26" w14:textId="77777777" w:rsidR="004B76C8" w:rsidRDefault="004B76C8" w:rsidP="004B76C8">
                             <w:pPr>
                               <w:pStyle w:val="Body"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="08A52775">
               <v:shape id="_x0000_s1037" style="width:512.65pt;height:23.1pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCkSuwiFgIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysk99v2yAQx98n7X9AvC92vKRJrDhVly7T&#10;pO6H1O4PwBjHaJhjQGJnf30P7KZZt71M4wFxHHy5+9yxvu5bRY7COgm6oNNJSonQHCqp9wX99rB7&#10;s6TEeaYrpkCLgp6Eo9eb16/WnclFBg2oSliCItrlnSlo473Jk8TxRrTMTcAIjc4abMs8mnafVJZ1&#10;qN6qJEvTq6QDWxkLXDiHu7eDk26ifl0L7r/UtROeqIJibD7ONs5lmJPNmuV7y0wj+RgG+4coWiY1&#10;PnqWumWekYOVv0m1kltwUPsJhzaBupZcxBwwm2n6Ipv7hhkRc0E4zpwxuf8nyz8f781XS3z/Dnos&#10;YEzCmTvg3x3RsG2Y3osba6FrBKvw4WlAlnTG5ePVgNrlLoiU3SeosMjs4CEK9bVtAxXMk6A6FuB0&#10;hi56TzhuXs2n6WK5oISjL1u9nWWL+ATLn24b6/wHAS0Ji4JaLGpUZ8c750M0LH86Eh5zoGS1k0pF&#10;w+7LrbLkyLABdnGM6r8cU5p0BV3Ns/kA4K8SaRx/kmilx05Wsi3o8nyI5QHbe13FPvNMqmGNISs9&#10;cgzoBoi+L3siK4QcKQeuJVQnJGth6Fz8abhowP6kpMOuLaj7cWBWUKI+aqzOajqbhTaPxmy+yNCw&#10;l57y0sM0R6mCekqG5dbHrxHAabjBKtYyAn6OZIwZuzFyH39OaPdLO556/t+bRwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAPQPFVjcAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQ&#10;dUhLKCFOhZBAcIOC4OrG2yTCXgd7m4a/x+UCl5VGM5p5W60mZ8WIIfaeFFzMMhBIjTc9tQreXu/P&#10;lyAiazLaekIF3xhhVR8fVbo0fk8vOK65FamEYqkVdMxDKWVsOnQ6zvyAlLytD05zkqGVJuh9KndW&#10;5llWSKd7SgudHvCuw+ZzvXMKlovH8SM+zZ/fm2Jrr/nsanz4Ckqdnky3NyAYJ/4LwwE/oUOdmDZ+&#10;RyYKqyA9wr/34GX55RzERsGiyEHWlfxPX/8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;pErsIhYCAAAnBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA9A8VWNwAAAAFAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" w14:anchorId="1EC6A626">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidRPr="00773ACE" w:rsidR="004B76C8" w:rsidP="00773ACE" w:rsidRDefault="004B76C8" w14:paraId="5FEED35B" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                       </w:pPr>
                       <w:r w:rsidRPr="00773ACE">
                         <w:rPr>
                           <w:rStyle w:val="Strong"/>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
                           <w:b w:val="0"/>
                           <w:bCs w:val="0"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Water Right Name and Number </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00773ACE">
                         <w:t>(500-character limit).</w:t>
                       </w:r>
                     </w:p>
                     <w:p w:rsidR="004B76C8" w:rsidP="004B76C8" w:rsidRDefault="004B76C8" w14:paraId="672A6659" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
@@ -5158,51 +5161,51 @@
                           <w:p w14:paraId="7BF4E2AD" w14:textId="77777777" w:rsidR="00A775C0" w:rsidRDefault="00A775C0" w:rsidP="00A775C0">
                             <w:pPr>
                               <w:pStyle w:val="Body"/>
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">Enter text </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D43DAD">
                               <w:t>(5,000-character limit)</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="4A0F3019">
               <v:shape id="_x0000_s1038" style="width:512.15pt;height:129.95pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC9WOsAFQIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9tu2zAMhu8H7B0E3S+2sxxaI07Rpcsw&#10;oDsA3R5AluRYmCxqkhI7e/pScpoG3XYzzBeCaEo/yY/U6mboNDlI5xWYihaTnBJpOAhldhX9/m37&#10;5ooSH5gRTIORFT1KT2/Wr1+telvKKbSghXQERYwve1vRNgRbZpnnreyYn4CVBp0NuI4FNN0uE471&#10;qN7pbJrni6wHJ6wDLr3Hv3ejk66TftNIHr40jZeB6IpibiGtLq11XLP1ipU7x2yr+CkN9g9ZdEwZ&#10;DHqWumOBkb1Tv0l1ijvw0IQJhy6DplFcphqwmiJ/Uc1Dy6xMtSAcb8+Y/P+T5Z8PD/arI2F4BwM2&#10;MBXh7T3wH54Y2LTM7OStc9C3kgkMXERkWW99eboaUfvSR5G6/wQCm8z2AZLQ0LguUsE6CapjA45n&#10;6HIIhOPPxTyfvS2WlHD0FWgtlmMMVj5dt86HDxI6EjcVddjVJM8O9z7EdFj5dCRG86CV2Cqtk+F2&#10;9UY7cmA4Adv0pQpeHNOG9BW9nk/nI4G/SuTp+5NEpwKOslZdRa/Oh1gZub03Ig1aYEqPe0xZmxPI&#10;yG6kGIZ6IEogh2mMEMHWII6I1sE4uvjUcNOC+0VJj2NbUf9zz5ykRH802J7rYjaLc56M2Xw5RcNd&#10;eupLDzMcpSoaKBm3m5DeRgRn4Bbb2KgE+DmTU844jon76enEeb+006nnB75+BAAA//8DAFBLAwQU&#10;AAYACAAAACEAatYOJN4AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXFDr&#10;NC2lCXEqhASiN2hRe3XjbRJhr1PbTcPf43KBy0qjGc28LZaD0axH51tLAibjBBhSZVVLtYDPzcto&#10;AcwHSUpqSyjgGz0sy+urQubKnukD+3WoWSwhn0sBTQhdzrmvGjTSj22HFL2DdUaGKF3NlZPnWG40&#10;T5Nkzo1sKS40ssPnBquv9ckIWMze+p1fTd+31fygs3D30L8enRC3N8PTI7CAQ/gLwwU/okMZmfb2&#10;RMozLSA+En7vxUvS2RTYXkB6n2XAy4L/xy9/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AL1Y6wAVAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAGrWDiTeAAAABgEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" w14:anchorId="5D349AAE">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00A775C0" w:rsidP="00A775C0" w:rsidRDefault="00A775C0" w14:paraId="62A133F6" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Enter text </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D43DAD">
                         <w:t>(5,000-character limit)</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -5826,51 +5829,51 @@
                             </w:r>
                             <w:r w:rsidRPr="00D43DAD">
                               <w:t>(</w:t>
                             </w:r>
                             <w:r>
                               <w:t>200</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D43DAD">
                               <w:t>-character limit)</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="0D6C4E01">
               <v:shape id="_x0000_s1039" style="width:512.15pt;height:22.55pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBFQQaAFQIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9uO2yAQhu8r9R0Q942dbJJmrTirbbap&#10;Km0P0rYPgAHHqJihQGKnT78D9mbT001VLhDDwM/MN8P6pm81OUrnFZiSTic5JdJwEMrsS/r1y+7V&#10;ihIfmBFMg5ElPUlPbzYvX6w7W8gZNKCFdARFjC86W9ImBFtkmeeNbJmfgJUGnTW4lgU03T4TjnWo&#10;3upslufLrAMnrAMuvcfdu8FJN0m/riUPn+ray0B0STG2kGaX5irO2WbNir1jtlF8DIP9QxQtUwYf&#10;PUvdscDIwanfpFrFHXiow4RDm0FdKy5TDpjNNP8lm4eGWZlyQTjenjH5/yfLPx4f7GdHQv8Geixg&#10;SsLbe+DfPDGwbZjZy1vnoGskE/jwNCLLOuuL8WpE7QsfRaruAwgsMjsESEJ97dpIBfMkqI4FOJ2h&#10;yz4QjpvLRT6/yheUcPTNVstlfpWeYMXTbet8eCehJXFRUodFTerseO9DjIYVT0fiYx60EjuldTLc&#10;vtpqR44MG2CXxqj+0zFtSFfS68VsMQD4q0Sexp8kWhWwk7VqS7o6H2JFxPbWiNRngSk9rDFkbUaO&#10;Ed0AMfRVT5RAyAlB5FqBOCFZB0Pn4k/DRQPuByUddm1J/fcDc5IS/d5gda6n83ls82TMF69naLhL&#10;T3XpYYajVEkDJcNyG9LXiOAM3GIVa5UAP0cyxozdmLiPPye2+6WdTj3/780jAAAA//8DAFBLAwQU&#10;AAYACAAAACEAijlfVdwAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBB1&#10;2oZSQpwKIYHoDQqCqxtvkwh7HextGv4elwtcVhrNaOZtuRqdFQOG2HlSMJ1kIJBqbzpqFLy9Plwu&#10;QUTWZLT1hAq+McKqOj0pdWH8gV5w2HAjUgnFQitomftCyli36HSc+B4peTsfnOYkQyNN0IdU7qyc&#10;ZdlCOt1RWmh1j/ct1p+bvVOwzJ+Gj7ieP7/Xi5294Yvr4fErKHV+Nt7dgmAc+S8MR/yEDlVi2vo9&#10;mSisgvQI/96jl83yOYitgvxqCrIq5X/66gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBF&#10;QQaAFQIAACcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQCKOV9V3AAAAAUBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" w14:anchorId="017CA1D5">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00A775C0" w:rsidP="00A775C0" w:rsidRDefault="00A775C0" w14:paraId="2A192E12" w14:textId="3605DACE">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Enter text </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D43DAD">
                         <w:t>(</w:t>
                       </w:r>
                       <w:r>
                         <w:t>200</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D43DAD">
                         <w:t>-character limit)</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
@@ -6136,51 +6139,51 @@
                             </w:r>
                             <w:r w:rsidRPr="00D43DAD">
                               <w:t>(</w:t>
                             </w:r>
                             <w:r>
                               <w:t>2</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D43DAD">
                               <w:t>,000-character limit)</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="7E4EAC9C">
               <v:shape id="_x0000_s1040" style="width:512.15pt;height:91.8pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBIRsoWFwIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk99v2yAQx98n7X9AvC+2syRNrThVly7T&#10;pO6H1O0PwBjHaMAxILGzv74HTtOo216m8YA4Dr7cfe5Y3QxakYNwXoKpaDHJKRGGQyPNrqLfv23f&#10;LCnxgZmGKTCiokfh6c369atVb0sxhQ5UIxxBEePL3la0C8GWWeZ5JzTzE7DCoLMFp1lA0+2yxrEe&#10;1bXKpnm+yHpwjXXAhfe4ezc66Trpt63g4UvbehGIqijGFtLs0lzHOVuvWLlzzHaSn8Jg/xCFZtLg&#10;o2epOxYY2Tv5m5SW3IGHNkw46AzaVnKRcsBsivxFNg8dsyLlgnC8PWPy/0+Wfz482K+OhOEdDFjA&#10;lIS398B/eGJg0zGzE7fOQd8J1uDDRUSW9daXp6sRtS99FKn7T9Bgkdk+QBIaWqcjFcyToDoW4HiG&#10;LoZAOG4u5vnsbXFFCUdfUSzmy0UqS8bKp+vW+fBBgCZxUVGHVU3y7HDvQwyHlU9H4mselGy2Uqlk&#10;uF29UY4cGHbANo2UwYtjypC+otfz6Xwk8FeJPI0/SWgZsJWV1BVdng+xMnJ7b5rUaIFJNa4xZGVO&#10;ICO7kWIY6oHIBjnM4gsRbA3NEdE6GFsXvxouOnC/KOmxbSvqf+6ZE5SojwbLc13MZrHPkzGbX03R&#10;cJee+tLDDEepigZKxuUmpL8RwRm4xTK2MgF+juQUM7Zj4n76OrHfL+106vmDrx8BAAD//wMAUEsD&#10;BBQABgAIAAAAIQCJwy2h3QAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtZW4&#10;oNahqdKQxqkQEghubUFwdeNtEmGvg+2m4e9xuZTLalazmnlbrkej2YDOd5YE3M0SYEi1VR01At7f&#10;nqY5MB8kKaktoYAf9LCurq9KWSh7oi0Ou9CwGEK+kALaEPqCc1+3aKSf2R4pegfrjAxxdQ1XTp5i&#10;uNF8niQZN7Kj2NDKHh9brL92RyMgX7wMn/413XzU2UHfh9vl8PzthLiZjA8rYAHHcDmGM35Ehyoy&#10;7e2RlGdaQHwk/M2zl8wXKbB9VHmaAa9K/h+/+gUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBIRsoWFwIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCJwy2h3QAAAAYBAAAPAAAAAAAAAAAAAAAAAHEEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" w14:anchorId="7CCBE366">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00A775C0" w:rsidP="00A775C0" w:rsidRDefault="00A775C0" w14:paraId="05B6281F" w14:textId="4A8882D1">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Enter text </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D43DAD">
                         <w:t>(</w:t>
                       </w:r>
                       <w:r>
                         <w:t>2</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D43DAD">
                         <w:t>,000-character limit)</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
@@ -6267,51 +6270,51 @@
                             </w:r>
                             <w:r w:rsidRPr="00D43DAD">
                               <w:t>(</w:t>
                             </w:r>
                             <w:r>
                               <w:t>4</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D43DAD">
                               <w:t>,000-character limit)</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="26B62FFA">
               <v:shape id="_x0000_s1041" style="width:512.65pt;height:142.2pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAsi9UPFgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk8GO0zAQhu9IvIPlO01SNaWNmq6WLkVI&#10;y4K08ACO4zQWjsfYbpPy9IydbLda4ILwwfJ47N8z34w3N0OnyElYJ0GXNJullAjNoZb6UNJvX/dv&#10;VpQ4z3TNFGhR0rNw9Gb7+tWmN4WYQwuqFpagiHZFb0raem+KJHG8FR1zMzBCo7MB2zGPpj0ktWU9&#10;qncqmafpMunB1sYCF87h7t3opNuo3zSC+89N44QnqqQYm4+zjXMV5mS7YcXBMtNKPoXB/iGKjkmN&#10;j16k7phn5Gjlb1Kd5BYcNH7GoUugaSQXMQfMJktfZPPYMiNiLgjHmQsm9/9k+cPp0XyxxA/vYMAC&#10;xiScuQf+3RENu5bpg7i1FvpWsBofzgKypDeumK4G1K5wQaTqP0GNRWZHD1FoaGwXqGCeBNWxAOcL&#10;dDF4wnFzmWfpMs8p4ejLVmm+XsSyJKx4um6s8x8EdCQsSmqxqlGene6dD+Gw4ulIeM2BkvVeKhUN&#10;e6h2ypITww7YxxEzeHFMadKXdJ3P85HAXyXSOP4k0UmPraxkV9LV5RArArf3uo6N5plU4xpDVnoC&#10;GdiNFP1QDUTWyCEPLwSwFdRnRGthbF38arhowf6kpMe2Lan7cWRWUKI+aizPOlsgPuKjscjfztGw&#10;157q2sM0R6mSekrG5c7HvxHAabjFMjYyAn6OZIoZ2zFyn75O6PdrO556/uDbXwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAI8Xom7eAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQ&#10;dUjTEkKcCiGB4AZtBVc33iYR9jrYbpr+PW4v9LLSaEYzb8vFaDQb0PnOkoC7SQIMqbaqo0bAevVy&#10;mwPzQZKS2hIKOKCHRXV5UcpC2T194rAMDYsl5AspoA2hLzj3dYtG+ontkaK3tc7IEKVruHJyH8uN&#10;5mmSzLmRHcWFVvb43GL9s9wZAXn2Nnz79+nHVz3f6odwcz+8/johrq/Gp0dgAcfwH4YjfkSHKjJt&#10;7I6UZ1pAfCSc7tFL0tkU2EZAmmcZ8Krk5/jVHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAsi9UPFgIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCPF6Ju3gAAAAYBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" w14:anchorId="41314738">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00A775C0" w:rsidP="00A775C0" w:rsidRDefault="00A775C0" w14:paraId="7CF75DE3" w14:textId="31A84F19">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Enter text </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D43DAD">
                         <w:t>(</w:t>
                       </w:r>
                       <w:r>
                         <w:t>4</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D43DAD">
                         <w:t>,000-character limit)</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
@@ -6402,51 +6405,51 @@
                             </w:r>
                             <w:r w:rsidRPr="00D43DAD">
                               <w:t>(</w:t>
                             </w:r>
                             <w:r>
                               <w:t>8</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D43DAD">
                               <w:t>,000-character limit)</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="6B262B2F">
               <v:shape id="_x0000_s1042" style="width:512.65pt;height:260.1pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCZZWmMFgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9uO2yAQhu8r9R0Q942dc9aKs9pmm6rS&#10;9iBt+wAY4xgVGAokdvr0HXA2G23bm6pcIIaBn5lvhvVtrxU5CuclmJKORzklwnCopdmX9NvX3ZsV&#10;JT4wUzMFRpT0JDy93bx+te5sISbQgqqFIyhifNHZkrYh2CLLPG+FZn4EVhh0NuA0C2i6fVY71qG6&#10;VtkkzxdZB662DrjwHnfvByfdJP2mETx8bhovAlElxdhCml2aqzhnmzUr9o7ZVvJzGOwfotBMGnz0&#10;InXPAiMHJ3+T0pI78NCEEQedQdNILlIOmM04f5HNY8usSLkgHG8vmPz/k+Wfjo/2iyOhfws9FjAl&#10;4e0D8O+eGNi2zOzFnXPQtYLV+PA4Iss664vz1YjaFz6KVN1HqLHI7BAgCfWN05EK5klQHQtwukAX&#10;fSAcNxfzcb5cLSnh6JtO8+lkmcqSseLpunU+vBegSVyU1GFVkzw7PvgQw2HF05H4mgcl651UKhlu&#10;X22VI0eGHbBLI2Xw4pgypCvpzXwyHwj8VSJP408SWgZsZSV1SVeXQ6yI3N6ZOjVaYFINawxZmTPI&#10;yG6gGPqqJ7JGyov4QgRbQX1CtA6G1sWvhosW3E9KOmzbkvofB+YEJeqDwfLcjGez2OfJmM2XEzTc&#10;tae69jDDUaqkgZJhuQ3pb0RwBu6wjI1MgJ8jOceM7Zi4n79O7PdrO516/uCbXwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAI7BfBndAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQ&#10;tUlpKSFOhZBA5VbaCq5uvE0i7HWw3TT9e1wu9LLSaEYzb4v5YA3r0YfWkYS7kQCGVDndUi1hs369&#10;nQELUZFWxhFKOGKAeXl5UahcuwN9YL+KNUslFHIloYmxyzkPVYNWhZHrkJK3c96qmKSvufbqkMqt&#10;4ZkQU25VS2mhUR2+NFh9r/ZWwux+0X+F9/Hys5ruzGO8eejffryU11fD8xOwiEP8D8MJP6FDmZi2&#10;bk86MCMhPRL/7skT2WQMbCthkokMeFnwc/zyFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AJllaYwWAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAI7BfBndAAAABgEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" w14:anchorId="5B23A24C">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00A775C0" w:rsidP="00A775C0" w:rsidRDefault="00A775C0" w14:paraId="7AD32A3C" w14:textId="641DDC3E">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Enter text </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D43DAD">
                         <w:t>(</w:t>
                       </w:r>
                       <w:r>
                         <w:t>8</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D43DAD">
                         <w:t>,000-character limit)</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
@@ -6467,59 +6470,51 @@
       </w:r>
       <w:r w:rsidRPr="004C617F">
         <w:t>if the project actively manages water to provide quantitative improvements to streamflow</w:t>
       </w:r>
       <w:r w:rsidRPr="00E44A2E">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C9A0BB6" w14:textId="05D1530C" w:rsidR="006E0456" w:rsidRDefault="006E0456" w:rsidP="00E15C5F">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00DB34C0">
         <w:t>Cells may be left blank</w:t>
       </w:r>
       <w:r w:rsidR="00DE3EB0" w:rsidRPr="00DB34C0">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB34C0">
         <w:t xml:space="preserve"> you may enter monthly or yearly data (this table will not calculate the total).</w:t>
       </w:r>
       <w:r w:rsidR="00E15C5F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000D150B">
-        <w:t xml:space="preserve">Projects that rely on passive response of the hydrologic system to improve </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> do not qualify for points under scoring criteria 1.2, </w:t>
+        <w:t xml:space="preserve">Projects that rely on passive response of the hydrologic system to improve streamflows do not qualify for points under scoring criteria 1.2, </w:t>
       </w:r>
       <w:r w:rsidR="000F19A1" w:rsidRPr="000D150B">
         <w:t>quantitative</w:t>
       </w:r>
       <w:r w:rsidRPr="000D150B">
         <w:t xml:space="preserve"> streamflow improvement, and do not need to fill out the streamflow benefits table</w:t>
       </w:r>
       <w:r w:rsidR="00E15C5F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10330" w:type="dxa"/>
         <w:tblInd w:w="355" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Optional streamflow benefits table"/>
         <w:tblDescription w:val="Cells may be left blank; you may enter monthly or yearly data (this table will not calculate the total). "/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1606"/>
         <w:gridCol w:w="668"/>
         <w:gridCol w:w="667"/>
         <w:gridCol w:w="667"/>
@@ -7428,51 +7423,51 @@
                           <w:p w14:paraId="629D224B" w14:textId="77777777" w:rsidR="00A775C0" w:rsidRDefault="00A775C0" w:rsidP="00A775C0">
                             <w:pPr>
                               <w:pStyle w:val="Body"/>
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">Enter text </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D43DAD">
                               <w:t>(5,000-character limit)</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="06CEB5EB">
               <v:shape id="_x0000_s1043" style="width:512.15pt;height:129.95pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQClPN2ZFQIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9tu2zAMhu8H7B0E3S+2sxxaI07Rpcsw&#10;oDsA3R5AluRYmCxqkhI7e/pScpoG3XYzzBeCaEo/yY/U6mboNDlI5xWYihaTnBJpOAhldhX9/m37&#10;5ooSH5gRTIORFT1KT2/Wr1+telvKKbSghXQERYwve1vRNgRbZpnnreyYn4CVBp0NuI4FNN0uE471&#10;qN7pbJrni6wHJ6wDLr3Hv3ejk66TftNIHr40jZeB6IpibiGtLq11XLP1ipU7x2yr+CkN9g9ZdEwZ&#10;DHqWumOBkb1Tv0l1ijvw0IQJhy6DplFcphqwmiJ/Uc1Dy6xMtSAcb8+Y/P+T5Z8PD/arI2F4BwM2&#10;MBXh7T3wH54Y2LTM7OStc9C3kgkMXERkWW99eboaUfvSR5G6/wQCm8z2AZLQ0LguUsE6CapjA45n&#10;6HIIhOPPxTyfvS2WlHD0FWgtlmMMVj5dt86HDxI6EjcVddjVJM8O9z7EdFj5dCRG86CV2Cqtk+F2&#10;9UY7cmA4Adv0pQpeHNOG9BW9nk/nI4G/SuTp+5NEpwKOslZdRa/Oh1gZub03Ig1aYEqPe0xZmxPI&#10;yG6kGIZ6IEogh2WMEMHWII6I1sE4uvjUcNOC+0VJj2NbUf9zz5ykRH802J7rYjaLc56M2Xw5RcNd&#10;eupLDzMcpSoaKBm3m5DeRgRn4Bbb2KgE+DmTU844jon76enEeb+006nnB75+BAAA//8DAFBLAwQU&#10;AAYACAAAACEAatYOJN4AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXFDr&#10;NC2lCXEqhASiN2hRe3XjbRJhr1PbTcPf43KBy0qjGc28LZaD0axH51tLAibjBBhSZVVLtYDPzcto&#10;AcwHSUpqSyjgGz0sy+urQubKnukD+3WoWSwhn0sBTQhdzrmvGjTSj22HFL2DdUaGKF3NlZPnWG40&#10;T5Nkzo1sKS40ssPnBquv9ckIWMze+p1fTd+31fygs3D30L8enRC3N8PTI7CAQ/gLwwU/okMZmfb2&#10;RMozLSA+En7vxUvS2RTYXkB6n2XAy4L/xy9/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AKU83ZkVAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAGrWDiTeAAAABgEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" w14:anchorId="125D7F04">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00A775C0" w:rsidP="00A775C0" w:rsidRDefault="00A775C0" w14:paraId="3EF9B148" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Enter text </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D43DAD">
                         <w:t>(5,000-character limit)</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -7573,51 +7568,51 @@
                           <w:p w14:paraId="52E37C18" w14:textId="77777777" w:rsidR="00A775C0" w:rsidRDefault="00A775C0" w:rsidP="00A775C0">
                             <w:pPr>
                               <w:pStyle w:val="Body"/>
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">Enter text </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D43DAD">
                               <w:t>(5,000-character limit)</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="561A09A2">
               <v:shape id="_x0000_s1044" style="width:512.15pt;height:129.95pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDMlvbpFQIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk99v2yAQx98n7X9AvC+2syRNrThVly7T&#10;pO6H1O0PwBjHaMAxILGzv74HTtOo216m+QFxPvje3eeO1c2gFTkI5yWYihaTnBJhODTS7Cr6/dv2&#10;zZISH5hpmAIjKnoUnt6sX79a9bYUU+hANcIRFDG+7G1FuxBsmWWed0IzPwErDDpbcJoFNN0uaxzr&#10;UV2rbJrni6wH11gHXHiPf+9GJ10n/bYVPHxpWy8CURXF3EJaXVrruGbrFSt3jtlO8lMa7B+y0Ewa&#10;DHqWumOBkb2Tv0lpyR14aMOEg86gbSUXqQaspshfVPPQMStSLQjH2zMm//9k+efDg/3qSBjewYAN&#10;TEV4ew/8hycGNh0zO3HrHPSdYA0GLiKyrLe+PF2NqH3po0jdf4IGm8z2AZLQ0DodqWCdBNWxAccz&#10;dDEEwvHnYp7P3hZXlHD0FWgtrsYYrHy6bp0PHwRoEjcVddjVJM8O9z7EdFj5dCRG86Bks5VKJcPt&#10;6o1y5MBwArbpSxW8OKYM6St6PZ/ORwJ/lcjT9ycJLQOOspK6osvzIVZGbu9NkwYtMKnGPaaszAlk&#10;ZDdSDEM9ENkgh2WMEMHW0BwRrYNxdPGp4aYD94uSHse2ov7nnjlBifposD3XxWwW5zwZs/nVFA13&#10;6akvPcxwlKpooGTcbkJ6GxGcgVtsYysT4OdMTjnjOCbup6cT5/3STqeeH/j6EQAA//8DAFBLAwQU&#10;AAYACAAAACEAatYOJN4AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXFDr&#10;NC2lCXEqhASiN2hRe3XjbRJhr1PbTcPf43KBy0qjGc28LZaD0axH51tLAibjBBhSZVVLtYDPzcto&#10;AcwHSUpqSyjgGz0sy+urQubKnukD+3WoWSwhn0sBTQhdzrmvGjTSj22HFL2DdUaGKF3NlZPnWG40&#10;T5Nkzo1sKS40ssPnBquv9ckIWMze+p1fTd+31fygs3D30L8enRC3N8PTI7CAQ/gLwwU/okMZmfb2&#10;RMozLSA+En7vxUvS2RTYXkB6n2XAy4L/xy9/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AMyW9ukVAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAGrWDiTeAAAABgEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" w14:anchorId="12F60FA8">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00A775C0" w:rsidP="00A775C0" w:rsidRDefault="00A775C0" w14:paraId="16F9CB2D" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Enter text </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D43DAD">
                         <w:t>(5,000-character limit)</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -7701,51 +7696,51 @@
                           <w:p w14:paraId="3A43ED1E" w14:textId="77777777" w:rsidR="00A775C0" w:rsidRDefault="00A775C0" w:rsidP="00A775C0">
                             <w:pPr>
                               <w:pStyle w:val="Body"/>
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">Enter text </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D43DAD">
                               <w:t>(5,000-character limit)</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="1A93D1A7">
               <v:shape id="_x0000_s1045" style="width:512.15pt;height:129.95pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAeIZgfFQIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk99v2yAQx98n7X9AvC+2syRtrDhVly7T&#10;pO6H1O0PwBjHaMAxILGzv74HTtOo216m+QFxPvje3eeO1c2gFTkI5yWYihaTnBJhODTS7Cr6/dv2&#10;zTUlPjDTMAVGVPQoPL1Zv3616m0pptCBaoQjKGJ82duKdiHYMss874RmfgJWGHS24DQLaLpd1jjW&#10;o7pW2TTPF1kPrrEOuPAe/96NTrpO+m0rePjStl4EoiqKuYW0urTWcc3WK1buHLOd5Kc02D9koZk0&#10;GPQsdccCI3snf5PSkjvw0IYJB51B20ouUg1YTZG/qOahY1akWhCOt2dM/v/J8s+HB/vVkTC8gwEb&#10;mIrw9h74D08MbDpmduLWOeg7wRoMXERkWW99eboaUfvSR5G6/wQNNpntAyShoXU6UsE6CapjA45n&#10;6GIIhOPPxTyfvS2uKOHoK9BaXI0xWPl03TofPgjQJG4q6rCrSZ4d7n2I6bDy6UiM5kHJZiuVSobb&#10;1RvlyIHhBGzTlyp4cUwZ0ld0OZ/ORwJ/lcjT9ycJLQOOspK6otfnQ6yM3N6bJg1aYFKNe0xZmRPI&#10;yG6kGIZ6ILJBDssYIYKtoTkiWgfj6OJTw00H7hclPY5tRf3PPXOCEvXRYHuWxWwW5zwZs/nVFA13&#10;6akvPcxwlKpooGTcbkJ6GxGcgVtsYysT4OdMTjnjOCbup6cT5/3STqeeH/j6EQAA//8DAFBLAwQU&#10;AAYACAAAACEAatYOJN4AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXFDr&#10;NC2lCXEqhASiN2hRe3XjbRJhr1PbTcPf43KBy0qjGc28LZaD0axH51tLAibjBBhSZVVLtYDPzcto&#10;AcwHSUpqSyjgGz0sy+urQubKnukD+3WoWSwhn0sBTQhdzrmvGjTSj22HFL2DdUaGKF3NlZPnWG40&#10;T5Nkzo1sKS40ssPnBquv9ckIWMze+p1fTd+31fygs3D30L8enRC3N8PTI7CAQ/gLwwU/okMZmfb2&#10;RMozLSA+En7vxUvS2RTYXkB6n2XAy4L/xy9/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AB4hmB8VAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAGrWDiTeAAAABgEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" w14:anchorId="311D5A7A">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00A775C0" w:rsidP="00A775C0" w:rsidRDefault="00A775C0" w14:paraId="4CE285CE" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Enter text </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D43DAD">
                         <w:t>(5,000-character limit)</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -7954,51 +7949,51 @@
                           <w:p w14:paraId="633B10D1" w14:textId="77777777" w:rsidR="00C876C9" w:rsidRDefault="00C876C9" w:rsidP="00C876C9">
                             <w:pPr>
                               <w:pStyle w:val="Body"/>
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">Enter text </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D43DAD">
                               <w:t>(5,000-character limit)</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="073F1629">
               <v:shape id="_x0000_s1046" style="width:511.5pt;height:82.8pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDyXzkJFQIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk1Fv2yAQx98n7Tsg3hfbUZw1VpyqS5dp&#10;UtdN6vYBMOAYDXMMSOzu0+/AaRp128s0HhDHwZ+73x3r67HX5CidV2BqWsxySqThIJTZ1/Tb192b&#10;K0p8YEYwDUbW9FF6er15/Wo92ErOoQMtpCMoYnw12Jp2IdgqyzzvZM/8DKw06GzB9Syg6faZcGxA&#10;9V5n8zxfZgM4YR1w6T3u3k5Oukn6bSt5+Ny2Xgaia4qxhTS7NDdxzjZrVu0ds53ipzDYP0TRM2Xw&#10;0bPULQuMHJz6TapX3IGHNsw49Bm0reIy5YDZFPmLbB46ZmXKBeF4e8bk/58svz8+2C+OhPEdjFjA&#10;lIS3d8C/e2Jg2zGzlzfOwdBJJvDhIiLLBuur09WI2lc+ijTDJxBYZHYIkITG1vWRCuZJUB0L8HiG&#10;LsdAOG4uF6tlXqKLo6/Iy6JcprJkrHq6bp0PHyT0JC5q6rCqSZ4d73yI4bDq6Uh8zYNWYqe0Tobb&#10;N1vtyJFhB+zSSBm8OKYNGWq6KuflROCvEnkaf5LoVcBW1qqv6dX5EKsit/dGpEYLTOlpjSFrcwIZ&#10;2U0Uw9iMRImazhOCCLYB8YhoHUyti18NFx24n5QM2LY19T8OzElK9EeD5VkVi0Xs82QsyrcoRNyl&#10;p7n0MMNRqqaBkmm5DelvRHAGbrCMrUqAnyM5xYztmLifvk7s90s7nXr+4JtfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAdlx5BtwAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hIXNCW&#10;skEZpemEkEDsBhuCa9Z4bUXilCTryr/H4wIXy0/Pev5euRydFQOG2HlScDnNQCDV3nTUKHjbPE4W&#10;IGLSZLT1hAq+McKyOj0pdWH8gV5xWKdGcAjFQitoU+oLKWPdotNx6nsk9nY+OJ1YhkaaoA8c7qyc&#10;ZVkune6IP7S6x4cW68/13ilYXD0PH3E1f3mv8529TRc3w9NXUOr8bLy/A5FwTH/HcMRndKiYaev3&#10;ZKKwCrhI+p1HL5vNWW95y69zkFUp/+NXPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDy&#10;XzkJFQIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQB2XHkG3AAAAAYBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" w14:anchorId="5E9965AB">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00C876C9" w:rsidP="00C876C9" w:rsidRDefault="00C876C9" w14:paraId="15662ACB" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Enter text </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D43DAD">
                         <w:t>(5,000-character limit)</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -8104,51 +8099,51 @@
                           <w:p w14:paraId="1BC9876B" w14:textId="77777777" w:rsidR="00A775C0" w:rsidRDefault="00A775C0" w:rsidP="00A775C0">
                             <w:pPr>
                               <w:pStyle w:val="Body"/>
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">Enter text </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D43DAD">
                               <w:t>(5,000-character limit)</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="1C549FAE">
               <v:shape id="_x0000_s1047" style="width:511.5pt;height:92.7pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBjeL8+FQIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9uO2yAQhu8r9R0Q940PymFjxVlts01V&#10;aXuQtn0AjLGNihkKJHb69B1wNhtt25uqXCCGgZ+Zb4bN7dgrchTWSdAlzWYpJUJzqKVuS/rt6/7N&#10;DSXOM10zBVqU9CQcvd2+frUZTCFy6EDVwhIU0a4YTEk7702RJI53omduBkZodDZge+bRtG1SWzag&#10;eq+SPE2XyQC2Nha4cA537ycn3Ub9phHcf24aJzxRJcXYfJxtnKswJ9sNK1rLTCf5OQz2D1H0TGp8&#10;9CJ1zzwjByt/k+olt+Cg8TMOfQJNI7mIOWA2Wfoim8eOGRFzQTjOXDC5/yfLPx0fzRdL/PgWRixg&#10;TMKZB+DfHdGw65huxZ21MHSC1fhwFpAlg3HF+WpA7QoXRKrhI9RYZHbwEIXGxvaBCuZJUB0LcLpA&#10;F6MnHDeX8/UyXaCLoy/LVqt8HcuSsOLpurHOvxfQk7AoqcWqRnl2fHA+hMOKpyPhNQdK1nupVDRs&#10;W+2UJUeGHbCPI2bw4pjSZCjpepEvJgJ/lUjj+JNELz22spJ9SW8uh1gRuL3TdWw0z6Sa1hiy0meQ&#10;gd1E0Y/VSGRd0jxiDmArqE+I1sLUuvjVcNGB/UnJgG1bUvfjwKygRH3QWJ51Np+HPo/GfLHK0bDX&#10;nurawzRHqZJ6Sqblzse/EcBpuMMyNjICfo7kHDO2Y+R+/jqh36/teOr5g29/AQAA//8DAFBLAwQU&#10;AAYACAAAACEAN1YCodwAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hIXBBL&#10;2cYopemEkEBwg22Ca9Z4bUXilCTryr/H4wIXy0/Pev5euRydFQOG2HlScDXJQCDV3nTUKNisHy9z&#10;EDFpMtp6QgXfGGFZnZ6UujD+QG84rFIjOIRioRW0KfWFlLFu0ek48T0SezsfnE4sQyNN0AcOd1ZO&#10;s2whne6IP7S6x4cW68/V3inI58/DR3yZvb7Xi529TRc3w9NXUOr8bLy/A5FwTH/HcMRndKiYaev3&#10;ZKKwCrhI+p1HL5vOWG95y6/nIKtS/sevfgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBj&#10;eL8+FQIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQA3VgKh3AAAAAYBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" w14:anchorId="1FC3C6B3">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00A775C0" w:rsidP="00A775C0" w:rsidRDefault="00A775C0" w14:paraId="4DA407BA" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Enter text </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D43DAD">
                         <w:t>(5,000-character limit)</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -8260,51 +8255,51 @@
                           <w:p w14:paraId="0F3B4A7A" w14:textId="2D732134" w:rsidR="00A775C0" w:rsidRDefault="00600061" w:rsidP="00B350EF">
                             <w:pPr>
                               <w:pStyle w:val="Body"/>
                             </w:pPr>
                             <w:r>
                               <w:t>Enter text</w:t>
                             </w:r>
                             <w:r w:rsidR="009C0EC8" w:rsidRPr="00C23597">
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="009C0EC8" w:rsidRPr="00D6221E">
                               <w:t>(5,000-character limit).</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="1CA9B93C">
               <v:shape id="_x0000_s1048" style="width:511.5pt;height:93.6pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCgecb6FwIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk99v2yAQx98n7X9AvC+O3SRLrDhVly7T&#10;pO6H1O0PwBjHaMAxILG7v74HTtOo216m8YA4Dr7cfe5YXw9akaNwXoKpaD6ZUiIMh0aafUW/f9u9&#10;WVLiAzMNU2BERR+Ep9eb16/WvS1FAR2oRjiCIsaXva1oF4Its8zzTmjmJ2CFQWcLTrOApttnjWM9&#10;qmuVFdPpIuvBNdYBF97j7u3opJuk37aChy9t60UgqqIYW0izS3Md52yzZuXeMdtJfgqD/UMUmkmD&#10;j56lbllg5ODkb1Jacgce2jDhoDNoW8lFygGzyacvsrnvmBUpF4Tj7RmT/3+y/PPx3n51JAzvYMAC&#10;piS8vQP+wxMD246ZvbhxDvpOsAYfziOyrLe+PF2NqH3po0jdf4IGi8wOAZLQ0DodqWCeBNWxAA9n&#10;6GIIhOPmYrZaXF3NKOHoy/Pl8m2RypKx8um6dT58EKBJXFTUYVWTPDve+RDDYeXTkfiaByWbnVQq&#10;GW5fb5UjR4YdsEsjZfDimDKkr+hqXsxHAn+VmKbxJwktA7aykrqiy/MhVkZu702TGi0wqcY1hqzM&#10;CWRkN1IMQz0Q2VS0KOILEWwNzQOidTC2Ln41XHTgflHSY9tW1P88MCcoUR8NlmeVz2axz5Mxm0eW&#10;xF166ksPMxylKhooGZfbkP5GBGfgBsvYygT4OZJTzNiOifvp68R+v7TTqecPvnkEAAD//wMAUEsD&#10;BBQABgAIAAAAIQCoKxD23AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEhc&#10;EEvp0FZK0wkhgeA2BoJr1nhtReKUJOvKv8fjAhfLT896/l61mpwVI4bYe1JwNctAIDXe9NQqeHt9&#10;uCxAxKTJaOsJFXxjhFV9elLp0vgDveC4Sa3gEIqlVtClNJRSxqZDp+PMD0js7XxwOrEMrTRBHzjc&#10;WZln2UI63RN/6PSA9x02n5u9U1BcP40f8Xm+fm8WO3uTLpbj41dQ6vxsursFkXBKf8dwxGd0qJlp&#10;6/dkorAKuEj6nUcvy+est7wVyxxkXcn/+PUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AKB5xvoXAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAKgrEPbcAAAABgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" w14:anchorId="4C57C725">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00A775C0" w:rsidP="00B350EF" w:rsidRDefault="00600061" w14:paraId="0EBF545E" w14:textId="2D732134">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Enter text</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00C23597" w:rsidR="009C0EC8">
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D6221E" w:rsidR="009C0EC8">
                         <w:t>(5,000-character limit).</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -8402,51 +8397,51 @@
                           <w:p w14:paraId="13BAAB84" w14:textId="77777777" w:rsidR="00780C55" w:rsidRDefault="00780C55" w:rsidP="00780C55">
                             <w:pPr>
                               <w:pStyle w:val="Body"/>
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">Enter text </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D43DAD">
                               <w:t>(5,000-character limit)</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="7F0E9466">
               <v:shape id="_x0000_s1049" style="width:512.15pt;height:129.95pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC+iPlOFQIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthOc2mNKEWXLsOA&#10;7gJ0+wBZlmNhsqhJSuzs60fJaRp028swPQikSB2Sh+Tqdug0OUjnFRhGi0lOiTQCamV2jH77un1z&#10;TYkP3NRcg5GMHqWnt+vXr1a9LeUUWtC1dARBjC97y2gbgi2zzItWdtxPwEqDxgZcxwOqbpfVjveI&#10;3ulsmueLrAdXWwdCeo+v96ORrhN+00gRPjeNl4FoRjG3kG6X7ire2XrFy53jtlXilAb/hyw6rgwG&#10;PUPd88DJ3qnfoDolHHhowkRAl0HTKCFTDVhNkb+o5rHlVqZakBxvzzT5/wcrPh0e7RdHwvAWBmxg&#10;KsLbBxDfPTGwabnZyTvnoG8lrzFwESnLeuvL09dItS99BKn6j1Bjk/k+QAIaGtdFVrBOgujYgOOZ&#10;dDkEIvBxMc9nV8WSEoG2ArXFcozBy6fv1vnwXkJHosCow64meH548CGmw8snlxjNg1b1VmmdFLer&#10;NtqRA8cJ2KaTKnjhpg3pGb2ZT+cjA3+FyNP5E0SnAo6yVh2j12cnXkbe3pk6DVrgSo8ypqzNicjI&#10;3chiGKqBqJrR6VWMEImtoD4itQ7G0cVVQ6EF95OSHseWUf9jz52kRH8w2J6bYjaLc56U2Xw5RcVd&#10;WqpLCzcCoRgNlIziJqTdiMQZuMM2NioR/JzJKWccx8T7aXXivF/qyet5wde/AAAA//8DAFBLAwQU&#10;AAYACAAAACEAatYOJN4AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXFDr&#10;NC2lCXEqhASiN2hRe3XjbRJhr1PbTcPf43KBy0qjGc28LZaD0axH51tLAibjBBhSZVVLtYDPzcto&#10;AcwHSUpqSyjgGz0sy+urQubKnukD+3WoWSwhn0sBTQhdzrmvGjTSj22HFL2DdUaGKF3NlZPnWG40&#10;T5Nkzo1sKS40ssPnBquv9ckIWMze+p1fTd+31fygs3D30L8enRC3N8PTI7CAQ/gLwwU/okMZmfb2&#10;RMozLSA+En7vxUvS2RTYXkB6n2XAy4L/xy9/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AL6I+U4VAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAGrWDiTeAAAABgEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" w14:anchorId="38D2A877">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00780C55" w:rsidP="00780C55" w:rsidRDefault="00780C55" w14:paraId="16F88186" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Enter text </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D43DAD">
                         <w:t>(5,000-character limit)</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -8553,51 +8548,51 @@
                           <w:p w14:paraId="2876861F" w14:textId="77777777" w:rsidR="002D6336" w:rsidRDefault="002D6336" w:rsidP="002D6336">
                             <w:pPr>
                               <w:pStyle w:val="Body"/>
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">Enter text </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D43DAD">
                               <w:t>(5,000-character limit)</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="7D0BBC96">
               <v:shape id="_x0000_s1050" style="width:512.15pt;height:129.95pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBcwMg0FQIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU81u2zAMvg/YOwi6L3ayJG2NOEWXLsOA&#10;7gfo9gCyLMfCZFGjlNjd05eS0zTotsswHQRSpD6SH8nV9dAZdlDoNdiSTyc5Z8pKqLXdlfz7t+2b&#10;S858ELYWBqwq+YPy/Hr9+tWqd4WaQQumVsgIxPqidyVvQ3BFlnnZqk74CThlydgAdiKQirusRtET&#10;emeyWZ4vsx6wdghSeU+vt6ORrxN+0ygZvjSNV4GZklNuId2Y7ire2Xolih0K12p5TEP8Qxad0JaC&#10;nqBuRRBsj/o3qE5LBA9NmEjoMmgaLVWqgaqZ5i+quW+FU6kWIse7E03+/8HKz4d79xVZGN7BQA1M&#10;RXh3B/KHZxY2rbA7dYMIfatETYGnkbKsd744fo1U+8JHkKr/BDU1WewDJKChwS6yQnUyQqcGPJxI&#10;V0Ngkh6Xi3z+Nl9wJsk2JW15McYQxdN3hz58UNCxKJQcqasJXhzufIjpiOLJJUbzYHS91cYkBXfV&#10;xiA7CJqAbTqpghduxrK+5FeL2WJk4K8QeTp/guh0oFE2uiv55clJFJG397ZOgxaENqNMKRt7JDJy&#10;N7IYhmpgui75bB4jRGIrqB+IWoRxdGnVSGgBf3HW09iW3P/cC1ScmY+W2nM1nc/jnCdlvriYkYLn&#10;lurcIqwkqJIHzkZxE9JuROIs3FAbG50Ifs7kmDONY+L9uDpx3s/15PW84OtHAAAA//8DAFBLAwQU&#10;AAYACAAAACEAatYOJN4AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXFDr&#10;NC2lCXEqhASiN2hRe3XjbRJhr1PbTcPf43KBy0qjGc28LZaD0axH51tLAibjBBhSZVVLtYDPzcto&#10;AcwHSUpqSyjgGz0sy+urQubKnukD+3WoWSwhn0sBTQhdzrmvGjTSj22HFL2DdUaGKF3NlZPnWG40&#10;T5Nkzo1sKS40ssPnBquv9ckIWMze+p1fTd+31fygs3D30L8enRC3N8PTI7CAQ/gLwwU/okMZmfb2&#10;RMozLSA+En7vxUvS2RTYXkB6n2XAy4L/xy9/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AFzAyDQVAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAGrWDiTeAAAABgEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" w14:anchorId="4501A122">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="002D6336" w:rsidP="002D6336" w:rsidRDefault="002D6336" w14:paraId="3D096795" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Enter text </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D43DAD">
                         <w:t>(5,000-character limit)</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -8716,51 +8711,51 @@
                           <w:p w14:paraId="44E9FB55" w14:textId="77777777" w:rsidR="00780C55" w:rsidRDefault="00780C55" w:rsidP="00780C55">
                             <w:pPr>
                               <w:pStyle w:val="Body"/>
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">Enter text </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D43DAD">
                               <w:t>(5,000-character limit)</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="16EE55D8">
               <v:shape id="_x0000_s1051" style="width:512.65pt;height:129.95pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDzlWFOFQIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU81u2zAMvg/YOwi6L7aDOG2NOEWXLsOA&#10;7gfo9gCyJMfCZFGTlNjZ04+S0zTotsswHQRSpD6SH8nV7dhrcpDOKzA1LWY5JdJwEMrsavrt6/bN&#10;NSU+MCOYBiNrepSe3q5fv1oNtpJz6EAL6QiCGF8NtqZdCLbKMs872TM/AysNGltwPQuoul0mHBsQ&#10;vdfZPM+X2QBOWAdceo+v95ORrhN+20oePretl4HommJuId0u3U28s/WKVTvHbKf4KQ32D1n0TBkM&#10;eoa6Z4GRvVO/QfWKO/DQhhmHPoO2VVymGrCaIn9RzWPHrEy1IDnenmny/w+Wfzo82i+OhPEtjNjA&#10;VIS3D8C/e2Jg0zGzk3fOwdBJJjBwESnLBuur09dIta98BGmGjyCwyWwfIAGNresjK1gnQXRswPFM&#10;uhwD4fi4LIt8WZaUcLQVyzJfXk0xWPX03Tof3kvoSRRq6rCrCZ4dHnyI6bDqySVG86CV2Cqtk+J2&#10;zUY7cmA4Adt0UgUv3LQhQ01vynk5MfBXiDydP0H0KuAoa9XX9PrsxKrI2zsj0qAFpvQkY8ranIiM&#10;3E0shrEZiRI1xTTwQyS2AXFEah1Mo4urhkIH7iclA45tTf2PPXOSEv3BYHtuisUiznlSFuXVHBV3&#10;aWkuLcxwhKppoGQSNyHtRiTOwB22sVWJ4OdMTjnjOCbeT6sT5/1ST17PC77+BQAA//8DAFBLAwQU&#10;AAYACAAAACEATg8JR94AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE75X4B2uRuFSt&#10;Q0pLE+JUCAlEb9Ci9urG2yTCXgfbTcPf43KBy0qjGc28LVaD0axH51tLAm6nCTCkyqqWagEf2+fJ&#10;EpgPkpTUllDAN3pYlVejQubKnukd+02oWSwhn0sBTQhdzrmvGjTST22HFL2jdUaGKF3NlZPnWG40&#10;T5NkwY1sKS40ssOnBqvPzckIWN699nu/nr3tqsVRZ2F83798OSFurofHB2ABh/AXhgt+RIcyMh3s&#10;iZRnWkB8JPzei5ek8xmwg4B0nmXAy4L/xy9/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;APOVYU4VAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAE4PCUfeAAAABgEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" w14:anchorId="02700D68">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00780C55" w:rsidP="00780C55" w:rsidRDefault="00780C55" w14:paraId="6BDBE59B" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Enter text </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D43DAD">
                         <w:t>(5,000-character limit)</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -8835,51 +8830,51 @@
                           <w:p w14:paraId="3658F5BC" w14:textId="77777777" w:rsidR="00780C55" w:rsidRDefault="00780C55" w:rsidP="00780C55">
                             <w:pPr>
                               <w:pStyle w:val="Body"/>
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">Enter text </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D43DAD">
                               <w:t>(5,000-character limit)</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="39EA6C68">
               <v:shape id="_x0000_s1052" style="width:512.65pt;height:121.95pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBmt1I8FQIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vviCXI04RZcuw4Du&#10;AnT9AFmWY2GyqElK7OzrR8lpGnTdyzA9CKRIHZKH5Ppm6BQ5Cusk6JJmk5QSoTnUUu9L+vh9925J&#10;ifNM10yBFiU9CUdvNm/frHtTiBxaULWwBEG0K3pT0tZ7UySJ463omJuAERqNDdiOeVTtPqkt6xG9&#10;U0mepvOkB1sbC1w4h693o5FuIn7TCO6/No0TnqiSYm4+3jbeVbiTzZoVe8tMK/k5DfYPWXRMagx6&#10;gbpjnpGDlX9AdZJbcND4CYcugaaRXMQasJosfVHNQ8uMiLUgOc5caHL/D5Z/OT6Yb5b44T0M2MBY&#10;hDP3wH84omHbMr0Xt9ZC3wpWY+AsUJb0xhXnr4FqV7gAUvWfocYms4OHCDQ0tgusYJ0E0bEBpwvp&#10;YvCE4+N8lqWL5YISjrZsNl2l+RiDFU/fjXX+o4COBKGkFrsa4dnx3vmQDiueXEI0B0rWO6lUVOy+&#10;2ipLjgwnYBdPrOCFm9KkL+lqls9GBv4KkcbzGkQnPY6ykl1JlxcnVgTePug6DppnUo0ypqz0mcjA&#10;3ciiH6qByLqk+TxECMRWUJ+QWgvj6OKqodCC/UVJj2NbUvfzwKygRH3S2J5VNp2GOY/KdLbIUbHX&#10;lurawjRHqJJ6SkZx6+NuBOI03GIbGxkJfs7knDOOY+T9vDph3q/16PW84JvfAAAA//8DAFBLAwQU&#10;AAYACAAAACEA7izGj94AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXFDr&#10;kLSlDXEqhASit9Ki9urG2yTCXgfbTcPf43KBy0qjGc28LZaD0axH51tLAu7HCTCkyqqWagEf25fR&#10;HJgPkpTUllDAN3pYltdXhcyVPdM79ptQs1hCPpcCmhC6nHNfNWikH9sOKXpH64wMUbqaKyfPsdxo&#10;nibJjBvZUlxoZIfPDVafm5MRMJ+89Xu/yta7anbUi3D30L9+OSFub4anR2ABh/AXhgt+RIcyMh3s&#10;iZRnWkB8JPzei5ek0wzYQUA6yRbAy4L/xy9/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AGa3UjwVAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAO4sxo/eAAAABgEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" w14:anchorId="3A243C15">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00780C55" w:rsidP="00780C55" w:rsidRDefault="00780C55" w14:paraId="592F1614" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Enter text </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D43DAD">
                         <w:t>(5,000-character limit)</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -8957,51 +8952,51 @@
                           <w:p w14:paraId="4A27549F" w14:textId="77777777" w:rsidR="008E1291" w:rsidRDefault="008E1291" w:rsidP="008E1291">
                             <w:pPr>
                               <w:pStyle w:val="Body"/>
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">Enter text </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D43DAD">
                               <w:t>(5,000-character limit)</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="112B1FC4">
               <v:shape id="_x0000_s1053" style="width:512.65pt;height:121.95pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC0ADzKFgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vviCpEmMOEWXLsOA&#10;7gJ0+wBZlm1hsqhJSuzs60fJaRp028swPQikSB2Sh+TmduwVOQrrJOiSZrOUEqE51FK3Jf32df9m&#10;RYnzTNdMgRYlPQlHb7evX20GU4gcOlC1sARBtCsGU9LOe1MkieOd6JmbgREajQ3YnnlUbZvUlg2I&#10;3qskT9ObZABbGwtcOIev95ORbiN+0wjuPzeNE56okmJuPt423lW4k+2GFa1lppP8nAb7hyx6JjUG&#10;vUDdM8/IwcrfoHrJLTho/IxDn0DTSC5iDVhNlr6o5rFjRsRakBxnLjS5/wfLPx0fzRdL/PgWRmxg&#10;LMKZB+DfHdGw65huxZ21MHSC1Rg4C5Qlg3HF+Wug2hUugFTDR6ixyezgIQKNje0DK1gnQXRswOlC&#10;uhg94fh4s8jS5WpJCUdbtpiv03yKwYqn78Y6/15AT4JQUotdjfDs+OB8SIcVTy4hmgMl671UKiq2&#10;rXbKkiPDCdjHEyt44aY0GUq6XuSLiYG/QqTx/Amilx5HWcm+pKuLEysCb+90HQfNM6kmGVNW+kxk&#10;4G5i0Y/VSGRd0nwZIgRiK6hPSK2FaXRx1VDowP6kZMCxLan7cWBWUKI+aGzPOpvPw5xHZb5Y5qjY&#10;a0t1bWGaI1RJPSWTuPNxNwJxGu6wjY2MBD9ncs4ZxzHyfl6dMO/XevR6XvDtLwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAO4sxo/eAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFxQ&#10;65C0pQ1xKoQEorfSovbqxtskwl4H203D3+NygctKoxnNvC2Wg9GsR+dbSwLuxwkwpMqqlmoBH9uX&#10;0RyYD5KU1JZQwDd6WJbXV4XMlT3TO/abULNYQj6XApoQupxzXzVopB/bDil6R+uMDFG6misnz7Hc&#10;aJ4myYwb2VJcaGSHzw1Wn5uTETCfvPV7v8rWu2p21Itw99C/fjkhbm+Gp0dgAYfwF4YLfkSHMjId&#10;7ImUZ1pAfCT83ouXpNMM2EFAOskWwMuC/8cvfwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQC0ADzKFgIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDuLMaP3gAAAAYBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" w14:anchorId="5793AC69">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="008E1291" w:rsidP="008E1291" w:rsidRDefault="008E1291" w14:paraId="29FCF09D" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Enter text </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D43DAD">
                         <w:t>(5,000-character limit)</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -9075,51 +9070,51 @@
                             <w:pPr>
                               <w:pStyle w:val="Body"/>
                               <w:ind w:left="180"/>
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">Enter text </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D43DAD">
                               <w:t>(5,000-character limit)</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="3FA01C35">
               <v:shape id="_x0000_s1054" style="width:511.45pt;height:129.95pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBnkNR9FgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vviCOE2MOEWXLsOA&#10;7gJ0+wBZlmNhsqhJSuzs60fJaRp028swPQikSB2Sh+T6duwVOQrrJOiKZrOUEqE5NFLvK/rt6+7N&#10;khLnmW6YAi0qehKO3m5ev1oPphQ5dKAaYQmCaFcOpqKd96ZMEsc70TM3AyM0GluwPfOo2n3SWDYg&#10;eq+SPE0XyQC2MRa4cA5f7ycj3UT8thXcf25bJzxRFcXcfLxtvOtwJ5s1K/eWmU7ycxrsH7LomdQY&#10;9AJ1zzwjByt/g+olt+Cg9TMOfQJtK7mINWA1WfqimseOGRFrQXKcudDk/h8s/3R8NF8s8eNbGLGB&#10;sQhnHoB/d0TDtmN6L+6shaETrMHAWaAsGYwrz18D1a50AaQePkKDTWYHDxFobG0fWME6CaJjA04X&#10;0sXoCcfHxXxVzLOCEo62bFGki5spBiufvhvr/HsBPQlCRS12NcKz44PzIR1WPrmEaA6UbHZSqajY&#10;fb1VlhwZTsAunljBCzelyVDRVZEXEwN/hUjj+RNELz2OspJ9RZcXJ1YG3t7pJg6aZ1JNMqas9JnI&#10;wN3Eoh/rkcimovkyRAjE1tCckFoL0+jiqqHQgf1JyYBjW1H348CsoER90NieVTafhzmPyry4yVGx&#10;15b62sI0R6iKekomcevjbgTiNNxhG1sZCX7O5JwzjmPk/bw6Yd6v9ej1vOCbXwAAAP//AwBQSwME&#10;FAAGAAgAAAAhACEUq7vdAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQ&#10;dQhQmhCnQkggeoOC4OrG2yTCXgd7m4a/x+UCl5VGM5p5Wy0nZ8WIIfaeFFzMMhBIjTc9tQreXh/O&#10;FyAiazLaekIF3xhhWR8fVbo0fk8vOK65FamEYqkVdMxDKWVsOnQ6zvyAlLytD05zkqGVJuh9KndW&#10;5lk2l073lBY6PeB9h83neucULK6exo+4unx+b+ZbW/DZzfj4FZQ6PZnubkEwTvwXhgN+Qoc6MW38&#10;jkwUVkF6hH/vwcvyvACxUZBfFwXIupL/8esfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AGeQ1H0WAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhACEUq7vdAAAABgEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" w14:anchorId="30A57700">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00967AE7" w:rsidP="00967AE7" w:rsidRDefault="00967AE7" w14:paraId="1FCEE081" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                         <w:ind w:left="180"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Enter text </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D43DAD">
                         <w:t>(5,000-character limit)</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -9205,51 +9200,51 @@
                             <w:pPr>
                               <w:pStyle w:val="Body"/>
                               <w:ind w:left="180"/>
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">Enter text </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D43DAD">
                               <w:t>(5,000-character limit)</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="1F0CAF44">
               <v:shape id="_x0000_s1055" style="width:511.45pt;height:129.95pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHT196FgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU81u2zAMvg/YOwi6L7aDJG2MOkWXLsOA&#10;7gfo9gCMLMfCZFGTlNjZ04+S0zTotsswHQRSpD6SH8mb26HT7CCdV2gqXkxyzqQRWCuzq/i3r5s3&#10;15z5AKYGjUZW/Cg9v129fnXT21JOsUVdS8cIxPiytxVvQ7BllnnRyg78BK00ZGzQdRBIdbusdtAT&#10;eqezaZ4vsh5dbR0K6T293o9Gvkr4TSNF+Nw0XgamK065hXS7dG/jna1uoNw5sK0SpzTgH7LoQBkK&#10;eoa6hwBs79RvUJ0SDj02YSKwy7BplJCpBqqmyF9U89iClakWIsfbM03+/8GKT4dH+8WxMLzFgRqY&#10;ivD2AcV3zwyuWzA7eecc9q2EmgIXkbKst748fY1U+9JHkG3/EWtqMuwDJqChcV1khepkhE4NOJ5J&#10;l0Nggh4Xs+V8sSw4E2QrFvN8cTXGgPLpu3U+vJfYsShU3FFXEzwcHnyI6UD55BKjedSq3iitk+J2&#10;27V27AA0AZt0UgUv3LRhfcWX8+l8ZOCvEHk6f4LoVKBR1qqr+PXZCcrI2ztTp0ELoPQoU8ranIiM&#10;3I0shmE7MFVXfLqMESKxW6yPRK3DcXRp1Uho0f3krKexrbj/sQcnOdMfDLVnWcxmcc6TMptfTUlx&#10;l5btpQWMIKiKB85GcR3SbkTiDN5RGxuVCH7O5JQzjWPi/bQ6cd4v9eT1vOCrXwAAAP//AwBQSwME&#10;FAAGAAgAAAAhACEUq7vdAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQ&#10;dQhQmhCnQkggeoOC4OrG2yTCXgd7m4a/x+UCl5VGM5p5Wy0nZ8WIIfaeFFzMMhBIjTc9tQreXh/O&#10;FyAiazLaekIF3xhhWR8fVbo0fk8vOK65FamEYqkVdMxDKWVsOnQ6zvyAlLytD05zkqGVJuh9KndW&#10;5lk2l073lBY6PeB9h83neucULK6exo+4unx+b+ZbW/DZzfj4FZQ6PZnubkEwTvwXhgN+Qoc6MW38&#10;jkwUVkF6hH/vwcvyvACxUZBfFwXIupL/8esfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AAdPX3oWAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhACEUq7vdAAAABgEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" w14:anchorId="3FD7E4D5">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="005A7E53" w:rsidP="005A7E53" w:rsidRDefault="005A7E53" w14:paraId="20B6AAC2" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                         <w:ind w:left="180"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Enter text </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D43DAD">
                         <w:t>(5,000-character limit)</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -9339,51 +9334,51 @@
                             <w:pPr>
                               <w:pStyle w:val="Body"/>
                               <w:ind w:left="180"/>
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">Enter text </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D43DAD">
                               <w:t>(5,000-character limit)</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="4D3E227A">
               <v:shape id="_x0000_s1056" style="width:512.65pt;height:94.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBbshIvFQIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk82O2yAQx++V+g6Ie2M7jdNdK85qm22q&#10;StsPadsHwIBjVMxQILHTp++As9lo216qckAMA39mfjOsbsZek4N0XoGpaTHLKZGGg1BmV9NvX7ev&#10;rijxgRnBNBhZ06P09Gb98sVqsJWcQwdaSEdQxPhqsDXtQrBVlnneyZ75GVhp0NmC61lA0+0y4diA&#10;6r3O5nm+zAZwwjrg0nvcvZucdJ3021by8LltvQxE1xRjC2l2aW7inK1XrNo5ZjvFT2Gwf4iiZ8rg&#10;o2epOxYY2Tv1m1SvuAMPbZhx6DNoW8VlygGzKfJn2Tx0zMqUC8Lx9ozJ/z9Z/unwYL84Esa3MGIB&#10;UxLe3gP/7omBTcfMTt46B0MnmcCHi4gsG6yvTlcjal/5KNIMH0Fgkdk+QBIaW9dHKpgnQXUswPEM&#10;XY6BcNxclkW+LEtKOPoKrGlRprJkrHq8bp0P7yX0JC5q6rCqSZ4d7n2I4bDq8Uh8zYNWYqu0Tobb&#10;NRvtyIFhB2zTSBk8O6YNGWp6Xc7LicBfJfI0/iTRq4CtrFVf06vzIVZFbu+MSI0WmNLTGkPW5gQy&#10;spsohrEZiRI1fZ0QRLANiCOidTC1Ln41XHTgflIyYNvW1P/YMycp0R8Mlue6WCxinydjUb6Zo+Eu&#10;Pc2lhxmOUjUNlEzLTUh/I4IzcItlbFUC/BTJKWZsx8T99HViv1/a6dTTB1//AgAA//8DAFBLAwQU&#10;AAYACAAAACEAgLHjCN0AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBC1&#10;29KShjgVQgLBDdoKrm68TaLa62C7afh7XC70sprVrGbeFsvBGtajD60jCeORAIZUOd1SLWGzfr7N&#10;gIWoSCvjCCX8YIBleXlRqFy7I31gv4o1SyEUciWhibHLOQ9Vg1aFkeuQkrdz3qqYVl9z7dUxhVvD&#10;J0LMuVUtpYZGdfjUYLVfHayE7O61/wpv0/fPar4zi3hz3798eymvr4bHB2ARh/h/DCf8hA5lYtq6&#10;A+nAjIT0SPybJ09MZlNg26SyhQBeFvwcv/wFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;W7ISLxUCAAAoBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAgLHjCN0AAAAGAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" w14:anchorId="4F0D4F2D">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00535055" w:rsidP="00535055" w:rsidRDefault="00535055" w14:paraId="2975FF15" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                         <w:ind w:left="180"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Enter text </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D43DAD">
                         <w:t>(5,000-character limit)</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -9488,51 +9483,51 @@
                             <w:pPr>
                               <w:pStyle w:val="Body"/>
                               <w:ind w:left="180"/>
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">Enter text </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D43DAD">
                               <w:t>(5,000-character limit)</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="1EDD644A">
               <v:shape id="_x0000_s1057" style="width:512.65pt;height:107.1pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD9ZJEYFgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9uO2yAQhu8r9R0Q943tbE5rxVlts01V&#10;aXuQtn0ADDhGxQwFEnv79B1wNhtt25uqXCCGgZ+Zb4b1zdBpcpTOKzAVLSY5JdJwEMrsK/rt6+7N&#10;ihIfmBFMg5EVfZSe3mxev1r3tpRTaEEL6QiKGF/2tqJtCLbMMs9b2TE/ASsNOhtwHQtoun0mHOtR&#10;vdPZNM8XWQ9OWAdceo+7d6OTbpJ+00gePjeNl4HoimJsIc0uzXWcs82alXvHbKv4KQz2D1F0TBl8&#10;9Cx1xwIjB6d+k+oUd+ChCRMOXQZNo7hMOWA2Rf4im4eWWZlyQTjenjH5/yfLPx0f7BdHwvAWBixg&#10;SsLbe+DfPTGwbZnZy1vnoG8lE/hwEZFlvfXl6WpE7UsfRer+IwgsMjsESEJD47pIBfMkqI4FeDxD&#10;l0MgHDcX8yJfrpaUcPQVV4u8WKayZKx8um6dD+8ldCQuKuqwqkmeHe99iOGw8ulIfM2DVmKntE6G&#10;29db7ciRYQfs0kgZvDimDekrej2fzkcCf5XI0/iTRKcCtrJWXUVX50OsjNzeGZEaLTClxzWGrM0J&#10;ZGQ3UgxDPRAlKnqVMEewNYhHROtgbF38arhowf2kpMe2raj/cWBOUqI/GCzPdTGbxT5Pxmy+nKLh&#10;Lj31pYcZjlIVDZSMy21IfyOCM3CLZWxUAvwcySlmbMfE/fR1Yr9f2unU8wff/AIAAP//AwBQSwME&#10;FAAGAAgAAAAhAHSWVkndAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQ&#10;dZqWUkKcCiGB6A0Kgqsbb5MIex3sbRr+HpcLXFYazWjmbbkanRUDhth5UjCdZCCQam86ahS8vT5c&#10;LkFE1mS09YQKvjHCqjo9KXVh/IFecNhwI1IJxUIraJn7QspYt+h0nPgeKXk7H5zmJEMjTdCHVO6s&#10;zLNsIZ3uKC20usf7FuvPzd4pWM6fho+4nj2/14udveGL6+HxKyh1fjbe3YJgHPkvDEf8hA5VYtr6&#10;PZkorIL0CP/eo5flVzMQWwX5dJ6DrEr5H7/6AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AP1kkRgWAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAHSWVkndAAAABgEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" w14:anchorId="7F652E7A">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="005A7E53" w:rsidP="005A7E53" w:rsidRDefault="005A7E53" w14:paraId="35058A8D" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                         <w:ind w:left="180"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Enter text </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D43DAD">
                         <w:t>(5,000-character limit)</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -9999,51 +9994,51 @@
                             <w:pPr>
                               <w:pStyle w:val="Body"/>
                               <w:ind w:left="180"/>
                             </w:pPr>
                             <w:r>
                               <w:t xml:space="preserve">Enter text </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00D43DAD">
                               <w:t>(5,000-character limit)</w:t>
                             </w:r>
                             <w:r>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict w14:anchorId="0ADEE461">
               <v:shape id="_x0000_s1058" style="width:512.65pt;height:129.95pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" alt="Enter text to provide response to question above. " type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQACCa2SFgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjOcqsRpejSZRjQ&#10;XYBuHyDLcixMFjVJid19fSk5TYNuexmmB4EUqUPykFxfD50mR+m8AsNoMckpkUZArcye0e/fdm9W&#10;lPjATc01GMnog/T0evP61bq3pZxCC7qWjiCI8WVvGW1DsGWWedHKjvsJWGnQ2IDreEDV7bPa8R7R&#10;O51N83yR9eBq60BI7/H1djTSTcJvGinCl6bxMhDNKOYW0u3SXcU726x5uXfctkqc0uD/kEXHlcGg&#10;Z6hbHjg5OPUbVKeEAw9NmAjoMmgaJWSqAasp8hfV3LfcylQLkuPtmSb//2DF5+O9/epIGN7BgA1M&#10;RXh7B+KHJwa2LTd7eeMc9K3kNQYuImVZb315+hqp9qWPIFX/CWpsMj8ESEBD47rICtZJEB0b8HAm&#10;XQ6BCHxczIt8uVpSItBWLOb5YjnG4OXTd+t8+CChI1Fg1GFXEzw/3vkQ0+Hlk0uM5kGreqe0Torb&#10;V1vtyJHjBOzSSRW8cNOG9IxezafzkYG/QuTp/AmiUwFHWauO0dXZiZeRt/emToMWuNKjjClrcyIy&#10;cjeyGIZqIKpm9O00RojEVlA/ILUOxtHFVUOhBfeLkh7HllH/88CdpER/NNieq2I2i3OelNl8OUXF&#10;XVqqSws3AqEYDZSM4jak3YjEGbjBNjYqEfycySlnHMfE+2l14rxf6snrecE3jwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAE4PCUfeAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO+V+AdrkbhU&#10;rUNKSxPiVAgJRG/Qovbqxtskwl4H203D3+NygctKoxnNvC1Wg9GsR+dbSwJupwkwpMqqlmoBH9vn&#10;yRKYD5KU1JZQwDd6WJVXo0Lmyp7pHftNqFksIZ9LAU0IXc65rxo00k9thxS9o3VGhihdzZWT51hu&#10;NE+TZMGNbCkuNLLDpwarz83JCFjevfZ7v5697arFUWdhfN+/fDkhbq6HxwdgAYfwF4YLfkSHMjId&#10;7ImUZ1pAfCT83ouXpPMZsIOAdJ5lwMuC/8cvfwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQACCa2SFgIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBODwlH3gAAAAYBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" w14:anchorId="6E5DCB7F">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00DE2804" w:rsidP="00702CE8" w:rsidRDefault="00D55E0D" w14:paraId="53000F44" w14:textId="72B60B20">
                       <w:pPr>
                         <w:pStyle w:val="Body"/>
                         <w:ind w:left="180"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Enter text </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00D43DAD">
                         <w:t>(5,000-character limit)</w:t>
                       </w:r>
                       <w:r>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
@@ -13086,51 +13081,51 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2058628057">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1663391054">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1765488969">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1705710421">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1852573359">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="913852293">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="124"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F124B4"/>
     <w:rsid w:val="00002F78"/>
@@ -13413,50 +13408,51 @@
     <w:rsid w:val="003C663C"/>
     <w:rsid w:val="003D2407"/>
     <w:rsid w:val="003E073B"/>
     <w:rsid w:val="003E0E6C"/>
     <w:rsid w:val="003E1F99"/>
     <w:rsid w:val="003F2233"/>
     <w:rsid w:val="003F2E50"/>
     <w:rsid w:val="003F3DEF"/>
     <w:rsid w:val="003F50ED"/>
     <w:rsid w:val="003F5CCD"/>
     <w:rsid w:val="003F77F9"/>
     <w:rsid w:val="003F7D04"/>
     <w:rsid w:val="003F7F62"/>
     <w:rsid w:val="00402142"/>
     <w:rsid w:val="0040328C"/>
     <w:rsid w:val="00404979"/>
     <w:rsid w:val="00406457"/>
     <w:rsid w:val="00406743"/>
     <w:rsid w:val="00407BD0"/>
     <w:rsid w:val="0041070F"/>
     <w:rsid w:val="00414DDD"/>
     <w:rsid w:val="004163EC"/>
     <w:rsid w:val="004207DD"/>
     <w:rsid w:val="00421D42"/>
     <w:rsid w:val="00421FCE"/>
+    <w:rsid w:val="0042280A"/>
     <w:rsid w:val="00422822"/>
     <w:rsid w:val="004232BC"/>
     <w:rsid w:val="0042342E"/>
     <w:rsid w:val="00423EA9"/>
     <w:rsid w:val="00424430"/>
     <w:rsid w:val="004268F5"/>
     <w:rsid w:val="00426A7B"/>
     <w:rsid w:val="00427827"/>
     <w:rsid w:val="0042793B"/>
     <w:rsid w:val="00427B62"/>
     <w:rsid w:val="00430F50"/>
     <w:rsid w:val="004323F7"/>
     <w:rsid w:val="00434F0C"/>
     <w:rsid w:val="00436119"/>
     <w:rsid w:val="004417C8"/>
     <w:rsid w:val="00445AB0"/>
     <w:rsid w:val="00445E4C"/>
     <w:rsid w:val="00446131"/>
     <w:rsid w:val="00450C2C"/>
     <w:rsid w:val="00451288"/>
     <w:rsid w:val="004541BE"/>
     <w:rsid w:val="0045448F"/>
     <w:rsid w:val="00460F4A"/>
     <w:rsid w:val="00472F34"/>
     <w:rsid w:val="004732CE"/>
@@ -13789,50 +13785,51 @@
     <w:rsid w:val="008B1EC3"/>
     <w:rsid w:val="008B2B23"/>
     <w:rsid w:val="008B4790"/>
     <w:rsid w:val="008B49AB"/>
     <w:rsid w:val="008B6212"/>
     <w:rsid w:val="008C0882"/>
     <w:rsid w:val="008C1A61"/>
     <w:rsid w:val="008C4BB2"/>
     <w:rsid w:val="008C5669"/>
     <w:rsid w:val="008D20D0"/>
     <w:rsid w:val="008D21BB"/>
     <w:rsid w:val="008D4718"/>
     <w:rsid w:val="008D699F"/>
     <w:rsid w:val="008D7F21"/>
     <w:rsid w:val="008E0D95"/>
     <w:rsid w:val="008E102F"/>
     <w:rsid w:val="008E1291"/>
     <w:rsid w:val="008E1387"/>
     <w:rsid w:val="008F0394"/>
     <w:rsid w:val="008F0CD5"/>
     <w:rsid w:val="008F4942"/>
     <w:rsid w:val="00901616"/>
     <w:rsid w:val="0090431D"/>
     <w:rsid w:val="009076DD"/>
     <w:rsid w:val="0091180A"/>
+    <w:rsid w:val="00913EF0"/>
     <w:rsid w:val="00914589"/>
     <w:rsid w:val="009210FE"/>
     <w:rsid w:val="009238C6"/>
     <w:rsid w:val="00930D71"/>
     <w:rsid w:val="00931170"/>
     <w:rsid w:val="00932F5B"/>
     <w:rsid w:val="0093315A"/>
     <w:rsid w:val="00937B4D"/>
     <w:rsid w:val="00943FE8"/>
     <w:rsid w:val="009448BB"/>
     <w:rsid w:val="00950A79"/>
     <w:rsid w:val="009515F9"/>
     <w:rsid w:val="00951A44"/>
     <w:rsid w:val="0095772A"/>
     <w:rsid w:val="009660E2"/>
     <w:rsid w:val="00967AE7"/>
     <w:rsid w:val="00967C6A"/>
     <w:rsid w:val="009705C9"/>
     <w:rsid w:val="009719C5"/>
     <w:rsid w:val="00980C16"/>
     <w:rsid w:val="00980FDA"/>
     <w:rsid w:val="009913D4"/>
     <w:rsid w:val="00992D95"/>
     <w:rsid w:val="00993F27"/>
     <w:rsid w:val="00997029"/>
@@ -16221,71 +16218,67 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Category xmlns="a4443d87-6486-4b7f-ac0e-a5fd4ca6ad1f">Applicant Workshop</Category>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004905F20AEA6945419F959414497741E8" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3be70759b84dc12cb9fff566e0d4d790">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a4443d87-6486-4b7f-ac0e-a5fd4ca6ad1f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="717bf847649557420d54d2500973a837" ns2:_="">
     <xsd:import namespace="a4443d87-6486-4b7f-ac0e-a5fd4ca6ad1f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:Category"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a4443d87-6486-4b7f-ac0e-a5fd4ca6ad1f" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -16398,115 +16391,119 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{110FF0D1-63C6-4C62-A1DD-A49F6941F3EF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{448E75ED-5FF5-4F81-A410-D726E7E95217}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="a4443d87-6486-4b7f-ac0e-a5fd4ca6ad1f"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{40C3DC84-D48A-4EA2-9DF4-E4FB8FAF382F}">
-[...6 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0F282E63-1390-42CF-BCEC-102CE6774E67}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a4443d87-6486-4b7f-ac0e-a5fd4ca6ad1f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{40C3DC84-D48A-4EA2-9DF4-E4FB8FAF382F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{11d0e217-264e-400a-8ba0-57dcc127d72d}" enabled="0" method="" siteId="{11d0e217-264e-400a-8ba0-57dcc127d72d}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>27</Pages>
   <Words>3594</Words>
   <Characters>20489</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>4</DocSecurity>
   <Lines>170</Lines>
   <Paragraphs>48</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Washington State Department of Ecology</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>24035</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>SFR Grant Applicant Prep Tool</dc:title>
   <dc:subject/>
   <dc:creator>Snoeberger, Melisa (ECY)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>