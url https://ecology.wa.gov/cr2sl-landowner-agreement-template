--- v0 (2025-10-09)
+++ v1 (2025-11-07)
@@ -1,48 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7BDA4D6C" w14:textId="663AF6B2" w:rsidR="00CE78B2" w:rsidRDefault="0039056B" w:rsidP="005C7ABC">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Landowner Agreement</w:t>
@@ -144,480 +143,405 @@
       <w:r>
         <w:t>Grant Recipient Information</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10885" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3955"/>
         <w:gridCol w:w="3150"/>
         <w:gridCol w:w="3780"/>
       </w:tblGrid>
       <w:tr w:rsidR="000E565B" w14:paraId="7BDA4D7B" w14:textId="77777777" w:rsidTr="1CB3BD70">
         <w:trPr>
           <w:trHeight w:val="764"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3955" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BDA4D73" w14:textId="77777777" w:rsidR="000E565B" w:rsidRPr="00FB5BDE" w:rsidRDefault="000E565B" w:rsidP="0039056B">
+          <w:p w14:paraId="5E24B6FC" w14:textId="418CD2EA" w:rsidR="00D12F13" w:rsidRPr="00FB5BDE" w:rsidRDefault="000E565B" w:rsidP="0039056B">
             <w:pPr>
               <w:pStyle w:val="FocusbodyText"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1CB3BD70">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Organization</w:t>
             </w:r>
           </w:p>
-          <w:sdt>
-            <w:sdtPr>
+          <w:p w14:paraId="7BDA4D75" w14:textId="4DAEE013" w:rsidR="000E565B" w:rsidRPr="00FB5BDE" w:rsidRDefault="00EA7E7E" w:rsidP="0039056B">
+            <w:pPr>
+              <w:pStyle w:val="FocusbodyText"/>
+              <w:spacing w:after="0"/>
               <w:rPr>
-                <w:rStyle w:val="Style2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:id w:val="1186943820"/>
-[...25 lines deleted...]
-                <w:r w:rsidRPr="00D40B4C">
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-338779503"/>
+                <w:placeholder>
+                  <w:docPart w:val="38EF3ECA66254190B32F55114DF70F64"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F2488B" w:rsidRPr="00D12F13">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:color w:val="505050"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="20"/>
+                    <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                   </w:rPr>
                   <w:t>Recipient Organization</w:t>
                 </w:r>
-              </w:p>
-[...1 lines deleted...]
-          </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7BDA4D76" w14:textId="77777777" w:rsidR="000E565B" w:rsidRPr="00FB5BDE" w:rsidRDefault="000E565B" w:rsidP="0039056B">
             <w:pPr>
               <w:pStyle w:val="FocusbodyText"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1CB3BD70">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Project Manager</w:t>
             </w:r>
           </w:p>
-          <w:sdt>
-            <w:sdtPr>
+          <w:p w14:paraId="7BDA4D77" w14:textId="275F9489" w:rsidR="000E565B" w:rsidRPr="00FB5BDE" w:rsidRDefault="00EA7E7E" w:rsidP="0039056B">
+            <w:pPr>
+              <w:pStyle w:val="FocusbodyText"/>
+              <w:spacing w:after="0"/>
               <w:rPr>
-                <w:rStyle w:val="Style1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:id w:val="1880431912"/>
-[...25 lines deleted...]
-                <w:r w:rsidRPr="00D40B4C">
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1608644939"/>
+                <w:placeholder>
+                  <w:docPart w:val="62A7EC5283844D2B9C74E11CB513740E"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F2488B" w:rsidRPr="00D12F13">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:color w:val="505050"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="20"/>
+                    <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                   </w:rPr>
-                  <w:t>Recipient PM</w:t>
+                  <w:t>Recipient PM.</w:t>
                 </w:r>
-              </w:p>
-[...1 lines deleted...]
-          </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7BDA4D78" w14:textId="77777777" w:rsidR="000E565B" w:rsidRPr="00FB5BDE" w:rsidRDefault="000E565B" w:rsidP="0039056B">
             <w:pPr>
               <w:pStyle w:val="FocusbodyText"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1CB3BD70">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Grant Number</w:t>
             </w:r>
           </w:p>
-          <w:sdt>
-            <w:sdtPr>
+          <w:p w14:paraId="7BDA4D7A" w14:textId="37890203" w:rsidR="000E565B" w:rsidRPr="00FB5BDE" w:rsidRDefault="00EA7E7E" w:rsidP="0039056B">
+            <w:pPr>
+              <w:pStyle w:val="FocusbodyText"/>
+              <w:spacing w:after="0"/>
               <w:rPr>
-                <w:rStyle w:val="Style1"/>
-                <w:color w:val="505050"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:id w:val="-99030980"/>
-[...24 lines deleted...]
-                <w:r w:rsidRPr="00D40B4C">
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:color w:val="505050"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1087512169"/>
+                <w:placeholder>
+                  <w:docPart w:val="7D82AB486DEA4323BB1D3B3CED81DE8C"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F2488B" w:rsidRPr="00D12F13">
                   <w:rPr>
                     <w:rStyle w:val="Style1"/>
                     <w:rFonts w:eastAsia="Cambria" w:cs="Cambria"/>
                     <w:b w:val="0"/>
-                    <w:color w:val="505050"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="20"/>
+                    <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                   </w:rPr>
-                  <w:t>SEACR2SL – 2025 –EcySEA-</w:t>
+                  <w:t>SEAPSRSL–2025–XXXXXX-#####</w:t>
                 </w:r>
-                <w:r w:rsidR="002E7338" w:rsidRPr="00D40B4C">
-[...11 lines deleted...]
-          </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00174050" w14:paraId="425576BC" w14:textId="77777777" w:rsidTr="1CB3BD70">
+      <w:tr w:rsidR="00174050" w14:paraId="425576BC" w14:textId="77777777" w:rsidTr="00F2488B">
         <w:trPr>
-          <w:trHeight w:val="800"/>
+          <w:trHeight w:val="971"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3955" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0AF67A1E" w14:textId="77777777" w:rsidR="00174050" w:rsidRPr="00FB5BDE" w:rsidRDefault="00174050" w:rsidP="0039056B">
             <w:pPr>
               <w:pStyle w:val="FocusbodyText"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1CB3BD70">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
-          <w:sdt>
-            <w:sdtPr>
+          <w:p w14:paraId="3C56E06C" w14:textId="0EEDE859" w:rsidR="00174050" w:rsidRPr="00F2488B" w:rsidRDefault="00EA7E7E" w:rsidP="0039056B">
+            <w:pPr>
+              <w:pStyle w:val="FocusbodyText"/>
+              <w:spacing w:after="0"/>
               <w:rPr>
-                <w:rStyle w:val="Style1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:id w:val="-2051835007"/>
-[...24 lines deleted...]
-                <w:r w:rsidRPr="00D40B4C">
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-961568971"/>
+                <w:placeholder>
+                  <w:docPart w:val="779F84FA8EC44AFE98527CCDFD918467"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F2488B" w:rsidRPr="00D12F13">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:color w:val="505050"/>
+                    <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                   </w:rPr>
                   <w:t># Street, City, WA, Zip Code.</w:t>
                 </w:r>
-              </w:p>
-[...1 lines deleted...]
-          </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="616B0010" w14:textId="77777777" w:rsidR="00174050" w:rsidRPr="00FB5BDE" w:rsidRDefault="00174050" w:rsidP="0039056B">
             <w:pPr>
               <w:pStyle w:val="FocusbodyText"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1CB3BD70">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Phone</w:t>
             </w:r>
           </w:p>
-          <w:sdt>
-            <w:sdtPr>
+          <w:p w14:paraId="6BEC762F" w14:textId="178ADDE0" w:rsidR="00174050" w:rsidRPr="00FB5BDE" w:rsidRDefault="00EA7E7E" w:rsidP="0039056B">
+            <w:pPr>
+              <w:pStyle w:val="FocusbodyText"/>
+              <w:spacing w:after="0"/>
               <w:rPr>
-                <w:rStyle w:val="Style1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:id w:val="-2133477324"/>
-[...18 lines deleted...]
-                  <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="636160184"/>
+                <w:placeholder>
+                  <w:docPart w:val="7D818137A2704F79914CE902D8D481F3"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F2488B" w:rsidRPr="00D12F13">
                   <w:rPr>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                   </w:rPr>
-                </w:pPr>
-                <w:r w:rsidRPr="00D40B4C">
+                  <w:t xml:space="preserve">(area code)     -     </w:t>
+                </w:r>
+                <w:r w:rsidR="00F2488B" w:rsidRPr="00D40B4C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="505050"/>
                   </w:rPr>
-                  <w:t>(</w:t>
+                  <w:t xml:space="preserve">  </w:t>
                 </w:r>
-                <w:r w:rsidR="0064678F" w:rsidRPr="00D40B4C">
-[...15 lines deleted...]
-          </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06C8A8BD" w14:textId="77777777" w:rsidR="00174050" w:rsidRPr="00FB5BDE" w:rsidRDefault="00174050" w:rsidP="0039056B">
             <w:pPr>
               <w:pStyle w:val="FocusbodyText"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1CB3BD70">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="697ED8F1" w14:textId="5ACEBCE2" w:rsidR="00174050" w:rsidRPr="00FB5BDE" w:rsidRDefault="00000000" w:rsidP="0039056B">
+          <w:p w14:paraId="697ED8F1" w14:textId="03C219DF" w:rsidR="00174050" w:rsidRPr="00FB5BDE" w:rsidRDefault="00EA7E7E" w:rsidP="0039056B">
             <w:pPr>
               <w:pStyle w:val="FocusbodyText"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:customXmlDelRangeStart w:id="0" w:author="Holder, Yolanda (ECY)" w:date="2024-10-23T11:12:00Z"/>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rStyle w:val="Style1"/>
+                  <w:b w:val="0"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:id w:val="-384411814"/>
-                <w:lock w:val="sdtLocked"/>
+                <w:id w:val="-1227302525"/>
                 <w:placeholder>
-                  <w:docPart w:val="E823AEF455024DA48A119AD384AC9EA6"/>
+                  <w:docPart w:val="5D323C97942D4AA7BBDD007E9304190D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rStyle w:val="Style1"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
-                <w:customXmlDelRangeEnd w:id="0"/>
-                <w:r w:rsidR="00631528" w:rsidRPr="00D40B4C">
+                <w:r w:rsidR="00890363" w:rsidRPr="00D12F13">
                   <w:rPr>
                     <w:rStyle w:val="Style1"/>
                     <w:b w:val="0"/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                   </w:rPr>
                   <w:t>Recipient PM</w:t>
                 </w:r>
-                <w:r w:rsidR="006E21D9" w:rsidRPr="00D40B4C">
+                <w:r w:rsidR="00890363" w:rsidRPr="00D12F13">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:color w:val="auto"/>
+                    <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                   </w:rPr>
-                  <w:t>’s</w:t>
+                  <w:t>’s Email.</w:t>
                 </w:r>
-                <w:r w:rsidR="00631528" w:rsidRPr="00D40B4C">
-[...6 lines deleted...]
-                <w:customXmlDelRangeStart w:id="1" w:author="Holder, Yolanda (ECY)" w:date="2024-10-23T11:12:00Z"/>
               </w:sdtContent>
             </w:sdt>
-            <w:customXmlDelRangeEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7BDA4D8A" w14:textId="382B1864" w:rsidR="00BA34D0" w:rsidRPr="00380B49" w:rsidRDefault="00380B49" w:rsidP="00380B49">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
       <w:r>
         <w:t>Landowner</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10885" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5397"/>
         <w:gridCol w:w="5488"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BA34D0" w:rsidRPr="00FB5BDE" w14:paraId="7BDA4D91" w14:textId="77777777" w:rsidTr="1CB3BD70">
         <w:trPr>
@@ -639,572 +563,578 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name or O</w:t>
             </w:r>
             <w:r w:rsidR="00BA34D0" w:rsidRPr="00FB5BDE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>rganization</w:t>
             </w:r>
             <w:r w:rsidR="00F36968">
               <w:rPr>
                 <w:rStyle w:val="Style1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:sdt>
-            <w:sdtPr>
+          <w:p w14:paraId="7BDA4D8D" w14:textId="5BB296BE" w:rsidR="00BA34D0" w:rsidRPr="00CD19B0" w:rsidRDefault="00EA7E7E" w:rsidP="0039056B">
+            <w:pPr>
+              <w:pStyle w:val="FocusbodyText"/>
+              <w:spacing w:after="0"/>
               <w:rPr>
-                <w:rStyle w:val="Style1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:tag w:val="Address"/>
-[...25 lines deleted...]
-                <w:r w:rsidRPr="00D40B4C">
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1044908545"/>
+                <w:placeholder>
+                  <w:docPart w:val="D7E3BBFD16294FA883F4E235122160C1"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F2488B" w:rsidRPr="00D12F13">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:color w:val="505050"/>
+                    <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
-              </w:p>
-[...1 lines deleted...]
-          </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7BDA4D8E" w14:textId="2058B384" w:rsidR="00BA34D0" w:rsidRPr="00FB5BDE" w:rsidRDefault="00380B49" w:rsidP="0039056B">
             <w:pPr>
               <w:pStyle w:val="FocusbodyText"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1CB3BD70">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Street </w:t>
             </w:r>
             <w:r w:rsidR="276A5E9F" w:rsidRPr="1CB3BD70">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
-          <w:sdt>
-            <w:sdtPr>
+          <w:p w14:paraId="7BDA4D90" w14:textId="6B748AB3" w:rsidR="00BA34D0" w:rsidRPr="00FB5BDE" w:rsidRDefault="00EA7E7E" w:rsidP="002C41D8">
+            <w:pPr>
+              <w:pStyle w:val="FocusbodyText"/>
+              <w:spacing w:after="0"/>
               <w:rPr>
-                <w:rStyle w:val="Style1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:tag w:val="Address"/>
-[...25 lines deleted...]
-                <w:r w:rsidRPr="00D40B4C">
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1831970301"/>
+                <w:placeholder>
+                  <w:docPart w:val="4282F5F4F99F461A8E0874427DB8A749"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F2488B" w:rsidRPr="00D12F13">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:color w:val="747474"/>
+                    <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                   </w:rPr>
                   <w:t># Street, City, WA, Zip Code</w:t>
                 </w:r>
-                <w:r w:rsidR="0039056B" w:rsidRPr="00D40B4C">
-[...8 lines deleted...]
-          </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA34D0" w:rsidRPr="00FB5BDE" w14:paraId="7BDA4D96" w14:textId="77777777" w:rsidTr="1CB3BD70">
         <w:trPr>
           <w:trHeight w:val="719"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5397" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74A05996" w14:textId="77777777" w:rsidR="00380B49" w:rsidRPr="00FB5BDE" w:rsidRDefault="00380B49" w:rsidP="00380B49">
             <w:pPr>
               <w:pStyle w:val="FocusbodyText"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1CB3BD70">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Site Name (s) – for reference purposes </w:t>
             </w:r>
           </w:p>
-          <w:sdt>
-            <w:sdtPr>
+          <w:p w14:paraId="7BDA4D93" w14:textId="62E4F19A" w:rsidR="00BA34D0" w:rsidRPr="00FB5BDE" w:rsidRDefault="00EA7E7E" w:rsidP="00380B49">
+            <w:pPr>
+              <w:pStyle w:val="FocusbodyText"/>
+              <w:spacing w:after="0"/>
               <w:rPr>
-                <w:rStyle w:val="Style1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:id w:val="265432629"/>
-[...18 lines deleted...]
-                  <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rStyle w:val="Style1"/>
+                  <w:b w:val="0"/>
+                  <w:bCs/>
+                  <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-658686294"/>
+                <w:placeholder>
+                  <w:docPart w:val="038AC69C317A4D63A4564D6AFA2A1BCE"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rStyle w:val="Style1"/>
+                </w:rPr>
+              </w:sdtEndPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00F2488B" w:rsidRPr="00D12F13">
                   <w:rPr>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:rStyle w:val="Style1"/>
+                    <w:b w:val="0"/>
+                    <w:bCs/>
+                    <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                   </w:rPr>
-                </w:pPr>
-[...5 lines deleted...]
-                  <w:t>As identified on BMP Approval Form.</w:t>
+                  <w:t>Click or tap here to enter text</w:t>
                 </w:r>
-              </w:p>
-[...1 lines deleted...]
-          </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04002D99" w14:textId="77777777" w:rsidR="00BA34D0" w:rsidRDefault="276A5E9F" w:rsidP="0039056B">
             <w:pPr>
               <w:pStyle w:val="FocusbodyText"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1CB3BD70">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Phone</w:t>
             </w:r>
           </w:p>
-          <w:sdt>
-            <w:sdtPr>
+          <w:p w14:paraId="7BDA4D95" w14:textId="00257615" w:rsidR="00174050" w:rsidRPr="00FB5BDE" w:rsidRDefault="00EA7E7E" w:rsidP="0039056B">
+            <w:pPr>
+              <w:pStyle w:val="FocusbodyText"/>
+              <w:spacing w:after="0"/>
               <w:rPr>
-                <w:rStyle w:val="Style1"/>
-                <w:color w:val="747474"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:id w:val="1094357106"/>
-[...23 lines deleted...]
-                <w:r w:rsidRPr="00D40B4C">
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="837360012"/>
+                <w:placeholder>
+                  <w:docPart w:val="070B63AB8207422BB696487557C47D5B"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F2488B" w:rsidRPr="00D12F13">
                   <w:rPr>
                     <w:rStyle w:val="Style1"/>
                     <w:b w:val="0"/>
-                    <w:color w:val="747474"/>
+                    <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>(</w:t>
                 </w:r>
-                <w:r w:rsidR="5C1D7433" w:rsidRPr="00D40B4C">
+                <w:r w:rsidR="00F2488B" w:rsidRPr="00D12F13">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:color w:val="747474"/>
+                    <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                   </w:rPr>
-                  <w:t>Area code</w:t>
+                  <w:t xml:space="preserve">Area code)     -       </w:t>
                 </w:r>
-                <w:r w:rsidRPr="00D40B4C">
-[...8 lines deleted...]
-          </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7BDA4D97" w14:textId="77777777" w:rsidR="00A55F85" w:rsidRPr="00FB5BDE" w:rsidRDefault="00A55F85" w:rsidP="00247AF5">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D1E25F8" w14:textId="77777777" w:rsidR="00380B49" w:rsidRDefault="00380B49" w:rsidP="00380B49">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Purpose of Landowner Agreement</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78A3650B" w14:textId="038D6C60" w:rsidR="00380B49" w:rsidRDefault="00380B49" w:rsidP="00380B49">
       <w:pPr>
         <w:pStyle w:val="FocusbodyText"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1CB3BD70">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">The purpose of this Agreement is to identify and confirm the terms, conditions and obligations agreed upon between the </w:t>
       </w:r>
       <w:r w:rsidR="00C161A0">
         <w:t xml:space="preserve">Grant </w:t>
       </w:r>
       <w:r w:rsidRPr="1CB3BD70">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Recipient, who is undertaking a project (Project) funded by the Washington Department of Ecology (Ecology), and the Landowner, who owns the property on which the Project will take place.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F6861EA" w14:textId="615EF068" w:rsidR="00380B49" w:rsidRDefault="00380B49" w:rsidP="00380B49">
+    <w:p w14:paraId="2F6861EA" w14:textId="45A78AB5" w:rsidR="00380B49" w:rsidRDefault="00380B49" w:rsidP="00380B49">
       <w:pPr>
         <w:pStyle w:val="FocusbodyText"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1CB3BD70">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00C161A0">
         <w:t xml:space="preserve">Grant </w:t>
       </w:r>
       <w:r w:rsidRPr="1CB3BD70">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Recipient and Landowner mutually agree to participate in conducting the </w:t>
       </w:r>
       <w:r w:rsidR="3C10B2F0" w:rsidRPr="1CB3BD70">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>riparian restoration</w:t>
       </w:r>
       <w:r w:rsidRPr="1CB3BD70">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> activities described below on lands owned by Landowner in</w:t>
       </w:r>
       <w:r w:rsidR="007C2600" w:rsidRPr="1CB3BD70">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:noProof/>
+            <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
           </w:rPr>
           <w:id w:val="414512086"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_1081868574"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="007C2600" w:rsidRPr="00D40B4C">
+          <w:r w:rsidR="00D12F13">
+            <w:rPr>
+              <w:noProof/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Click to enter </w:t>
+          </w:r>
+          <w:r w:rsidR="007C2600" w:rsidRPr="00D12F13">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="747474"/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
             </w:rPr>
             <w:t>W</w:t>
           </w:r>
-          <w:r w:rsidR="002B0CDF" w:rsidRPr="00D40B4C">
+          <w:r w:rsidR="002B0CDF" w:rsidRPr="00D12F13">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="747474"/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
             </w:rPr>
             <w:t>RIA Name - Number</w:t>
           </w:r>
-          <w:r w:rsidR="007C2600" w:rsidRPr="00D40B4C">
+          <w:r w:rsidR="007C2600" w:rsidRPr="00D12F13">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="747474"/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B26818" w:rsidRPr="1CB3BD70">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="1CB3BD70">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Watershed (Water Resource Inventory Area), </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:noProof/>
+            <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
           </w:rPr>
           <w:id w:val="-461270982"/>
           <w:placeholder>
             <w:docPart w:val="CEFF11CB4CB14EFDA409AD09393BBA27"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="000F685C" w:rsidRPr="00D40B4C">
+          <w:r w:rsidR="00D12F13">
+            <w:rPr>
+              <w:noProof/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Click to enter </w:t>
+          </w:r>
+          <w:r w:rsidR="00890363" w:rsidRPr="00D12F13">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="747474"/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
             </w:rPr>
-            <w:t>Click or tap here to enter text.</w:t>
+            <w:t>County Name</w:t>
+          </w:r>
+          <w:r w:rsidR="000F685C" w:rsidRPr="00D12F13">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000F685C" w:rsidRPr="1CB3BD70">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="1CB3BD70">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>County, State of Washington, Tax Parcel No.</w:t>
       </w:r>
-      <w:r w:rsidR="00EB59D6" w:rsidRPr="00D40B4C">
-[...6 lines deleted...]
-      <w:r w:rsidR="00BE62DB" w:rsidRPr="1CB3BD70">
+      <w:r w:rsidR="00890363">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:id w:val="1276049453"/>
           <w:placeholder>
             <w:docPart w:val="CA15764F05BF4EC18722D0866B577B08"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00382286" w:rsidRPr="00D40B4C">
+          <w:r w:rsidR="00D12F13">
+            <w:rPr>
+              <w:noProof/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Click to enter </w:t>
+          </w:r>
+          <w:r w:rsidR="00382286" w:rsidRPr="00D12F13">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="747474"/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
             </w:rPr>
             <w:t>Parcel #</w:t>
           </w:r>
-          <w:r w:rsidR="0091249E" w:rsidRPr="00D40B4C">
+          <w:r w:rsidR="0091249E" w:rsidRPr="00D12F13">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="747474"/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="1CB3BD70">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> The activities also are described in, and in accordance with Ecology’s Project </w:t>
       </w:r>
       <w:r w:rsidR="2D82D5B2" w:rsidRPr="1CB3BD70">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Grant</w:t>
       </w:r>
       <w:r w:rsidRPr="1CB3BD70">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t xml:space="preserve"> No. </w:t>
+        <w:t xml:space="preserve"> No.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F2488B">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:id w:val="-1292276035"/>
+          <w:id w:val="-1925248224"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_1081868574"/>
+            <w:docPart w:val="AD386DEB76FC44049AA482F896D33DC2"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00EB59D6" w:rsidRPr="00D40B4C">
+          <w:r w:rsidR="00D12F13">
+            <w:rPr>
+              <w:noProof/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Click to enter </w:t>
+          </w:r>
+          <w:r w:rsidR="00F2488B" w:rsidRPr="00D12F13">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="747474"/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
             </w:rPr>
-            <w:t>WRIA Name - Number.</w:t>
+            <w:t>Grant Number.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidRPr="1CB3BD70">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="007C2600" w:rsidRPr="1CB3BD70">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="1CB3BD70">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">into which this agreement, once signed by both parties, becomes incorporated herein. This Landowner Agreement must be fully signed by </w:t>
       </w:r>
       <w:r w:rsidR="30997E3B" w:rsidRPr="1CB3BD70">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00C90A49">
         <w:t xml:space="preserve">Grant </w:t>
       </w:r>
       <w:r w:rsidRPr="1CB3BD70">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
@@ -1688,58 +1618,51 @@
       </w:r>
       <w:r w:rsidR="2EEC0D96" w:rsidRPr="1CB3BD70">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Grant Recipient</w:t>
       </w:r>
       <w:r w:rsidRPr="1CB3BD70">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> then will contact the new landowner to determine whether or not the landowner agrees to continue the landowner’s specific maintenance, monitoring, and reporting responsibilities as described in Attachment A (if applicable), and to not intentionally compromise the integrity of the project. If the new landowner agrees, please provide a copy of the new landowner-signed statement to continue the landowner’s monitoring, maintenance, and reporting responsibilities as described in Attachment A.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AFEF45C" w14:textId="0F1C722E" w:rsidR="00C25B34" w:rsidRDefault="0070612B" w:rsidP="00380B49">
       <w:pPr>
         <w:pStyle w:val="FocusbodyText"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0070612B">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t xml:space="preserve">To comply with Executive Order Section 106, Archaeological and Cultural Resources, Grant Recipients may have to complete a cultural resources survey in response to any cultural resources concerns that might arise. Grant recipients will notify the landowner if a consultation is required. If required, consultations must be completed before construction begins.  Grant Recipients must submit an Inadvertent Discovery Plan (IDP), using the Ecology </w:t>
-[...6 lines deleted...]
-        <w:t>template, to Ecology prior to beginning work on site.  The Grant Recipient will ensure that all contractors and subcontractors have a copy of the completed IDP prior to and while working on-site.</w:t>
+        <w:t>To comply with Executive Order Section 106, Archaeological and Cultural Resources, Grant Recipients may have to complete a cultural resources survey in response to any cultural resources concerns that might arise. Grant recipients will notify the landowner if a consultation is required. If required, consultations must be completed before construction begins.  Grant Recipients must submit an Inadvertent Discovery Plan (IDP), using the Ecology template, to Ecology prior to beginning work on site.  The Grant Recipient will ensure that all contractors and subcontractors have a copy of the completed IDP prior to and while working on-site.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1392A9B6" w14:textId="528F5385" w:rsidR="00380B49" w:rsidRDefault="17A73CD4" w:rsidP="00380B49">
       <w:pPr>
         <w:pStyle w:val="FocusbodyText"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="17A73CD4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">This agreement may be terminated by the </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Grant </w:t>
       </w:r>
       <w:r w:rsidRPr="17A73CD4">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Recipient, if in its discretion, it determines that circumstances have rendered the Purpose of this agreement impractical to achieve. Termination also may be sought by either party by providing written notice to the other party. Such termination shall be effective only after authorized representatives of both parties have agreed in writing to such termination and Ecology has been provided a thirty (30) day advance written notice of such termination. If, in the event the project is intentionally removed, destroyed, or otherwise compromised in function, or if successor Landowners do not agree to the terms of this Agreement, Ecology reserves the right to seek remedy which may require the Grant Recipient to provide a new restoration site to serve as replacement.</w:t>
       </w:r>
     </w:p>
@@ -1818,110 +1741,116 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grant </w:t>
       </w:r>
       <w:r w:rsidR="002C41D8" w:rsidRPr="1CB3BD70">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Recipient:</w:t>
       </w:r>
       <w:r w:rsidR="002C41D8" w:rsidRPr="1CB3BD70">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:id w:val="1264641046"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="E4850AEB917D425DB94390197C966ED8"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="008C5EF3" w:rsidRPr="00EB59D6">
+          <w:r w:rsidR="008C5EF3" w:rsidRPr="00D12F13">
             <w:rPr>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Name</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002C41D8" w:rsidRPr="009820DA">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002C41D8" w:rsidRPr="1CB3BD70">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
       <w:r w:rsidR="002C41D8" w:rsidRPr="1CB3BD70">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
+            <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:id w:val="-2010518859"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
+            <w:docPart w:val="FE1D92314EB94E9F92189CEF49498C39"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="MM/dd/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="008C5EF3" w:rsidRPr="00D40B4C">
+          <w:r w:rsidR="008C5EF3" w:rsidRPr="00D12F13">
             <w:rPr>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Click</w:t>
           </w:r>
-          <w:r w:rsidR="008C5EF3" w:rsidRPr="00D40B4C">
+          <w:r w:rsidR="008C5EF3" w:rsidRPr="00D12F13">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="15699E83" w14:textId="77777777" w:rsidR="002C41D8" w:rsidRPr="009820DA" w:rsidRDefault="002C41D8" w:rsidP="002C41D8">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009820DA">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Signature:</w:t>
       </w:r>
     </w:p>
@@ -1952,120 +1881,126 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1CB3BD70">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Landowner:</w:t>
       </w:r>
       <w:r w:rsidRPr="1CB3BD70">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
+            <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:id w:val="1311834786"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="B9DCFFE4935E4E899A2A9A13436BFC1A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="006359A3" w:rsidRPr="00EB59D6">
+          <w:r w:rsidR="006359A3" w:rsidRPr="00D12F13">
             <w:rPr>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Name</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00420347">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="1CB3BD70">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
       <w:r w:rsidRPr="1CB3BD70">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A620EE" w:rsidRPr="00EB59D6">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A620EE" w:rsidRPr="1CB3BD70">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
+            <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:id w:val="-247194246"/>
           <w:placeholder>
             <w:docPart w:val="7219F460D9A2405A9BA5B3A19EA05D2E"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="MM/dd/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00A620EE" w:rsidRPr="00D40B4C">
+          <w:r w:rsidR="00A620EE" w:rsidRPr="00D12F13">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               <w:color w:val="000000" w:themeColor="text1"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="2119ABB6" w14:textId="77777777" w:rsidR="002C41D8" w:rsidRPr="009820DA" w:rsidRDefault="002C41D8" w:rsidP="002C41D8">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009820DA">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Signature:</w:t>
       </w:r>
     </w:p>
@@ -2122,61 +2057,61 @@
       <w:r w:rsidRPr="1CB3BD70">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>y amendments to this Agreement in EAGL (Ecology Administration of Grants and Loans system).</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AA0564" w:rsidSect="00A55F85">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7F92F33C" w14:textId="77777777" w:rsidR="007E6005" w:rsidRDefault="007E6005" w:rsidP="00916389">
+    <w:p w14:paraId="6070F5DD" w14:textId="77777777" w:rsidR="009D0153" w:rsidRDefault="009D0153" w:rsidP="00916389">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="293591F4" w14:textId="77777777" w:rsidR="007E6005" w:rsidRDefault="007E6005" w:rsidP="00916389">
+    <w:p w14:paraId="39452E58" w14:textId="77777777" w:rsidR="009D0153" w:rsidRDefault="009D0153" w:rsidP="00916389">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2540,61 +2475,61 @@
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="000C27A3">
           <w:rPr>
             <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="003A3177">
           <w:rPr>
             <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7A2808FB" w14:textId="77777777" w:rsidR="007E6005" w:rsidRDefault="007E6005" w:rsidP="00916389">
+    <w:p w14:paraId="7B63669A" w14:textId="77777777" w:rsidR="009D0153" w:rsidRDefault="009D0153" w:rsidP="00916389">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D6B2C92" w14:textId="77777777" w:rsidR="007E6005" w:rsidRDefault="007E6005" w:rsidP="00916389">
+    <w:p w14:paraId="3167931B" w14:textId="77777777" w:rsidR="009D0153" w:rsidRDefault="009D0153" w:rsidP="00916389">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7BDA4E21" w14:textId="5DFAF4C0" w:rsidR="009766AD" w:rsidRPr="003A3177" w:rsidRDefault="00192778" w:rsidP="1CB3BD70">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="3600"/>
         <w:tab w:val="left" w:pos="7920"/>
         <w:tab w:val="left" w:pos="8964"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120"/>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
@@ -2779,57 +2714,67 @@
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1593215" cy="557530"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="003A3177">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t>Xxxxxxx Program</w:t>
+      <w:t>Xxxxxxx</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="003A3177">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Program</w:t>
     </w:r>
     <w:r w:rsidR="00EB7F70" w:rsidRPr="003A3177">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7BDA4E2D" wp14:editId="68D706B0">
               <wp:extent cx="6840855" cy="0"/>
               <wp:effectExtent l="0" t="19050" r="36195" b="19050"/>
               <wp:docPr id="12" name="Straight Connector 12">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                     <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
@@ -3723,61 +3668,54 @@
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1315911747">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1162426758">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="218825183">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="486367006">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1684088991">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1950888863">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1253777008">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1024" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="187"/>
   <w:drawingGridVerticalSpacing w:val="187"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -3820,82 +3758,85 @@
     <w:rsid w:val="00192778"/>
     <w:rsid w:val="00192AFF"/>
     <w:rsid w:val="00195F9C"/>
     <w:rsid w:val="001960F5"/>
     <w:rsid w:val="00196D0D"/>
     <w:rsid w:val="001A12FB"/>
     <w:rsid w:val="001B7DAA"/>
     <w:rsid w:val="001C2BEE"/>
     <w:rsid w:val="001D0942"/>
     <w:rsid w:val="001E185E"/>
     <w:rsid w:val="001E3BA3"/>
     <w:rsid w:val="001E51A9"/>
     <w:rsid w:val="001E6292"/>
     <w:rsid w:val="001F173A"/>
     <w:rsid w:val="00205D89"/>
     <w:rsid w:val="002113BF"/>
     <w:rsid w:val="002120FB"/>
     <w:rsid w:val="00247AF5"/>
     <w:rsid w:val="00256191"/>
     <w:rsid w:val="002736F6"/>
     <w:rsid w:val="002750BB"/>
     <w:rsid w:val="00277ECA"/>
     <w:rsid w:val="002826AE"/>
     <w:rsid w:val="00282FB1"/>
     <w:rsid w:val="002866F7"/>
+    <w:rsid w:val="002906D3"/>
     <w:rsid w:val="00290C41"/>
     <w:rsid w:val="002957F4"/>
     <w:rsid w:val="002B0CDF"/>
     <w:rsid w:val="002B2859"/>
     <w:rsid w:val="002C04E1"/>
     <w:rsid w:val="002C0FB9"/>
     <w:rsid w:val="002C19DD"/>
     <w:rsid w:val="002C41D8"/>
     <w:rsid w:val="002E2071"/>
     <w:rsid w:val="002E3F1A"/>
     <w:rsid w:val="002E7338"/>
     <w:rsid w:val="002F1D5E"/>
     <w:rsid w:val="00300C8F"/>
     <w:rsid w:val="00304993"/>
     <w:rsid w:val="00307015"/>
     <w:rsid w:val="00330946"/>
     <w:rsid w:val="003344B4"/>
     <w:rsid w:val="00337451"/>
     <w:rsid w:val="00366E8C"/>
     <w:rsid w:val="0037340F"/>
     <w:rsid w:val="003752F5"/>
     <w:rsid w:val="00380B49"/>
     <w:rsid w:val="00382286"/>
     <w:rsid w:val="0039056B"/>
+    <w:rsid w:val="00391B34"/>
     <w:rsid w:val="003A3177"/>
     <w:rsid w:val="003A7647"/>
     <w:rsid w:val="003B2D16"/>
     <w:rsid w:val="003B5374"/>
     <w:rsid w:val="003C16A4"/>
     <w:rsid w:val="003C4926"/>
     <w:rsid w:val="003D4CAF"/>
     <w:rsid w:val="003F14E9"/>
+    <w:rsid w:val="003F6912"/>
     <w:rsid w:val="00400DB5"/>
     <w:rsid w:val="0041172D"/>
     <w:rsid w:val="004129CE"/>
     <w:rsid w:val="00420347"/>
     <w:rsid w:val="00423DB4"/>
     <w:rsid w:val="0042756B"/>
     <w:rsid w:val="004358C7"/>
     <w:rsid w:val="00460361"/>
     <w:rsid w:val="00461F9B"/>
     <w:rsid w:val="00463722"/>
     <w:rsid w:val="00471401"/>
     <w:rsid w:val="004735F5"/>
     <w:rsid w:val="00485912"/>
     <w:rsid w:val="00490CB6"/>
     <w:rsid w:val="00492DBF"/>
     <w:rsid w:val="0049732A"/>
     <w:rsid w:val="004A50ED"/>
     <w:rsid w:val="004A735D"/>
     <w:rsid w:val="004C7AEB"/>
     <w:rsid w:val="004E72E4"/>
     <w:rsid w:val="00503D2B"/>
     <w:rsid w:val="00512D41"/>
     <w:rsid w:val="00514FE9"/>
     <w:rsid w:val="00525690"/>
     <w:rsid w:val="005451B7"/>
@@ -3950,83 +3891,86 @@
     <w:rsid w:val="007552AF"/>
     <w:rsid w:val="007554E4"/>
     <w:rsid w:val="007615AC"/>
     <w:rsid w:val="00761F65"/>
     <w:rsid w:val="00763A7F"/>
     <w:rsid w:val="00765D99"/>
     <w:rsid w:val="00770808"/>
     <w:rsid w:val="0077389A"/>
     <w:rsid w:val="0078226F"/>
     <w:rsid w:val="00786309"/>
     <w:rsid w:val="007902CA"/>
     <w:rsid w:val="007B28E8"/>
     <w:rsid w:val="007B3555"/>
     <w:rsid w:val="007C0CCF"/>
     <w:rsid w:val="007C2600"/>
     <w:rsid w:val="007C4F22"/>
     <w:rsid w:val="007D10C7"/>
     <w:rsid w:val="007D624F"/>
     <w:rsid w:val="007E6005"/>
     <w:rsid w:val="007E7408"/>
     <w:rsid w:val="00800557"/>
     <w:rsid w:val="00807A79"/>
     <w:rsid w:val="008461FF"/>
     <w:rsid w:val="0086755D"/>
     <w:rsid w:val="00882B89"/>
+    <w:rsid w:val="00890363"/>
     <w:rsid w:val="008A4494"/>
     <w:rsid w:val="008C16EA"/>
     <w:rsid w:val="008C2D3D"/>
     <w:rsid w:val="008C5EF3"/>
     <w:rsid w:val="008D617D"/>
     <w:rsid w:val="008F1077"/>
     <w:rsid w:val="009005A5"/>
     <w:rsid w:val="0091106B"/>
     <w:rsid w:val="0091249E"/>
     <w:rsid w:val="00916389"/>
     <w:rsid w:val="00922139"/>
     <w:rsid w:val="00922B8A"/>
     <w:rsid w:val="00941F09"/>
     <w:rsid w:val="00942801"/>
     <w:rsid w:val="00954A55"/>
     <w:rsid w:val="00960B2B"/>
     <w:rsid w:val="00960D6A"/>
     <w:rsid w:val="009621AB"/>
     <w:rsid w:val="009674DD"/>
     <w:rsid w:val="009766AD"/>
     <w:rsid w:val="009820DA"/>
     <w:rsid w:val="00984C5C"/>
     <w:rsid w:val="00987850"/>
     <w:rsid w:val="00993349"/>
     <w:rsid w:val="00996FA9"/>
     <w:rsid w:val="009B7540"/>
     <w:rsid w:val="009C3A0A"/>
+    <w:rsid w:val="009D0153"/>
     <w:rsid w:val="009D451C"/>
     <w:rsid w:val="009F023A"/>
     <w:rsid w:val="009F15B1"/>
     <w:rsid w:val="009F3861"/>
     <w:rsid w:val="009F3BEC"/>
     <w:rsid w:val="009F7CBB"/>
+    <w:rsid w:val="00A010D9"/>
     <w:rsid w:val="00A0571A"/>
     <w:rsid w:val="00A1519D"/>
     <w:rsid w:val="00A35149"/>
     <w:rsid w:val="00A36049"/>
     <w:rsid w:val="00A4234F"/>
     <w:rsid w:val="00A46CFE"/>
     <w:rsid w:val="00A513A5"/>
     <w:rsid w:val="00A55F85"/>
     <w:rsid w:val="00A61471"/>
     <w:rsid w:val="00A620EE"/>
     <w:rsid w:val="00A7071A"/>
     <w:rsid w:val="00A80F4B"/>
     <w:rsid w:val="00A918CA"/>
     <w:rsid w:val="00A97820"/>
     <w:rsid w:val="00AA0564"/>
     <w:rsid w:val="00AA15F9"/>
     <w:rsid w:val="00AA717A"/>
     <w:rsid w:val="00AC2637"/>
     <w:rsid w:val="00AC338C"/>
     <w:rsid w:val="00AC53EB"/>
     <w:rsid w:val="00AD260A"/>
     <w:rsid w:val="00B11DC1"/>
     <w:rsid w:val="00B26818"/>
     <w:rsid w:val="00B43BC8"/>
     <w:rsid w:val="00B46FAA"/>
@@ -4034,112 +3978,116 @@
     <w:rsid w:val="00B829B9"/>
     <w:rsid w:val="00B84B20"/>
     <w:rsid w:val="00B85B76"/>
     <w:rsid w:val="00B92596"/>
     <w:rsid w:val="00BA0C88"/>
     <w:rsid w:val="00BA1953"/>
     <w:rsid w:val="00BA2767"/>
     <w:rsid w:val="00BA34D0"/>
     <w:rsid w:val="00BB3252"/>
     <w:rsid w:val="00BC3527"/>
     <w:rsid w:val="00BC6952"/>
     <w:rsid w:val="00BD530D"/>
     <w:rsid w:val="00BE62DB"/>
     <w:rsid w:val="00BF50AB"/>
     <w:rsid w:val="00C141F8"/>
     <w:rsid w:val="00C161A0"/>
     <w:rsid w:val="00C25B34"/>
     <w:rsid w:val="00C3557A"/>
     <w:rsid w:val="00C35849"/>
     <w:rsid w:val="00C36C13"/>
     <w:rsid w:val="00C43186"/>
     <w:rsid w:val="00C437E6"/>
     <w:rsid w:val="00C50480"/>
     <w:rsid w:val="00C62839"/>
     <w:rsid w:val="00C64E85"/>
+    <w:rsid w:val="00C73664"/>
     <w:rsid w:val="00C75615"/>
     <w:rsid w:val="00C77197"/>
     <w:rsid w:val="00C84865"/>
     <w:rsid w:val="00C90A49"/>
     <w:rsid w:val="00C972F9"/>
     <w:rsid w:val="00CB1F73"/>
     <w:rsid w:val="00CB6404"/>
     <w:rsid w:val="00CC45F0"/>
     <w:rsid w:val="00CC4E65"/>
     <w:rsid w:val="00CD0567"/>
     <w:rsid w:val="00CD19B0"/>
     <w:rsid w:val="00CD236E"/>
     <w:rsid w:val="00CD5AA2"/>
     <w:rsid w:val="00CE78B2"/>
     <w:rsid w:val="00D055E4"/>
+    <w:rsid w:val="00D12F13"/>
     <w:rsid w:val="00D21C9D"/>
     <w:rsid w:val="00D24004"/>
     <w:rsid w:val="00D25CC1"/>
     <w:rsid w:val="00D319FF"/>
     <w:rsid w:val="00D32DFF"/>
     <w:rsid w:val="00D34D25"/>
     <w:rsid w:val="00D356BC"/>
     <w:rsid w:val="00D40B4C"/>
     <w:rsid w:val="00D41029"/>
     <w:rsid w:val="00D45D75"/>
     <w:rsid w:val="00D770BC"/>
     <w:rsid w:val="00D83888"/>
     <w:rsid w:val="00D921DA"/>
     <w:rsid w:val="00D957F0"/>
     <w:rsid w:val="00DA7A24"/>
     <w:rsid w:val="00DD222D"/>
     <w:rsid w:val="00DE0745"/>
     <w:rsid w:val="00DE516B"/>
     <w:rsid w:val="00DF0975"/>
     <w:rsid w:val="00DF1EC5"/>
     <w:rsid w:val="00DF796D"/>
     <w:rsid w:val="00E0711A"/>
     <w:rsid w:val="00E10E2A"/>
     <w:rsid w:val="00E12163"/>
     <w:rsid w:val="00E12F3A"/>
     <w:rsid w:val="00E13F88"/>
     <w:rsid w:val="00E15F05"/>
     <w:rsid w:val="00E17829"/>
     <w:rsid w:val="00E20686"/>
     <w:rsid w:val="00E245A3"/>
     <w:rsid w:val="00E35AA8"/>
     <w:rsid w:val="00E553D3"/>
     <w:rsid w:val="00E63EB6"/>
     <w:rsid w:val="00E66C17"/>
     <w:rsid w:val="00E75C88"/>
     <w:rsid w:val="00E768F6"/>
     <w:rsid w:val="00E945BE"/>
+    <w:rsid w:val="00EA7E7E"/>
     <w:rsid w:val="00EB2BEF"/>
     <w:rsid w:val="00EB3722"/>
     <w:rsid w:val="00EB59D6"/>
     <w:rsid w:val="00EB7F70"/>
     <w:rsid w:val="00ED3904"/>
     <w:rsid w:val="00ED3DC9"/>
     <w:rsid w:val="00EE24D0"/>
     <w:rsid w:val="00EE3D06"/>
     <w:rsid w:val="00EF4DEF"/>
     <w:rsid w:val="00F1079D"/>
+    <w:rsid w:val="00F2488B"/>
     <w:rsid w:val="00F25149"/>
     <w:rsid w:val="00F309D2"/>
     <w:rsid w:val="00F3303E"/>
     <w:rsid w:val="00F36968"/>
     <w:rsid w:val="00F37F21"/>
     <w:rsid w:val="00F40F0A"/>
     <w:rsid w:val="00F45EAA"/>
     <w:rsid w:val="00F53419"/>
     <w:rsid w:val="00F63F98"/>
     <w:rsid w:val="00F776EB"/>
     <w:rsid w:val="00F80C71"/>
     <w:rsid w:val="00F90A99"/>
     <w:rsid w:val="00F91944"/>
     <w:rsid w:val="00F95959"/>
     <w:rsid w:val="00F96B83"/>
     <w:rsid w:val="00FA1D0A"/>
     <w:rsid w:val="00FA6C2B"/>
     <w:rsid w:val="00FB0610"/>
     <w:rsid w:val="00FB5BDE"/>
     <w:rsid w:val="00FD4A0D"/>
     <w:rsid w:val="00FD5836"/>
     <w:rsid w:val="00FD63AC"/>
     <w:rsid w:val="00FD66A9"/>
     <w:rsid w:val="00FD6D80"/>
     <w:rsid w:val="08D56838"/>
@@ -4710,50 +4658,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CD5AA2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:color w:val="000099"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
@@ -5376,532 +5325,681 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1940066278">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
-    <w:docPart>
-[...236 lines deleted...]
-    </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_1081868574"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{979212DA-0438-4CBC-9035-10B6CA5596B5}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00026350" w:rsidRDefault="000D6696" w:rsidP="000D6696">
+        <w:p w:rsidR="00026350" w:rsidRDefault="00A87767" w:rsidP="00A87767">
           <w:pPr>
-            <w:pStyle w:val="DefaultPlaceholder1081868574"/>
+            <w:pStyle w:val="DefaultPlaceholder108186857410"/>
           </w:pPr>
-          <w:r w:rsidRPr="1CB3BD70">
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Click to enter </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00D12F13">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
             </w:rPr>
             <w:t>WRIA Name - Number.</w:t>
-          </w:r>
-[...79 lines deleted...]
-            <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7219F460D9A2405A9BA5B3A19EA05D2E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{77C054A5-77B6-4934-82F1-42C4933E713F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="008F33BB" w:rsidRDefault="008F33BB" w:rsidP="008F33BB">
+        <w:p w:rsidR="008F33BB" w:rsidRDefault="00A87767" w:rsidP="00A87767">
           <w:pPr>
-            <w:pStyle w:val="7219F460D9A2405A9BA5B3A19EA05D2E"/>
+            <w:pStyle w:val="7219F460D9A2405A9BA5B3A19EA05D2E7"/>
           </w:pPr>
-          <w:r w:rsidRPr="008A36A7">
+          <w:r w:rsidRPr="00D12F13">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="22"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
-          </w:r>
-[...35 lines deleted...]
-            <w:t>’s Email</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CEFF11CB4CB14EFDA409AD09393BBA27"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{EA9739FB-53CD-4FF4-BCBB-3255397CBA1A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00056A18" w:rsidRDefault="000D6696" w:rsidP="000D6696">
+        <w:p w:rsidR="00056A18" w:rsidRDefault="00A87767" w:rsidP="00A87767">
           <w:pPr>
-            <w:pStyle w:val="CEFF11CB4CB14EFDA409AD09393BBA27"/>
+            <w:pStyle w:val="CEFF11CB4CB14EFDA409AD09393BBA2710"/>
           </w:pPr>
-          <w:r w:rsidRPr="1CB3BD70">
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Click to enter </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00D12F13">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
             </w:rPr>
-            <w:t>Click or tap here to enter text.</w:t>
+            <w:t>County Name.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CA15764F05BF4EC18722D0866B577B08"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1285B6D9-AA5A-40FB-801E-758C3225F3F9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00056A18" w:rsidRDefault="000D6696" w:rsidP="000D6696">
+        <w:p w:rsidR="00056A18" w:rsidRDefault="00A87767" w:rsidP="00A87767">
           <w:pPr>
-            <w:pStyle w:val="CA15764F05BF4EC18722D0866B577B08"/>
+            <w:pStyle w:val="CA15764F05BF4EC18722D0866B577B0810"/>
           </w:pPr>
-          <w:r w:rsidRPr="1CB3BD70">
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Click to enter </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00D12F13">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
             </w:rPr>
             <w:t>Parcel #.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E4850AEB917D425DB94390197C966ED8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8FE23C73-76E6-489B-A09B-7695A5F43EB7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002276C9" w:rsidRDefault="00A87767" w:rsidP="00A87767">
+          <w:pPr>
+            <w:pStyle w:val="E4850AEB917D425DB94390197C966ED89"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D12F13">
+            <w:rPr>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+              <w:sz w:val="22"/>
+            </w:rPr>
+            <w:t>Name</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FE1D92314EB94E9F92189CEF49498C39"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FAE0D522-1025-4959-A2E1-ED41901A8D7A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002276C9" w:rsidRDefault="00A87767" w:rsidP="00A87767">
+          <w:pPr>
+            <w:pStyle w:val="FE1D92314EB94E9F92189CEF49498C399"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D12F13">
+            <w:rPr>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+              <w:sz w:val="22"/>
+            </w:rPr>
+            <w:t>Click</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00D12F13">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+              <w:sz w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> or tap to enter a date.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B9DCFFE4935E4E899A2A9A13436BFC1A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E6137B17-7D40-453C-8BC1-B285276AEDFC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002276C9" w:rsidRDefault="00A87767" w:rsidP="00A87767">
+          <w:pPr>
+            <w:pStyle w:val="B9DCFFE4935E4E899A2A9A13436BFC1A9"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D12F13">
+            <w:rPr>
+              <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+              <w:sz w:val="22"/>
+            </w:rPr>
+            <w:t>Name</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5D323C97942D4AA7BBDD007E9304190D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6AB1BCA5-CD62-47DC-9772-3977E5EEB3E9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002276C9" w:rsidRDefault="00A87767" w:rsidP="00A87767">
+          <w:pPr>
+            <w:pStyle w:val="5D323C97942D4AA7BBDD007E9304190D8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D12F13">
+            <w:rPr>
+              <w:rStyle w:val="Style1"/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+            </w:rPr>
+            <w:t>Recipient PM</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00D12F13">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+            </w:rPr>
+            <w:t>’s Email.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="070B63AB8207422BB696487557C47D5B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{897A91DA-B126-4178-A372-674A4D904CE9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002276C9" w:rsidRDefault="00A87767" w:rsidP="00A87767">
+          <w:pPr>
+            <w:pStyle w:val="070B63AB8207422BB696487557C47D5B6"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D12F13">
+            <w:rPr>
+              <w:rStyle w:val="Style1"/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>(</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00D12F13">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Area code)     -       </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="779F84FA8EC44AFE98527CCDFD918467"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2BCA3260-C7B0-4298-848C-22B76961EDE7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002276C9" w:rsidRDefault="00A87767" w:rsidP="00A87767">
+          <w:pPr>
+            <w:pStyle w:val="779F84FA8EC44AFE98527CCDFD9184675"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D12F13">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+            </w:rPr>
+            <w:t># Street, City, WA, Zip Code.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7D818137A2704F79914CE902D8D481F3"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{08378B9C-2899-439E-92F3-6D1AB2754E44}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002276C9" w:rsidRDefault="00A87767" w:rsidP="00A87767">
+          <w:pPr>
+            <w:pStyle w:val="7D818137A2704F79914CE902D8D481F35"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D12F13">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+            </w:rPr>
+            <w:t xml:space="preserve">(area code)     -     </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00D40B4C">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="505050"/>
+            </w:rPr>
+            <w:t xml:space="preserve">  </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D7E3BBFD16294FA883F4E235122160C1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F9888B02-BE5B-4FF9-9F1F-74368FFFDB8A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002276C9" w:rsidRDefault="00A87767" w:rsidP="00A87767">
+          <w:pPr>
+            <w:pStyle w:val="D7E3BBFD16294FA883F4E235122160C15"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D12F13">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4282F5F4F99F461A8E0874427DB8A749"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{72322DB3-E729-4CE5-8399-301D48C33722}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002276C9" w:rsidRDefault="00A87767" w:rsidP="00A87767">
+          <w:pPr>
+            <w:pStyle w:val="4282F5F4F99F461A8E0874427DB8A7495"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D12F13">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+            </w:rPr>
+            <w:t># Street, City, WA, Zip Code</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="038AC69C317A4D63A4564D6AFA2A1BCE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D476C5A5-50FD-4844-A280-C4E1A81F6AEE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002276C9" w:rsidRDefault="00A87767" w:rsidP="00A87767">
+          <w:pPr>
+            <w:pStyle w:val="038AC69C317A4D63A4564D6AFA2A1BCE5"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D12F13">
+            <w:rPr>
+              <w:rStyle w:val="Style1"/>
+              <w:bCs/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="AD386DEB76FC44049AA482F896D33DC2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4A3DE112-A27B-4480-B543-84EE39DD596C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002276C9" w:rsidRDefault="00A87767" w:rsidP="00A87767">
+          <w:pPr>
+            <w:pStyle w:val="AD386DEB76FC44049AA482F896D33DC25"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Click to enter </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00D12F13">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+            </w:rPr>
+            <w:t>Grant Number.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="38EF3ECA66254190B32F55114DF70F64"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DC23171F-66F6-4113-93F6-685A6018488B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002276C9" w:rsidRDefault="00A87767" w:rsidP="00A87767">
+          <w:pPr>
+            <w:pStyle w:val="38EF3ECA66254190B32F55114DF70F644"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D12F13">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+            </w:rPr>
+            <w:t>Recipient Organization</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="62A7EC5283844D2B9C74E11CB513740E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6CEF1A3D-A8F7-4DBF-A5B1-4534645B3745}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002276C9" w:rsidRDefault="00A87767" w:rsidP="00A87767">
+          <w:pPr>
+            <w:pStyle w:val="62A7EC5283844D2B9C74E11CB513740E4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D12F13">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+            </w:rPr>
+            <w:t>Recipient PM.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7D82AB486DEA4323BB1D3B3CED81DE8C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{15A80AE9-FEC3-4755-817A-50409BA3630C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002276C9" w:rsidRDefault="00A87767" w:rsidP="00A87767">
+          <w:pPr>
+            <w:pStyle w:val="7D82AB486DEA4323BB1D3B3CED81DE8C4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00D12F13">
+            <w:rPr>
+              <w:rStyle w:val="Style1"/>
+              <w:rFonts w:eastAsia="Cambria" w:cs="Cambria"/>
+              <w:b w:val="0"/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+            </w:rPr>
+            <w:t>SEAPSRSL</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00D12F13">
+            <w:rPr>
+              <w:rStyle w:val="Style1"/>
+              <w:rFonts w:eastAsia="Cambria" w:cs="Cambria"/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+            </w:rPr>
+            <w:t>–2025–</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00D12F13">
+            <w:rPr>
+              <w:rStyle w:val="Style1"/>
+              <w:rFonts w:eastAsia="Cambria" w:cs="Cambria"/>
+              <w:b w:val="0"/>
+              <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+            </w:rPr>
+            <w:t>XXXXXX-#####</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -5988,71 +6086,77 @@
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009512D9"/>
     <w:rsid w:val="00026350"/>
     <w:rsid w:val="0003466C"/>
     <w:rsid w:val="00047E9C"/>
     <w:rsid w:val="00056A18"/>
+    <w:rsid w:val="000602F2"/>
     <w:rsid w:val="000D6696"/>
     <w:rsid w:val="00134480"/>
     <w:rsid w:val="00201471"/>
+    <w:rsid w:val="002276C9"/>
+    <w:rsid w:val="002906D3"/>
     <w:rsid w:val="002F5EAD"/>
     <w:rsid w:val="003C07A1"/>
+    <w:rsid w:val="003F6912"/>
     <w:rsid w:val="00421753"/>
     <w:rsid w:val="00441854"/>
     <w:rsid w:val="004514AE"/>
     <w:rsid w:val="00512D41"/>
     <w:rsid w:val="0057235E"/>
     <w:rsid w:val="006729CA"/>
     <w:rsid w:val="00675327"/>
     <w:rsid w:val="006C1E1B"/>
     <w:rsid w:val="0073050F"/>
     <w:rsid w:val="007B487C"/>
     <w:rsid w:val="008D48FB"/>
     <w:rsid w:val="008F33BB"/>
+    <w:rsid w:val="00902050"/>
     <w:rsid w:val="00931ABF"/>
     <w:rsid w:val="009512D9"/>
     <w:rsid w:val="00A36379"/>
     <w:rsid w:val="00A434E2"/>
+    <w:rsid w:val="00A87767"/>
     <w:rsid w:val="00B65633"/>
     <w:rsid w:val="00B829B9"/>
     <w:rsid w:val="00BA0C88"/>
     <w:rsid w:val="00BB4D8D"/>
     <w:rsid w:val="00C36C13"/>
     <w:rsid w:val="00C87BCE"/>
     <w:rsid w:val="00D563C4"/>
     <w:rsid w:val="00EA4327"/>
     <w:rsid w:val="00F450FA"/>
     <w:rsid w:val="00F809E7"/>
     <w:rsid w:val="00FB3CC3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -6473,207 +6577,236 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="000D6696"/>
+    <w:rsid w:val="00A87767"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style1">
     <w:name w:val="Style1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="000D6696"/>
+    <w:rsid w:val="00A87767"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="56402947A879400A91A52AB79098916A22">
-[...1 lines deleted...]
-    <w:rsid w:val="00026350"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="38EF3ECA66254190B32F55114DF70F644">
+    <w:name w:val="38EF3ECA66254190B32F55114DF70F644"/>
+    <w:rsid w:val="00A87767"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Cambria"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7219F460D9A2405A9BA5B3A19EA05D2E">
-[...14 lines deleted...]
-    <w:rsid w:val="00026350"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="62A7EC5283844D2B9C74E11CB513740E4">
+    <w:name w:val="62A7EC5283844D2B9C74E11CB513740E4"/>
+    <w:rsid w:val="00A87767"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Cambria"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FAC28DFCAAF04337ACFB29BB65796CAA">
-[...1 lines deleted...]
-    <w:rsid w:val="000D6696"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7D82AB486DEA4323BB1D3B3CED81DE8C4">
+    <w:name w:val="7D82AB486DEA4323BB1D3B3CED81DE8C4"/>
+    <w:rsid w:val="00A87767"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Cambria"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B6557D0A1A3944F6B7F0E4265EB8A4AA">
-[...1 lines deleted...]
-    <w:rsid w:val="000D6696"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="779F84FA8EC44AFE98527CCDFD9184675">
+    <w:name w:val="779F84FA8EC44AFE98527CCDFD9184675"/>
+    <w:rsid w:val="00A87767"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Cambria"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F8982FCF52804D39921265F8B70491B61">
-[...1 lines deleted...]
-    <w:rsid w:val="000D6696"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7D818137A2704F79914CE902D8D481F35">
+    <w:name w:val="7D818137A2704F79914CE902D8D481F35"/>
+    <w:rsid w:val="00A87767"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Cambria"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5DDF6302865E4D26925DA9C3583D3A271">
-[...1 lines deleted...]
-    <w:rsid w:val="000D6696"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5D323C97942D4AA7BBDD007E9304190D8">
+    <w:name w:val="5D323C97942D4AA7BBDD007E9304190D8"/>
+    <w:rsid w:val="00A87767"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Cambria"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E823AEF455024DA48A119AD384AC9EA6">
-[...1 lines deleted...]
-    <w:rsid w:val="000D6696"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D7E3BBFD16294FA883F4E235122160C15">
+    <w:name w:val="D7E3BBFD16294FA883F4E235122160C15"/>
+    <w:rsid w:val="00A87767"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Cambria"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DC5F11219341460D8A4D66D3B30FDB521">
-[...1 lines deleted...]
-    <w:rsid w:val="000D6696"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4282F5F4F99F461A8E0874427DB8A7495">
+    <w:name w:val="4282F5F4F99F461A8E0874427DB8A7495"/>
+    <w:rsid w:val="00A87767"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Cambria"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5C04CEFE1A1B401EBE117FCBB4C205F61">
-[...1 lines deleted...]
-    <w:rsid w:val="000D6696"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="038AC69C317A4D63A4564D6AFA2A1BCE5">
+    <w:name w:val="038AC69C317A4D63A4564D6AFA2A1BCE5"/>
+    <w:rsid w:val="00A87767"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Cambria"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F6CB7A480AFF49E6BA508B191CC0D6461">
-[...1 lines deleted...]
-    <w:rsid w:val="000D6696"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="070B63AB8207422BB696487557C47D5B6">
+    <w:name w:val="070B63AB8207422BB696487557C47D5B6"/>
+    <w:rsid w:val="00A87767"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Cambria"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DefaultPlaceholder1081868574">
-[...1 lines deleted...]
-    <w:rsid w:val="000D6696"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DefaultPlaceholder108186857410">
+    <w:name w:val="DefaultPlaceholder_108186857410"/>
+    <w:rsid w:val="00A87767"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Cambria"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CEFF11CB4CB14EFDA409AD09393BBA27">
-[...1 lines deleted...]
-    <w:rsid w:val="000D6696"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CEFF11CB4CB14EFDA409AD09393BBA2710">
+    <w:name w:val="CEFF11CB4CB14EFDA409AD09393BBA2710"/>
+    <w:rsid w:val="00A87767"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Cambria"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CA15764F05BF4EC18722D0866B577B08">
-[...1 lines deleted...]
-    <w:rsid w:val="000D6696"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CA15764F05BF4EC18722D0866B577B0810">
+    <w:name w:val="CA15764F05BF4EC18722D0866B577B0810"/>
+    <w:rsid w:val="00A87767"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Cambria"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AD386DEB76FC44049AA482F896D33DC25">
+    <w:name w:val="AD386DEB76FC44049AA482F896D33DC25"/>
+    <w:rsid w:val="00A87767"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Cambria"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E4850AEB917D425DB94390197C966ED89">
+    <w:name w:val="E4850AEB917D425DB94390197C966ED89"/>
+    <w:rsid w:val="00A87767"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FE1D92314EB94E9F92189CEF49498C399">
+    <w:name w:val="FE1D92314EB94E9F92189CEF49498C399"/>
+    <w:rsid w:val="00A87767"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B9DCFFE4935E4E899A2A9A13436BFC1A9">
+    <w:name w:val="B9DCFFE4935E4E899A2A9A13436BFC1A9"/>
+    <w:rsid w:val="00A87767"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7219F460D9A2405A9BA5B3A19EA05D2E7">
+    <w:name w:val="7219F460D9A2405A9BA5B3A19EA05D2E7"/>
+    <w:rsid w:val="00A87767"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -6920,50 +7053,69 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E070F13973FE08498FD7BDA0ED1A9F56" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1e87ecee7c1efb6c11bec3bb3f098334">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="297bc786-8eb1-4cb5-a1eb-fa4e0a69894c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b5200d0e9a677612d751657d4f558b1a" ns2:_="">
     <xsd:import namespace="297bc786-8eb1-4cb5-a1eb-fa4e0a69894c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="297bc786-8eb1-4cb5-a1eb-fa4e0a69894c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -7063,142 +7215,123 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{17777C17-F1F1-4CC8-9A1A-8CC7EC27A6AA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF353C61-0224-4473-AD82-E0EC2BDDB8E0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E8A56BB-7151-4A8A-96DD-259A2A5D751E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA211BFC-11BD-49AD-B3FD-4E3D0C2FEF32}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="297bc786-8eb1-4cb5-a1eb-fa4e0a69894c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1144</Words>
-  <Characters>6523</Characters>
+  <Words>1145</Words>
+  <Characters>6532</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>54</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Focus Sheet Template Draft 12/10/2018</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>WA Department of Ecology</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7652</CharactersWithSpaces>
+  <CharactersWithSpaces>7662</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Focus Sheet Template Draft 12/10/2018</dc:title>
   <dc:subject/>
   <dc:creator>Department of Ecology</dc:creator>
   <cp:keywords>Focus Sheet</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100E070F13973FE08498FD7BDA0ED1A9F56</vt:lpwstr>
   </property>