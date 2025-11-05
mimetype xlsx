--- v0 (2025-10-10)
+++ v1 (2025-11-05)
@@ -1,102 +1,108 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
+  <Override PartName="/xl/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
-  <Override PartName="/xl/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29303"/>
   <workbookPr hidePivotFieldList="1" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\ECYAllShare\SWM\Data Files\Data For Web\2022\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\ECYAllShare\SWM\Data Files\Data For Web\2023\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5ED9EBD6-A496-4637-9CFE-DDAB01BABB13}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{16A3E4B6-2FCD-4174-A038-7898883683E8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="25695" yWindow="0" windowWidth="26010" windowHeight="20985" xr2:uid="{67DBC832-93F8-4288-9641-C4B96CE3F9AC}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{67DBC832-93F8-4288-9641-C4B96CE3F9AC}"/>
   </bookViews>
   <sheets>
-    <sheet name="2022" sheetId="4" r:id="rId1"/>
+    <sheet name="2023" sheetId="4" r:id="rId1"/>
     <sheet name="Notes" sheetId="5" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <pivotCaches>
-    <pivotCache cacheId="0" r:id="rId3"/>
+    <pivotCache cacheId="1353" r:id="rId3"/>
   </pivotCaches>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="105" uniqueCount="104">
+  <si>
+    <t>This worksheet contains a table displaying the amount of each waste type that landfills and incinerators accepted from Washington, in tons.</t>
+  </si>
   <si>
     <t>Disposed Solid Waste by Landfill (tons)</t>
   </si>
   <si>
     <t>Waste Material</t>
   </si>
   <si>
     <t>Row Labels</t>
+  </si>
+  <si>
+    <t>Aluminum</t>
   </si>
   <si>
     <t>Asbestos</t>
   </si>
   <si>
     <t>Ash (other than special incinerator ash)</t>
   </si>
   <si>
     <t>Ash Special Incinerator</t>
   </si>
   <si>
     <t>Asphaltic Materials (excluding roofing)</t>
   </si>
   <si>
     <t>Auto fluff</t>
   </si>
   <si>
     <t>Biosolids</t>
   </si>
   <si>
     <t>Brick and Masonry</t>
   </si>
   <si>
     <t>Ceramic Materials</t>
   </si>
@@ -115,9263 +121,9759 @@
   <si>
     <t>Dredged Materials</t>
   </si>
   <si>
     <t>Food Processing Waste (pre-consumer)</t>
   </si>
   <si>
     <t>Food Waste (all other)</t>
   </si>
   <si>
     <t>Glass</t>
   </si>
   <si>
     <t>Industrial Waste</t>
   </si>
   <si>
     <t>Inert Waste</t>
   </si>
   <si>
     <t>Landclearing Debris</t>
   </si>
   <si>
     <t>Lime</t>
   </si>
   <si>
+    <t>Manure and Bedding</t>
+  </si>
+  <si>
     <t>Medical Waste</t>
   </si>
   <si>
     <t>Mortalities and other animal parts</t>
   </si>
   <si>
     <t>Municipal/Commercial Solid Waste</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Petroleum Contaminated Soils</t>
   </si>
   <si>
     <t>Recycling residuals</t>
   </si>
   <si>
     <t>Roofing materials</t>
   </si>
   <si>
+    <t>Sawdust/Shavings</t>
+  </si>
+  <si>
     <t>Sewage Sludge</t>
   </si>
   <si>
     <t>Soil, rock, gravel</t>
   </si>
   <si>
-    <t>Soils (uncontaminated)</t>
+    <t>Special Waste (permitted)</t>
   </si>
   <si>
-    <t>Special Waste (permitted)</t>
+    <t>Stainless Steel</t>
   </si>
   <si>
     <t>Tires (disposed)</t>
   </si>
   <si>
     <t>Vactor/Street Sweeping Wastes</t>
   </si>
   <si>
+    <t>Waste mtg inert criteria per WAC 173-350-990 (3)</t>
+  </si>
+  <si>
     <t>Wood Waste</t>
   </si>
   <si>
     <t>Yard Debris</t>
+  </si>
+  <si>
+    <t>Yard debris/food scraps</t>
   </si>
   <si>
     <t>Grand Total</t>
   </si>
   <si>
     <t>Energy Recovery and Incineration</t>
   </si>
   <si>
     <t>Spokane Regional Waste to Energy Facility</t>
   </si>
   <si>
     <t>Inert Waste Landfill</t>
   </si>
   <si>
-    <t>Adams Street Inert Waste Disposal Site</t>
+    <t>AAA MONROE ROCK CORP</t>
   </si>
   <si>
     <t>Airway Pit</t>
+  </si>
+  <si>
+    <t>BCI Inert Waste Landfill</t>
+  </si>
+  <si>
+    <t>BP Cherry Point Refinery Inert Landfill</t>
   </si>
   <si>
     <t>Busy Bee Landfill</t>
   </si>
   <si>
     <t>Central Pre-Mix Concrete Co. - Crestline</t>
   </si>
   <si>
+    <t>City of Dayton Inert Waste Landfill</t>
+  </si>
+  <si>
+    <t>City of Entiat Inert Waste Landfill</t>
+  </si>
+  <si>
+    <t>City of Kennewick Inert Landfill</t>
+  </si>
+  <si>
+    <t>CPM Inert Landfill</t>
+  </si>
+  <si>
     <t>Dickson S 50th &amp; Tyler Fill Site</t>
+  </si>
+  <si>
+    <t>Douglas County Lux Pit</t>
+  </si>
+  <si>
+    <t>Everett Water Filtration Plant</t>
+  </si>
+  <si>
+    <t>Filion Inert Demo Site</t>
+  </si>
+  <si>
+    <t>Hos Bros Inert Waste Landfill</t>
   </si>
   <si>
     <t>Iron Mountain Quarry</t>
   </si>
   <si>
     <t>Pit-9 Inert Waste Landfill</t>
   </si>
   <si>
+    <t>Prosser Inert Waste Landfill</t>
+  </si>
+  <si>
+    <t>Reserve Silica Corp.</t>
+  </si>
+  <si>
     <t>Waller Road Inert Landfill</t>
+  </si>
+  <si>
+    <t>Wells Avenue Inert Waste Landfill</t>
+  </si>
+  <si>
+    <t>Wenatchee Gun Club Inert Waste landfill</t>
   </si>
   <si>
     <t>Limited Purpose Landfill</t>
   </si>
   <si>
     <t>Avista Ash Landfill</t>
   </si>
   <si>
     <t>Caton Limited Purpose Landfill, LLC</t>
   </si>
   <si>
+    <t>DTG Recycle Yakima</t>
+  </si>
+  <si>
     <t>Graham Road Recycling &amp; Disp</t>
   </si>
   <si>
     <t>Lady Island Landfill</t>
+  </si>
+  <si>
+    <t>McKinley Limited Purpose Landfill</t>
+  </si>
+  <si>
+    <t>PCA Limited Purpose Landfill</t>
   </si>
   <si>
     <t>Port Townsend Paper Company (PTPC)</t>
   </si>
   <si>
     <t>Ryegrass Limited Purpose Landfill</t>
   </si>
   <si>
-    <t>Stafford Creek Woodwaste Landfill</t>
+    <t>Stafford Creek Limited Purpose Landfill</t>
+  </si>
+  <si>
+    <t>Whitman County Transfer Site and Landfill</t>
+  </si>
+  <si>
+    <t>Yakima Training Center Limited Purpose Landfill</t>
   </si>
   <si>
     <t>Municipal Solid Waste Landfill (351)</t>
   </si>
   <si>
     <t>Asotin County Regional Landfill</t>
   </si>
   <si>
     <t>Cedar Hills Regional Landfill</t>
   </si>
   <si>
     <t>Cheyne Road Landfill</t>
   </si>
   <si>
     <t>Columbia Ridge Landfill (Oregon)</t>
   </si>
   <si>
     <t>Cowlitz County Headquarters Landfill</t>
   </si>
   <si>
     <t>Ephrata Landfill</t>
   </si>
   <si>
     <t>Finley Buttes (Oregon)</t>
   </si>
   <si>
     <t>Greater Wenatchee Regional Landfill</t>
   </si>
   <si>
     <t>Horn Rapids Sanitary Landfill</t>
   </si>
   <si>
     <t>LRI Landfill</t>
   </si>
   <si>
     <t>Northside Landfill</t>
   </si>
   <si>
     <t>Okanogan Central Landfill</t>
   </si>
   <si>
     <t>Roosevelt Regional Landfill MSW</t>
   </si>
   <si>
     <t>Stevens County Landfill</t>
   </si>
   <si>
+    <t>Sudbury MSW Landfill</t>
+  </si>
+  <si>
     <t>Terrace Heights Landfill</t>
   </si>
   <si>
     <t>WASCO MSW Landfill (Oregon)</t>
   </si>
   <si>
-    <t>This worksheet contains a table displaying the amount of each waste type that landfills and incinerators accepted from Washington, in tons.</t>
-[...65 lines deleted...]
-    <t>Sudbury MSW Landfill</t>
+    <t>Notes</t>
   </si>
   <si>
     <t>1. The numbers for out of state landfills included in the disposal by facility sheet are only the Washington-generated materials reported as disposed there; these numbers do not include waste from the disposal site's home state or other sources.</t>
   </si>
   <si>
     <t xml:space="preserve">2. The numbers for in state landfills include both Washington-generated materials and out-of-state generated materials that are disposed in Washington facilities. </t>
   </si>
-  <si>
-[...1 lines deleted...]
-  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
-    <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="4">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="2">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" pivotButton="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
-    <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" pivotButton="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="9">
+  <dxfs count="3">
     <dxf>
-      <numFmt numFmtId="164" formatCode="_(* #,##0.0_);_(* \(#,##0.0\);_(* &quot;-&quot;??_);_(@_)"/>
+      <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     </dxf>
     <dxf>
-      <numFmt numFmtId="35" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor theme="8" tint="0.59999389629810485"/>
+        </patternFill>
+      </fill>
     </dxf>
     <dxf>
-      <numFmt numFmtId="164" formatCode="_(* #,##0.0_);_(* \(#,##0.0\);_(* &quot;-&quot;??_);_(@_)"/>
-[...17 lines deleted...]
-      <numFmt numFmtId="35" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor theme="8" tint="0.59999389629810485"/>
+        </patternFill>
+      </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="pivotCache/pivotCacheDefinition1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/pivotCache/_rels/pivotCacheDefinition1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="http://teams/sites/W2R/data-strategy/Data/Disposal%20Summary%202022.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="pivotCacheRecords1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="https://stateofwa-my.sharepoint.com/personal/megb461_ecy_wa_gov/Documents/Documents/2023%20Doublecount/working%20on%20while%20sharepoint%20migration%20happening/data-disposal-summary-2023.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="pivotCacheRecords1.xml"/></Relationships>
 </file>
 
 <file path=xl/pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
-<pivotCacheDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" r:id="rId1" refreshedBy="Brady, Megan (ECY)" refreshedDate="45761.677283217592" createdVersion="8" refreshedVersion="8" minRefreshableVersion="3" recordCount="594" xr:uid="{936CBF06-98E0-457A-87AB-6D19E3C2A55E}">
+<pivotCacheDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" r:id="rId1" refreshedBy="Brady, Megan (ECY)" refreshedDate="45932.399180208333" createdVersion="8" refreshedVersion="8" minRefreshableVersion="3" recordCount="628" xr:uid="{A2FB23EB-8A9F-4172-BDC7-C0BE2D69B484}">
   <cacheSource type="worksheet">
-    <worksheetSource ref="A1:L595" sheet="Landfill Disposal Detail" r:id="rId2"/>
+    <worksheetSource ref="A1:L629" sheet="Landfill Disposal Detail" r:id="rId2"/>
   </cacheSource>
   <cacheFields count="12">
     <cacheField name="Activity Name" numFmtId="0">
-      <sharedItems count="50">
+      <sharedItems count="53">
+        <s v="Avista Ash Landfill"/>
+        <s v="Cowlitz County Headquarters Landfill"/>
         <s v="AAA MONROE ROCK CORP"/>
-        <s v="Adams Street Inert Waste Disposal Site"/>
-        <s v="Airway Pit"/>
+        <s v="Finley Buttes (Oregon)"/>
         <s v="Asotin County Regional Landfill"/>
-        <s v="Atlas Sand &amp; Rock - Chipman Landfill"/>
-        <s v="Avista Ash Landfill"/>
+        <s v="LRI Landfill"/>
+        <s v="McKinley Limited Purpose Landfill"/>
+        <s v="Port Townsend Paper Company (PTPC)"/>
+        <s v="Stevens County Landfill"/>
+        <s v="Caton Limited Purpose Landfill, LLC"/>
         <s v="BP Cherry Point Refinery Inert Landfill"/>
+        <s v="Columbia Ridge Landfill (Oregon)"/>
         <s v="Busy Bee Landfill"/>
-        <s v="Caton Limited Purpose Landfill, LLC"/>
+        <s v="DTG Recycle Yakima"/>
         <s v="Cedar Hills Regional Landfill"/>
-        <s v="Central Pre-Mix Concrete Co. - Crestline"/>
+        <s v="Graham Road Recycling &amp; Disp"/>
         <s v="Cheyne Road Landfill"/>
+        <s v="Greater Wenatchee Regional Landfill"/>
+        <s v="City of Dayton Inert Waste Landfill"/>
         <s v="City of Entiat Inert Waste Landfill"/>
         <s v="City of Kennewick Inert Landfill"/>
-        <s v="Columbia Ridge Landfill (Oregon)"/>
-[...1 lines deleted...]
-        <s v="CPM Inert Landfill"/>
+        <s v="Horn Rapids Sanitary Landfill"/>
+        <s v="PCA Limited Purpose Landfill"/>
+        <s v="Roosevelt Regional Landfill MSW"/>
+        <s v="Ryegrass Limited Purpose Landfill"/>
+        <s v="Stafford Creek Limited Purpose Landfill"/>
+        <s v="Sudbury MSW Landfill"/>
+        <s v="WASCO MSW Landfill (Oregon)"/>
+        <s v="Whitman County Transfer Site and Landfill"/>
+        <s v="Yakima Training Center Limited Purpose Landfill"/>
+        <s v="Airway Pit"/>
+        <s v="BCI Inert Waste Landfill"/>
+        <s v="Central Pre-Mix Concrete Co. - Crestline"/>
         <s v="Dickson S 50th &amp; Tyler Fill Site"/>
         <s v="Douglas County Lux Pit"/>
-        <s v="DTG Recycle Yakima"/>
+        <s v="CPM Inert Landfill"/>
         <s v="Ephrata Landfill"/>
         <s v="Filion Inert Demo Site"/>
-        <s v="Finley Buttes (Oregon)"/>
-[...2 lines deleted...]
-        <s v="Horn Rapids Sanitary Landfill"/>
+        <s v="Pit-9 Inert Waste Landfill"/>
+        <s v="Prosser Inert Waste Landfill"/>
+        <s v="Reserve Silica Corp."/>
+        <s v="Waller Road Inert Landfill"/>
+        <s v="Wells Avenue Inert Waste Landfill"/>
+        <s v="Wenatchee Gun Club Inert Waste landfill"/>
+        <s v="Iron Mountain Quarry"/>
         <s v="Hos Bros Inert Waste Landfill"/>
-        <s v="Iron Mountain Quarry"/>
         <s v="Lady Island Landfill"/>
-        <s v="LRI Landfill"/>
-        <s v="McKinley Limited Purpose Landfill"/>
+        <s v="Everett Water Filtration Plant"/>
         <s v="Northside Landfill"/>
         <s v="Okanogan Central Landfill"/>
-        <s v="Pit-9 Inert Waste Landfill"/>
-[...4 lines deleted...]
-        <s v="Ryegrass Limited Purpose Landfill"/>
         <s v="Spokane Regional Waste to Energy Facility"/>
-        <s v="Stafford Creek Woodwaste Landfill"/>
-[...1 lines deleted...]
-        <s v="Sudbury MSW Landfill"/>
         <s v="Terrace Heights Landfill"/>
-        <s v="Waller Road Inert Landfill"/>
-[...4 lines deleted...]
-        <s v="Yakima Training Center Limited Purpose Landfill"/>
+        <s v="Roosevelt Regional Landfill Ash Monofill" u="1"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Facility Type" numFmtId="0">
-      <sharedItems count="4">
+      <sharedItems count="5">
+        <s v="Limited Purpose Landfill"/>
+        <s v="Municipal Solid Waste Landfill (351)"/>
         <s v="Inert Waste Landfill"/>
-        <s v="Municipal Solid Waste Landfill (351)"/>
-        <s v="Limited Purpose Landfill"/>
         <s v="Energy Recovery and Incineration"/>
+        <s v="Special Incinerator Ash Monofill" u="1"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Site County" numFmtId="0">
       <sharedItems/>
     </cacheField>
     <cacheField name="Site State" numFmtId="0">
       <sharedItems/>
     </cacheField>
     <cacheField name="Report Type" numFmtId="0">
       <sharedItems/>
     </cacheField>
     <cacheField name="Waste Type" numFmtId="0">
-      <sharedItems count="39">
+      <sharedItems count="41">
+        <s v="Ash (other than special incinerator ash)"/>
+        <s v="Soil, rock, gravel"/>
+        <s v="Municipal/Commercial Solid Waste"/>
+        <s v="Construction &amp; Demolition Debris"/>
+        <s v="Roofing materials"/>
+        <s v="Yard Debris"/>
+        <s v="Asbestos"/>
+        <s v="Industrial Waste"/>
+        <s v="Medical Waste"/>
+        <s v="Sewage Sludge"/>
+        <s v="Vactor/Street Sweeping Wastes"/>
+        <s v="Contaminated Soils (other)"/>
+        <s v="Auto fluff"/>
+        <s v="Biosolids"/>
+        <s v="Recycling residuals"/>
+        <s v="Dredged Materials"/>
+        <s v="Food Processing Waste (pre-consumer)"/>
+        <s v="Food Waste (all other)"/>
+        <s v="Mortalities and other animal parts"/>
+        <s v="Petroleum Contaminated Soils"/>
+        <s v="Aluminum"/>
+        <s v="Asphaltic Materials (excluding roofing)"/>
+        <s v="Tires (disposed)"/>
+        <s v="Brick and Masonry"/>
+        <s v="Ceramic Materials"/>
         <s v="Concrete"/>
-        <s v="Asphaltic Materials (excluding roofing)"/>
-[...2 lines deleted...]
-        <s v="Soil, rock, gravel"/>
         <s v="Cured Concrete"/>
-        <s v="Municipal/Commercial Solid Waste"/>
-[...1 lines deleted...]
-        <s v="Ceramic Materials"/>
         <s v="Glass"/>
-        <s v="Aluminum"/>
+        <s v="Inert Waste"/>
         <s v="Stainless Steel"/>
-        <s v="Construction &amp; Demolition Debris"/>
+        <s v="Manure and Bedding"/>
+        <s v="Waste mtg inert criteria per WAC 173-350-990 (3)"/>
+        <s v="Other"/>
+        <s v="Yard debris/food scraps"/>
+        <s v="Lime"/>
+        <s v="Special Waste (permitted)"/>
+        <s v="Ash Special Incinerator"/>
         <s v="Landclearing Debris"/>
-        <s v="Inert Waste"/>
         <s v="Wood Waste"/>
-        <s v="Yard Debris"/>
-[...17 lines deleted...]
-        <s v="Tires (disposed)"/>
         <s v="Sawdust/Shavings"/>
-        <s v="Lime"/>
-[...1 lines deleted...]
-        <s v="Ash Special Incinerator"/>
+        <s v="Commingled Recyclables" u="1"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Consolidated Waste Type" numFmtId="0">
-      <sharedItems count="18">
-        <s v="Inert"/>
+      <sharedItems count="19">
+        <s v="Ash (other than special incinerator ash)"/>
         <s v="Soils (uncontaminated)"/>
         <s v="MSW"/>
-        <s v="Ash (other than special incinerator ash)"/>
         <s v="Demolition"/>
+        <s v="Other Organic Waste"/>
+        <s v="Asbestos"/>
+        <s v="Industrial"/>
+        <s v="Medical"/>
+        <s v="Biosolids/Sewage Sludge"/>
+        <s v="Soils (contaminated)"/>
+        <s v="Auto Shredder Residue"/>
+        <s v="Recycling Residuals"/>
+        <s v="Food Waste"/>
+        <s v="Inert"/>
+        <s v="Tires"/>
+        <s v="Other"/>
+        <s v="Ash Special Incinerator"/>
         <s v="Wood Waste"/>
-        <s v="Other Organic Waste"/>
-[...10 lines deleted...]
-        <s v="Ash Special Incinerator"/>
+        <s v="" u="1"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Waste Quantity" numFmtId="0">
       <sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="0" maxValue="950000"/>
     </cacheField>
     <cacheField name="Unit" numFmtId="0">
       <sharedItems/>
     </cacheField>
     <cacheField name="Source County" numFmtId="0">
-      <sharedItems count="40">
+      <sharedItems count="41">
+        <s v="Stevens"/>
+        <s v="Cowlitz"/>
         <s v="Snohomish"/>
         <s v="King"/>
-        <s v="Grays Harbor"/>
-[...1 lines deleted...]
-        <s v="Asotin"/>
+        <s v="All State"/>
+        <s v="Clark"/>
         <s v="Garfield"/>
         <s v="Out of State"/>
+        <s v="Asotin"/>
+        <s v="Pierce"/>
+        <s v="Clallam"/>
+        <s v="Jefferson"/>
+        <s v="Yakima"/>
+        <s v="Whatcom"/>
+        <s v="Benton"/>
+        <s v="Thurston"/>
+        <s v="Spokane"/>
+        <s v="Skagit"/>
+        <s v="Mason"/>
+        <s v="Kitsap"/>
+        <s v="Franklin"/>
+        <s v="Lewis"/>
+        <s v="Douglas"/>
+        <s v="Columbia"/>
+        <s v="Okanogan"/>
+        <s v="Chelan"/>
+        <s v="Kittitas"/>
+        <s v="Grant"/>
+        <s v="Island"/>
+        <s v="Walla Walla"/>
+        <s v="San Juan"/>
+        <s v="Klickitat"/>
+        <s v="Adams"/>
+        <s v="Lincoln"/>
+        <s v="Grays Harbor"/>
         <s v="Whitman"/>
-        <s v="Stevens"/>
-[...19 lines deleted...]
-        <s v="Cowlitz"/>
         <s v="Wahkiakum"/>
-        <s v="San Juan"/>
-        <s v="Lewis"/>
         <s v="Pacific"/>
-        <s v="Douglas"/>
-[...1 lines deleted...]
-        <s v="Columbia"/>
         <s v="Pend Oreille"/>
-        <s v="Lincoln"/>
         <s v="Ferry"/>
         <s v="Skamania"/>
       </sharedItems>
     </cacheField>
     <cacheField name="Source State" numFmtId="0">
       <sharedItems/>
     </cacheField>
     <cacheField name="Source Country" numFmtId="0">
       <sharedItems/>
     </cacheField>
   </cacheFields>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{725AE2AE-9491-48be-B2B4-4EB974FC3084}">
       <x14:pivotCacheDefinition/>
     </ext>
   </extLst>
 </pivotCacheDefinition>
 </file>
 
 <file path=xl/pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<pivotCacheRecords xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" count="594">
+<pivotCacheRecords xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" count="628">
   <r>
     <x v="0"/>
     <x v="0"/>
-    <s v="Snohomish"/>
-[...1 lines deleted...]
-    <s v="Inert Waste Landfill"/>
+    <s v="Stevens"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
     <x v="0"/>
     <x v="0"/>
-    <n v="143011"/>
+    <n v="21242.75"/>
     <s v="Tons"/>
     <x v="0"/>
     <s v="WA"/>
     <s v="United States of America (USA)"/>
   </r>
   <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
     <x v="0"/>
     <x v="0"/>
+    <n v="54128.74"/>
+    <s v="Tons"/>
+    <x v="1"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="2"/>
+    <x v="2"/>
     <s v="Snohomish"/>
     <s v="Washington"/>
     <s v="Inert Waste Landfill"/>
     <x v="1"/>
-    <x v="0"/>
-[...6 lines deleted...]
-  <r>
+    <x v="1"/>
+    <n v="58786"/>
+    <s v="Tons"/>
+    <x v="2"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Snohomish"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="1"/>
+    <x v="1"/>
+    <n v="300000"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
     <x v="0"/>
     <x v="0"/>
-    <s v="Snohomish"/>
-[...10 lines deleted...]
-  <r>
+    <n v="5947.31"/>
+    <s v="Tons"/>
+    <x v="4"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
     <x v="0"/>
     <x v="0"/>
-    <s v="Snohomish"/>
-[...10 lines deleted...]
-  <r>
+    <n v="1821.23"/>
+    <s v="Tons"/>
+    <x v="5"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="4"/>
+    <x v="1"/>
+    <s v="Asotin"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="697.6"/>
+    <s v="Tons"/>
+    <x v="6"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="4"/>
+    <x v="1"/>
+    <s v="Asotin"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="31189.65"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="ID"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="4"/>
+    <x v="1"/>
+    <s v="Asotin"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="560.89"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="ID"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="4"/>
+    <x v="1"/>
+    <s v="Asotin"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="5759.36"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="ID"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="4"/>
+    <x v="1"/>
+    <s v="Asotin"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="25993.65"/>
+    <s v="Tons"/>
+    <x v="8"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="5"/>
+    <x v="1"/>
+    <s v="Pierce"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
     <x v="0"/>
     <x v="0"/>
-    <s v="Snohomish"/>
+    <n v="16628"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="6"/>
+    <x v="0"/>
+    <s v="Clallam"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="0"/>
+    <x v="0"/>
+    <n v="8780"/>
+    <s v="Tons"/>
+    <x v="10"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="7"/>
+    <x v="0"/>
+    <s v="Jefferson"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="0"/>
+    <x v="0"/>
+    <n v="4086.95"/>
+    <s v="Tons"/>
+    <x v="11"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="8"/>
+    <x v="1"/>
+    <s v="Stevens"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="0"/>
+    <x v="0"/>
+    <n v="1796.81"/>
+    <s v="Tons"/>
+    <x v="0"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="9"/>
+    <x v="0"/>
+    <s v="Yakima"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="7497.91"/>
+    <s v="Tons"/>
+    <x v="12"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="9"/>
+    <x v="0"/>
+    <s v="Yakima"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="8938.33"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="XX"/>
+    <s v="Canada"/>
+  </r>
+  <r>
+    <x v="10"/>
+    <x v="2"/>
+    <s v="Whatcom"/>
     <s v="Washington"/>
     <s v="Inert Waste Landfill"/>
-    <x v="3"/>
-[...8 lines deleted...]
-    <x v="1"/>
+    <x v="1"/>
+    <x v="1"/>
+    <n v="352"/>
+    <s v="Tons"/>
+    <x v="13"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="9"/>
+    <x v="0"/>
+    <s v="Yakima"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="1.25"/>
+    <s v="Tons"/>
+    <x v="14"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="9"/>
+    <x v="0"/>
+    <s v="Yakima"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="141.36000000000001"/>
+    <s v="Tons"/>
+    <x v="5"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="22.13"/>
+    <s v="Tons"/>
+    <x v="10"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="23.25"/>
+    <s v="Tons"/>
+    <x v="5"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="82.77"/>
+    <s v="Tons"/>
+    <x v="15"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="302.55"/>
+    <s v="Tons"/>
+    <x v="2"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="12"/>
+    <x v="2"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="1"/>
+    <x v="1"/>
+    <n v="400"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="12"/>
+    <x v="2"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="1"/>
+    <x v="1"/>
+    <n v="400"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="1099.73"/>
+    <s v="Tons"/>
+    <x v="17"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="1485.44"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="28645.01"/>
+    <s v="Tons"/>
+    <x v="18"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="404.9"/>
+    <s v="Tons"/>
+    <x v="19"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="456358.26"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="144.99"/>
+    <s v="Tons"/>
+    <x v="11"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="114.69"/>
+    <s v="Tons"/>
+    <x v="1"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="0"/>
+    <s v="Tons"/>
+    <x v="20"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="4"/>
+    <x v="3"/>
+    <n v="5563.63"/>
+    <s v="Tons"/>
+    <x v="13"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="381.38"/>
+    <s v="Tons"/>
+    <x v="5"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="198.51"/>
+    <s v="Tons"/>
+    <x v="21"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="263.54000000000002"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="235"/>
+    <s v="Tons"/>
+    <x v="15"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="13"/>
+    <x v="0"/>
+    <s v="Yakima"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="93786.01"/>
+    <s v="Tons"/>
+    <x v="12"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="9"/>
+    <x v="0"/>
+    <s v="Yakima"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="5"/>
+    <x v="4"/>
+    <n v="576.41999999999996"/>
+    <s v="Tons"/>
+    <x v="12"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="14"/>
+    <x v="1"/>
+    <s v="King"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="146.4"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="14"/>
+    <x v="1"/>
+    <s v="King"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="1356.37"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="14"/>
+    <x v="1"/>
+    <s v="King"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="0.97"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="14"/>
+    <x v="1"/>
+    <s v="King"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="835233"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="3486.65"/>
+    <s v="Tons"/>
+    <x v="5"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="14"/>
+    <x v="1"/>
+    <s v="King"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="9"/>
+    <x v="8"/>
+    <n v="736.02"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="14"/>
+    <x v="1"/>
+    <s v="King"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="10"/>
+    <x v="8"/>
+    <n v="886.75"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="300.92"/>
+    <s v="Tons"/>
+    <x v="5"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="15"/>
+    <x v="0"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="106183.25"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="16"/>
+    <x v="1"/>
+    <s v="Yakima"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="97838"/>
+    <s v="Tons"/>
+    <x v="12"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="15"/>
+    <x v="0"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="497.25"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="ID"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="4463"/>
+    <s v="Tons"/>
+    <x v="22"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="18"/>
+    <x v="2"/>
+    <s v="Columbia"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="1"/>
+    <x v="1"/>
+    <n v="5652"/>
+    <s v="Tons"/>
+    <x v="23"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="143.52000000000001"/>
+    <s v="Tons"/>
+    <x v="24"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="19"/>
+    <x v="2"/>
+    <s v="Chelan"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="11"/>
+    <x v="9"/>
+    <n v="1336.5"/>
+    <s v="Tons"/>
+    <x v="25"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="9.7899999999999991"/>
+    <s v="Tons"/>
+    <x v="26"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="7727.65"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="32.200000000000003"/>
+    <s v="Tons"/>
+    <x v="27"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="20"/>
+    <x v="2"/>
+    <s v="Benton"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="1"/>
+    <x v="1"/>
+    <n v="610.5"/>
+    <s v="Tons"/>
+    <x v="14"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="20"/>
+    <x v="2"/>
+    <s v="Benton"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="10"/>
+    <x v="8"/>
+    <n v="610.5"/>
+    <s v="Tons"/>
+    <x v="14"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="20"/>
+    <x v="2"/>
+    <s v="Benton"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="10"/>
+    <x v="8"/>
+    <n v="205"/>
+    <s v="Tons"/>
+    <x v="14"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="200.22"/>
+    <s v="Tons"/>
+    <x v="13"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="210.55"/>
+    <s v="Tons"/>
+    <x v="2"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="39.36"/>
+    <s v="Tons"/>
+    <x v="17"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="822.79"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="129.13"/>
+    <s v="Tons"/>
+    <x v="18"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="313.35000000000002"/>
+    <s v="Tons"/>
+    <x v="19"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="1771.54"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="4915.17"/>
+    <s v="Tons"/>
+    <x v="25"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="12"/>
+    <x v="10"/>
+    <n v="10041.530000000001"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="13"/>
+    <x v="8"/>
+    <n v="0"/>
+    <s v="Tons"/>
+    <x v="13"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="13"/>
+    <x v="8"/>
+    <n v="10417.58"/>
+    <s v="Tons"/>
+    <x v="2"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="13"/>
+    <x v="8"/>
+    <n v="1185.8699999999999"/>
+    <s v="Tons"/>
+    <x v="17"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="13"/>
+    <x v="8"/>
+    <n v="150.38"/>
+    <s v="Tons"/>
+    <x v="28"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="14"/>
+    <x v="11"/>
+    <n v="21246.05"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="14"/>
+    <x v="11"/>
+    <n v="676.24"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="21"/>
+    <x v="1"/>
+    <s v="Benton"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="12417"/>
+    <s v="Tons"/>
+    <x v="14"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="5"/>
+    <x v="1"/>
+    <s v="Pierce"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="19142"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="22"/>
+    <x v="0"/>
+    <s v="Walla Walla"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="28.2"/>
+    <s v="Tons"/>
+    <x v="29"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="43"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="AK"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="122"/>
+    <s v="Tons"/>
+    <x v="12"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="5322"/>
+    <s v="Tons"/>
+    <x v="13"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="1506"/>
+    <s v="Tons"/>
+    <x v="15"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="1"/>
+    <s v="Tons"/>
+    <x v="29"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="156513"/>
+    <s v="Tons"/>
+    <x v="2"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="501"/>
+    <s v="Tons"/>
+    <x v="30"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="5628"/>
+    <s v="Tons"/>
+    <x v="17"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="2360"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="5325"/>
+    <s v="Tons"/>
+    <x v="21"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="67"/>
+    <s v="Tons"/>
+    <x v="31"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="80"/>
+    <s v="Tons"/>
+    <x v="19"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="11"/>
+    <x v="9"/>
+    <n v="8.75"/>
+    <s v="Tons"/>
+    <x v="12"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="11"/>
+    <x v="9"/>
+    <n v="402.72"/>
+    <s v="Tons"/>
+    <x v="13"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="11"/>
+    <x v="9"/>
+    <n v="43.96"/>
+    <s v="Tons"/>
+    <x v="29"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="11"/>
+    <x v="9"/>
+    <n v="8.5"/>
+    <s v="Tons"/>
+    <x v="2"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="11"/>
+    <x v="9"/>
+    <n v="337.98"/>
+    <s v="Tons"/>
+    <x v="17"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="11"/>
+    <x v="9"/>
+    <n v="56.98"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="11"/>
+    <x v="9"/>
+    <n v="0"/>
+    <s v="Tons"/>
+    <x v="18"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="11"/>
+    <x v="9"/>
+    <n v="15.43"/>
+    <s v="Tons"/>
+    <x v="31"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="11"/>
+    <x v="9"/>
+    <n v="4703.79"/>
+    <s v="Tons"/>
+    <x v="19"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="11"/>
+    <x v="9"/>
+    <n v="39643.96"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="11"/>
+    <x v="9"/>
+    <n v="0"/>
+    <s v="Tons"/>
+    <x v="11"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="15"/>
+    <x v="8"/>
+    <n v="6169.48"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="15"/>
+    <x v="8"/>
+    <n v="0"/>
+    <s v="Tons"/>
+    <x v="11"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="15"/>
+    <x v="8"/>
+    <n v="7.56"/>
+    <s v="Tons"/>
+    <x v="20"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="16"/>
+    <x v="12"/>
+    <n v="9.23"/>
+    <s v="Tons"/>
+    <x v="20"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="17"/>
+    <x v="12"/>
+    <n v="906.66"/>
+    <s v="Tons"/>
+    <x v="14"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="17"/>
+    <x v="12"/>
+    <n v="192.17"/>
+    <s v="Tons"/>
+    <x v="5"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="17"/>
+    <x v="12"/>
+    <n v="25.36"/>
+    <s v="Tons"/>
+    <x v="29"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="17"/>
+    <x v="12"/>
+    <n v="0.33"/>
+    <s v="Tons"/>
+    <x v="2"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="17"/>
+    <x v="12"/>
+    <n v="1.23"/>
+    <s v="Tons"/>
+    <x v="17"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="17"/>
+    <x v="12"/>
+    <n v="12.79"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="17"/>
+    <x v="12"/>
+    <n v="384.21"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="17"/>
+    <x v="12"/>
+    <n v="290.74"/>
+    <s v="Tons"/>
+    <x v="20"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="17"/>
+    <x v="12"/>
+    <n v="3.33"/>
+    <s v="Tons"/>
+    <x v="27"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="3714.47"/>
+    <s v="Tons"/>
+    <x v="13"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="52.75"/>
+    <s v="Tons"/>
+    <x v="15"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="38.25"/>
+    <s v="Tons"/>
+    <x v="2"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="42.48"/>
+    <s v="Tons"/>
+    <x v="17"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="1132"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="38.270000000000003"/>
+    <s v="Tons"/>
+    <x v="18"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="11374.35"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="12.79"/>
+    <s v="Tons"/>
+    <x v="20"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="20.52"/>
+    <s v="Tons"/>
+    <x v="5"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="118979"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="424"/>
+    <s v="Tons"/>
+    <x v="28"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="18"/>
+    <s v="Tons"/>
+    <x v="11"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="51.89"/>
+    <s v="Tons"/>
+    <x v="15"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="0"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="2"/>
+    <s v="Tons"/>
+    <x v="19"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="18"/>
+    <x v="4"/>
+    <n v="21"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="397411.66"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="123507.58"/>
+    <s v="Tons"/>
+    <x v="13"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="206703.54"/>
+    <s v="Tons"/>
+    <x v="19"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="22537.4"/>
+    <s v="Tons"/>
+    <x v="32"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="647.84"/>
+    <s v="Tons"/>
+    <x v="33"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="31448.66"/>
+    <s v="Tons"/>
+    <x v="17"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="30668.57"/>
+    <s v="Tons"/>
+    <x v="2"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="96645"/>
+    <s v="Tons"/>
+    <x v="14"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="60"/>
+    <s v="Tons"/>
+    <x v="27"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="19"/>
+    <x v="9"/>
+    <n v="579.73"/>
+    <s v="Tons"/>
+    <x v="10"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="19"/>
+    <x v="9"/>
+    <n v="27.49"/>
+    <s v="Tons"/>
+    <x v="12"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="19"/>
+    <x v="9"/>
+    <n v="4366.8100000000004"/>
+    <s v="Tons"/>
+    <x v="13"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="19"/>
+    <x v="9"/>
+    <n v="11.33"/>
+    <s v="Tons"/>
+    <x v="29"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="19"/>
+    <x v="9"/>
+    <n v="342.26"/>
+    <s v="Tons"/>
+    <x v="15"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="19"/>
+    <x v="9"/>
+    <n v="9712.2800000000007"/>
+    <s v="Tons"/>
+    <x v="2"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="19"/>
+    <x v="9"/>
+    <n v="5676.47"/>
+    <s v="Tons"/>
+    <x v="17"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="19"/>
+    <x v="9"/>
+    <n v="4166.84"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="19"/>
+    <x v="9"/>
+    <n v="0"/>
+    <s v="Tons"/>
+    <x v="18"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="19"/>
+    <x v="9"/>
+    <n v="1149.07"/>
+    <s v="Tons"/>
+    <x v="19"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="19"/>
+    <x v="9"/>
+    <n v="16.3"/>
+    <s v="Tons"/>
+    <x v="26"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="19"/>
+    <x v="9"/>
+    <n v="2154.0500000000002"/>
+    <s v="Tons"/>
+    <x v="31"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="19"/>
+    <x v="9"/>
+    <n v="274338.19"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="19"/>
+    <x v="9"/>
+    <n v="39.94"/>
+    <s v="Tons"/>
+    <x v="11"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="19"/>
+    <x v="9"/>
+    <n v="2273.35"/>
+    <s v="Tons"/>
+    <x v="34"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="19"/>
+    <x v="9"/>
+    <n v="19.420000000000002"/>
+    <s v="Tons"/>
+    <x v="28"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="19"/>
+    <x v="9"/>
+    <n v="106.36"/>
+    <s v="Tons"/>
+    <x v="20"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="14"/>
+    <x v="11"/>
+    <n v="3106.03"/>
+    <s v="Tons"/>
+    <x v="29"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="934"/>
+    <s v="Tons"/>
+    <x v="34"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="154"/>
+    <s v="Tons"/>
+    <x v="1"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="9"/>
+    <x v="8"/>
+    <n v="4414.2299999999996"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="1"/>
+    <x v="1"/>
+    <n v="66.45"/>
+    <s v="Tons"/>
+    <x v="35"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="1"/>
+    <x v="1"/>
+    <n v="392.84"/>
+    <s v="Tons"/>
+    <x v="13"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="1"/>
+    <x v="1"/>
+    <n v="31.66"/>
+    <s v="Tons"/>
+    <x v="15"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="1"/>
+    <x v="1"/>
+    <n v="0"/>
+    <s v="Tons"/>
+    <x v="2"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="1"/>
+    <x v="1"/>
+    <n v="6833.26"/>
+    <s v="Tons"/>
+    <x v="19"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="1"/>
+    <x v="1"/>
+    <n v="4343.8"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="1"/>
+    <x v="1"/>
+    <n v="40.07"/>
+    <s v="Tons"/>
+    <x v="11"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="1"/>
+    <x v="1"/>
+    <n v="0.03"/>
+    <s v="Tons"/>
+    <x v="27"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="66"/>
+    <s v="Tons"/>
+    <x v="20"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="275"/>
+    <s v="Tons"/>
+    <x v="10"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="151"/>
+    <s v="Tons"/>
+    <x v="14"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="19"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="XX"/>
+    <s v="Guam"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="55122"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="XX"/>
+    <s v="Canada"/>
+  </r>
+  <r>
+    <x v="24"/>
+    <x v="0"/>
+    <s v="Kittitas"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="33579.21"/>
+    <s v="Tons"/>
+    <x v="26"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="25"/>
     <x v="0"/>
     <s v="Grays Harbor"/>
     <s v="Washington"/>
-    <s v="Inert Waste Landfill"/>
-[...9 lines deleted...]
-    <x v="1"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="4713.55"/>
+    <s v="Tons"/>
+    <x v="34"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="25"/>
     <x v="0"/>
     <s v="Grays Harbor"/>
     <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="4"/>
+    <x v="3"/>
+    <n v="1356.91"/>
+    <s v="Tons"/>
+    <x v="34"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="8"/>
+    <x v="1"/>
+    <s v="Stevens"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="1677.91"/>
+    <s v="Tons"/>
+    <x v="0"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="26"/>
+    <x v="1"/>
+    <s v="Walla Walla"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="482"/>
+    <s v="Tons"/>
+    <x v="29"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="27"/>
+    <x v="1"/>
+    <s v="Out of State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="3698"/>
+    <s v="Tons"/>
+    <x v="10"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="28"/>
+    <x v="0"/>
+    <s v="Whitman"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="377.65"/>
+    <s v="Tons"/>
+    <x v="35"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="29"/>
+    <x v="0"/>
+    <s v="Yakima"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="3"/>
+    <x v="3"/>
+    <n v="4.63"/>
+    <s v="Tons"/>
+    <x v="12"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="12"/>
+    <x v="2"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
     <s v="Inert Waste Landfill"/>
-    <x v="1"/>
+    <x v="20"/>
+    <x v="13"/>
+    <n v="1"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="10"/>
+    <x v="8"/>
+    <n v="16.8"/>
+    <s v="Tons"/>
+    <x v="2"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="10"/>
+    <x v="8"/>
+    <n v="6680.28"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="10"/>
+    <x v="8"/>
+    <n v="1360.42"/>
+    <s v="Tons"/>
+    <x v="11"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Snohomish"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="21"/>
+    <x v="13"/>
+    <n v="1594"/>
+    <s v="Tons"/>
+    <x v="2"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="12"/>
+    <x v="10"/>
+    <n v="57812.51"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="12"/>
+    <x v="10"/>
+    <n v="54604.46"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="OR"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="30"/>
+    <x v="2"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="21"/>
+    <x v="13"/>
+    <n v="14303"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="31"/>
+    <x v="2"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="21"/>
+    <x v="13"/>
+    <n v="1498"/>
+    <s v="Tons"/>
+    <x v="22"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="12"/>
+    <x v="2"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="21"/>
+    <x v="13"/>
+    <n v="400"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="32"/>
+    <x v="2"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="21"/>
+    <x v="13"/>
+    <n v="37566"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="188303.6"/>
+    <s v="Tons"/>
+    <x v="1"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="310.8"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="OR"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="7173.43"/>
+    <s v="Tons"/>
+    <x v="10"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="655.59"/>
+    <s v="Tons"/>
+    <x v="5"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="15459.26"/>
+    <s v="Tons"/>
+    <x v="11"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="699.69"/>
+    <s v="Tons"/>
+    <x v="21"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="129369.43"/>
+    <s v="Tons"/>
+    <x v="1"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="424.31"/>
+    <s v="Tons"/>
+    <x v="36"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="5818"/>
+    <s v="Tons"/>
+    <x v="5"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="3632"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="OR"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="38581.800000000003"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="OR"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="5.3"/>
+    <s v="Tons"/>
+    <x v="5"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="88972"/>
+    <s v="Tons"/>
+    <x v="21"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="19211.95"/>
+    <s v="Tons"/>
+    <x v="37"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="11845.33"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="8807.07"/>
+    <s v="Tons"/>
+    <x v="30"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="307.08"/>
+    <s v="Tons"/>
+    <x v="13"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="19"/>
+    <x v="9"/>
+    <n v="49250.95"/>
+    <s v="Tons"/>
+    <x v="1"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="19"/>
+    <x v="9"/>
+    <n v="75.95"/>
+    <s v="Tons"/>
+    <x v="5"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="19"/>
+    <x v="9"/>
+    <n v="7085.24"/>
+    <s v="Tons"/>
+    <x v="34"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="19"/>
+    <x v="9"/>
+    <n v="87.83"/>
+    <s v="Tons"/>
+    <x v="21"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="19"/>
+    <x v="9"/>
+    <n v="1718.43"/>
+    <s v="Tons"/>
+    <x v="15"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="19"/>
+    <x v="9"/>
+    <n v="72.89"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="OR"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="14"/>
+    <x v="11"/>
+    <n v="38.24"/>
+    <s v="Tons"/>
+    <x v="1"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="14"/>
+    <x v="11"/>
+    <n v="25972.43"/>
+    <s v="Tons"/>
+    <x v="1"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="14"/>
+    <x v="11"/>
+    <n v="4000.43"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="14"/>
+    <x v="11"/>
+    <n v="43.09"/>
+    <s v="Tons"/>
+    <x v="15"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="1"/>
+    <x v="1"/>
+    <s v="Cowlitz"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="14"/>
+    <x v="11"/>
+    <n v="16810.23"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="18"/>
+    <x v="2"/>
+    <s v="Columbia"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="21"/>
+    <x v="13"/>
+    <n v="1000"/>
+    <s v="Tons"/>
+    <x v="23"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="19"/>
+    <x v="2"/>
+    <s v="Chelan"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="21"/>
+    <x v="13"/>
+    <n v="1"/>
+    <s v="Tons"/>
+    <x v="25"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="33"/>
+    <x v="2"/>
+    <s v="Pierce"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="1"/>
+    <x v="1"/>
+    <n v="5"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="20"/>
+    <x v="2"/>
+    <s v="Benton"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="21"/>
+    <x v="13"/>
+    <n v="53.5"/>
+    <s v="Tons"/>
+    <x v="14"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="34"/>
+    <x v="2"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="1"/>
+    <x v="1"/>
+    <n v="73"/>
+    <s v="Tons"/>
+    <x v="22"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="21"/>
+    <x v="13"/>
+    <n v="19.73"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="35"/>
+    <x v="2"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="21"/>
+    <x v="13"/>
+    <n v="20035"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="13"/>
     <x v="0"/>
-    <n v="34.5"/>
-[...8 lines deleted...]
-    <s v="Grays Harbor"/>
+    <s v="Yakima"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="14"/>
+    <x v="11"/>
+    <n v="1812.72"/>
+    <s v="Tons"/>
+    <x v="12"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="36"/>
+    <x v="1"/>
+    <s v="Grant"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="73.180000000000007"/>
+    <s v="Tons"/>
+    <x v="27"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="36"/>
+    <x v="1"/>
+    <s v="Grant"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="135714.69"/>
+    <s v="Tons"/>
+    <x v="27"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="34"/>
+    <x v="2"/>
+    <s v="Douglas"/>
     <s v="Washington"/>
     <s v="Inert Waste Landfill"/>
+    <x v="21"/>
+    <x v="13"/>
+    <n v="98"/>
+    <s v="Tons"/>
+    <x v="22"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="37"/>
+    <x v="2"/>
+    <s v="Chelan"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="21"/>
+    <x v="13"/>
+    <n v="2000"/>
+    <s v="Tons"/>
+    <x v="25"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="21"/>
+    <x v="13"/>
+    <n v="8.9700000000000006"/>
+    <s v="Tons"/>
+    <x v="25"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="21"/>
+    <x v="13"/>
+    <n v="124.45"/>
+    <s v="Tons"/>
+    <x v="22"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="37"/>
+    <x v="2"/>
+    <s v="Chelan"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="1"/>
+    <x v="1"/>
+    <n v="1000"/>
+    <s v="Tons"/>
+    <x v="25"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="152.94999999999999"/>
+    <s v="Tons"/>
     <x v="4"/>
-    <x v="1"/>
-[...7 lines deleted...]
-    <x v="2"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="93.99"/>
+    <s v="Tons"/>
+    <x v="5"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="7.46"/>
+    <s v="Tons"/>
+    <x v="5"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="38"/>
+    <x v="2"/>
+    <s v="Benton"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="21"/>
+    <x v="13"/>
+    <n v="957"/>
+    <s v="Tons"/>
+    <x v="14"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="39"/>
+    <x v="2"/>
+    <s v="Benton"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="21"/>
+    <x v="13"/>
+    <n v="17.25"/>
+    <s v="Tons"/>
+    <x v="14"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="12"/>
+    <x v="10"/>
+    <n v="733.1"/>
+    <s v="Tons"/>
+    <x v="4"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="40"/>
+    <x v="2"/>
+    <s v="King"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="21"/>
+    <x v="13"/>
+    <n v="300"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="41"/>
+    <x v="2"/>
+    <s v="Pierce"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="21"/>
+    <x v="13"/>
+    <n v="2712"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="11"/>
+    <x v="9"/>
+    <n v="1173.78"/>
+    <s v="Tons"/>
+    <x v="4"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="44696.39"/>
+    <s v="Tons"/>
+    <x v="4"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="2964.65"/>
+    <s v="Tons"/>
+    <x v="5"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="316.13"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="UT"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="78.89"/>
+    <s v="Tons"/>
+    <x v="5"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="0.19"/>
+    <s v="Tons"/>
+    <x v="20"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="18"/>
+    <x v="4"/>
+    <n v="11.86"/>
+    <s v="Tons"/>
+    <x v="20"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="149665.72"/>
+    <s v="Tons"/>
+    <x v="20"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="40979"/>
+    <s v="Tons"/>
+    <x v="14"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="1812"/>
+    <s v="Tons"/>
+    <x v="23"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="17412"/>
+    <s v="Tons"/>
+    <x v="29"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="2091"/>
+    <s v="Tons"/>
+    <x v="23"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="238420.1"/>
+    <s v="Tons"/>
+    <x v="5"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="119124.61"/>
+    <s v="Tons"/>
+    <x v="5"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="42"/>
+    <x v="2"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="21"/>
+    <x v="13"/>
+    <n v="951"/>
+    <s v="Tons"/>
+    <x v="22"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="19"/>
+    <x v="9"/>
+    <n v="16295.33"/>
+    <s v="Tons"/>
+    <x v="4"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="22"/>
+    <x v="14"/>
+    <n v="1861.69"/>
+    <s v="Tons"/>
+    <x v="4"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="22"/>
+    <x v="14"/>
+    <n v="3.11"/>
+    <s v="Tons"/>
+    <x v="23"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="22"/>
+    <x v="14"/>
+    <n v="701.3"/>
+    <s v="Tons"/>
+    <x v="5"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="22"/>
+    <x v="14"/>
+    <n v="510.03"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="UT"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="22"/>
+    <x v="14"/>
+    <n v="136.29"/>
+    <s v="Tons"/>
+    <x v="20"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="15"/>
     <x v="0"/>
     <s v="Spokane"/>
     <s v="Washington"/>
-    <s v="Inert Waste Landfill"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="6"/>
     <x v="5"/>
-    <x v="0"/>
-[...231 lines deleted...]
-    <x v="7"/>
+    <n v="1054.8499999999999"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="15"/>
     <x v="0"/>
     <s v="Spokane"/>
     <s v="Washington"/>
-    <s v="Inert Waste Landfill"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="6"/>
     <x v="5"/>
-    <x v="0"/>
-[...7 lines deleted...]
-    <x v="7"/>
+    <n v="0.18"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="ID"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="15"/>
     <x v="0"/>
     <s v="Spokane"/>
     <s v="Washington"/>
-    <s v="Inert Waste Landfill"/>
-[...9 lines deleted...]
-    <x v="7"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="6.6"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="ID"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="15"/>
     <x v="0"/>
     <s v="Spokane"/>
     <s v="Washington"/>
-    <s v="Inert Waste Landfill"/>
-[...9 lines deleted...]
-    <x v="7"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="7.27"/>
+    <s v="Tons"/>
+    <x v="38"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="15"/>
     <x v="0"/>
     <s v="Spokane"/>
     <s v="Washington"/>
-    <s v="Inert Waste Landfill"/>
-[...9 lines deleted...]
-    <x v="7"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="11.55"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="ID"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="15"/>
     <x v="0"/>
     <s v="Spokane"/>
     <s v="Washington"/>
-    <s v="Inert Waste Landfill"/>
-[...9 lines deleted...]
-    <x v="7"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="19.05"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="ID"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="15"/>
     <x v="0"/>
     <s v="Spokane"/>
     <s v="Washington"/>
-    <s v="Inert Waste Landfill"/>
-[...9 lines deleted...]
-    <x v="7"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="11.77"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="ID"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="15"/>
     <x v="0"/>
     <s v="Spokane"/>
     <s v="Washington"/>
-    <s v="Inert Waste Landfill"/>
-[...9 lines deleted...]
-    <x v="7"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="367.2"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="XX"/>
+    <s v="Canada"/>
+  </r>
+  <r>
+    <x v="15"/>
     <x v="0"/>
     <s v="Spokane"/>
     <s v="Washington"/>
-    <s v="Inert Waste Landfill"/>
-[...9 lines deleted...]
-    <x v="7"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="8.6999999999999993"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="ID"/>
+    <s v="Canada"/>
+  </r>
+  <r>
+    <x v="15"/>
     <x v="0"/>
     <s v="Spokane"/>
     <s v="Washington"/>
-    <s v="Inert Waste Landfill"/>
-[...12 lines deleted...]
-    <s v="Washington"/>
     <s v="Limited Purpose Landfill"/>
-    <x v="12"/>
-[...13 lines deleted...]
-    <x v="13"/>
+    <x v="6"/>
     <x v="5"/>
-    <n v="274.56"/>
-[...57 lines deleted...]
-    <x v="6"/>
+    <n v="61.13"/>
+    <s v="Tons"/>
+    <x v="7"/>
     <s v="ID"/>
     <s v="United States of America (USA)"/>
   </r>
   <r>
-    <x v="8"/>
-[...379 lines deleted...]
-    <s v="Benton"/>
+    <x v="43"/>
+    <x v="2"/>
+    <s v="Douglas"/>
     <s v="Washington"/>
     <s v="Inert Waste Landfill"/>
     <x v="21"/>
-    <x v="8"/>
-[...6 lines deleted...]
-  <r>
     <x v="13"/>
-    <x v="0"/>
-    <s v="Benton"/>
+    <n v="570"/>
+    <s v="Tons"/>
+    <x v="22"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="43"/>
+    <x v="2"/>
+    <s v="Douglas"/>
     <s v="Washington"/>
     <s v="Inert Waste Landfill"/>
     <x v="21"/>
-    <x v="8"/>
-[...6 lines deleted...]
-  <r>
     <x v="13"/>
+    <n v="250"/>
+    <s v="Tons"/>
+    <x v="25"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="31"/>
+    <x v="2"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="23"/>
+    <x v="13"/>
+    <n v="2338"/>
+    <s v="Tons"/>
+    <x v="22"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="15"/>
     <x v="0"/>
-    <s v="Benton"/>
-[...2420 lines deleted...]
-    <x v="2"/>
     <s v="Spokane"/>
     <s v="Washington"/>
     <s v="Limited Purpose Landfill"/>
     <x v="19"/>
     <x v="9"/>
-    <n v="1788.44"/>
-[...25 lines deleted...]
-    <x v="34"/>
+    <n v="6853.59"/>
+    <s v="Tons"/>
     <x v="16"/>
-    <n v="7806.65"/>
-[...175 lines deleted...]
-    <x v="2"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="15"/>
+    <x v="0"/>
     <s v="Spokane"/>
     <s v="Washington"/>
     <s v="Limited Purpose Landfill"/>
     <x v="19"/>
     <x v="9"/>
-    <n v="0.3"/>
-[...5 lines deleted...]
-  <r>
+    <n v="12.71"/>
+    <s v="Tons"/>
     <x v="23"/>
-    <x v="2"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="15"/>
+    <x v="0"/>
     <s v="Spokane"/>
     <s v="Washington"/>
     <s v="Limited Purpose Landfill"/>
     <x v="19"/>
     <x v="9"/>
-    <n v="31.95"/>
-    <s v="Tons"/>
+    <n v="15.32"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="ID"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="10"/>
+    <x v="2"/>
+    <s v="Whatcom"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="23"/>
+    <x v="13"/>
+    <n v="150"/>
+    <s v="Tons"/>
+    <x v="13"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="12"/>
+    <x v="2"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="23"/>
+    <x v="13"/>
+    <n v="2"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="37"/>
+    <x v="2"/>
+    <s v="Chelan"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="23"/>
+    <x v="13"/>
+    <n v="750"/>
+    <s v="Tons"/>
+    <x v="25"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="40"/>
+    <x v="2"/>
+    <s v="King"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="23"/>
+    <x v="13"/>
+    <n v="6"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="41"/>
+    <x v="2"/>
+    <s v="Pierce"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="23"/>
+    <x v="13"/>
+    <n v="3228"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="43"/>
+    <x v="2"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="23"/>
+    <x v="13"/>
+    <n v="530"/>
+    <s v="Tons"/>
+    <x v="22"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="12"/>
+    <x v="2"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="24"/>
+    <x v="13"/>
+    <n v="1"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="41"/>
+    <x v="2"/>
+    <s v="Pierce"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="24"/>
+    <x v="13"/>
+    <n v="3228"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="25"/>
+    <x v="13"/>
+    <n v="206.41"/>
+    <s v="Tons"/>
+    <x v="37"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="25"/>
+    <x v="13"/>
+    <n v="41.89"/>
+    <s v="Tons"/>
+    <x v="19"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="25"/>
+    <x v="13"/>
+    <n v="2263.6999999999998"/>
+    <s v="Tons"/>
+    <x v="11"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="25"/>
+    <x v="13"/>
+    <n v="400.9"/>
+    <s v="Tons"/>
+    <x v="22"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="15"/>
+    <x v="0"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="22"/>
+    <x v="14"/>
+    <n v="31.89"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="25"/>
+    <x v="13"/>
+    <n v="0.56000000000000005"/>
+    <s v="Tons"/>
+    <x v="27"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
     <x v="6"/>
-    <s v="ID"/>
-[...2 lines deleted...]
-  <r>
+    <x v="5"/>
+    <n v="4.93"/>
+    <s v="Tons"/>
+    <x v="32"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="2.74"/>
+    <s v="Tons"/>
+    <x v="14"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="129.61000000000001"/>
+    <s v="Tons"/>
+    <x v="25"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="35.22"/>
+    <s v="Tons"/>
+    <x v="22"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="53.12"/>
+    <s v="Tons"/>
+    <x v="13"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="17.84"/>
+    <s v="Tons"/>
+    <x v="26"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="8.82"/>
+    <s v="Tons"/>
+    <x v="33"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="259"/>
+    <s v="Tons"/>
+    <x v="24"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="4.92"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="3.61"/>
+    <s v="Tons"/>
+    <x v="20"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="22.67"/>
+    <s v="Tons"/>
+    <x v="27"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="25"/>
+    <x v="13"/>
+    <n v="327.79"/>
+    <s v="Tons"/>
+    <x v="25"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="26"/>
+    <x v="1"/>
+    <s v="Walla Walla"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="25"/>
+    <x v="13"/>
+    <n v="493.21"/>
+    <s v="Tons"/>
+    <x v="29"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="2"/>
+    <x v="2"/>
+    <s v="Snohomish"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="26"/>
+    <x v="13"/>
+    <n v="38271"/>
+    <s v="Tons"/>
+    <x v="2"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="30"/>
+    <x v="2"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="26"/>
+    <x v="13"/>
+    <n v="14303"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="31"/>
+    <x v="2"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="26"/>
+    <x v="13"/>
+    <n v="3150"/>
+    <s v="Tons"/>
+    <x v="22"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="10"/>
+    <x v="2"/>
+    <s v="Whatcom"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="26"/>
+    <x v="13"/>
+    <n v="48"/>
+    <s v="Tons"/>
+    <x v="13"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="12"/>
+    <x v="2"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="26"/>
+    <x v="13"/>
+    <n v="2200"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="32"/>
+    <x v="2"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="26"/>
+    <x v="13"/>
+    <n v="37566"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="18"/>
+    <x v="2"/>
+    <s v="Columbia"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="26"/>
+    <x v="13"/>
+    <n v="1220"/>
+    <s v="Tons"/>
     <x v="23"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="19"/>
+    <x v="2"/>
+    <s v="Chelan"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="26"/>
+    <x v="13"/>
+    <n v="1"/>
+    <s v="Tons"/>
+    <x v="25"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="20"/>
+    <x v="2"/>
+    <s v="Benton"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="26"/>
+    <x v="13"/>
+    <n v="118"/>
+    <s v="Tons"/>
+    <x v="14"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="18"/>
+    <x v="4"/>
+    <n v="7.68"/>
+    <s v="Tons"/>
+    <x v="25"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="18"/>
+    <x v="4"/>
+    <n v="5"/>
+    <s v="Tons"/>
+    <x v="22"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="18"/>
+    <x v="4"/>
+    <n v="2.73"/>
+    <s v="Tons"/>
+    <x v="0"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="25956.02"/>
+    <s v="Tons"/>
+    <x v="22"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="87887.21"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="5353.21"/>
+    <s v="Tons"/>
+    <x v="13"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="16.41"/>
+    <s v="Tons"/>
+    <x v="24"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="44659.06"/>
+    <s v="Tons"/>
+    <x v="26"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="16.079999999999998"/>
+    <s v="Tons"/>
+    <x v="27"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="90372.04"/>
+    <s v="Tons"/>
+    <x v="25"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="19"/>
+    <x v="9"/>
+    <n v="1278.97"/>
+    <s v="Tons"/>
+    <x v="25"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="35"/>
     <x v="2"/>
     <s v="Spokane"/>
     <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="26"/>
+    <x v="13"/>
+    <n v="20035"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="37"/>
+    <x v="2"/>
+    <s v="Chelan"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="26"/>
+    <x v="13"/>
+    <n v="3000"/>
+    <s v="Tons"/>
+    <x v="25"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="44"/>
+    <x v="2"/>
+    <s v="Snohomish"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="26"/>
+    <x v="13"/>
+    <n v="57519.06"/>
+    <s v="Tons"/>
+    <x v="2"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="38"/>
+    <x v="2"/>
+    <s v="Benton"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="26"/>
+    <x v="13"/>
+    <n v="317"/>
+    <s v="Tons"/>
+    <x v="14"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="39"/>
+    <x v="2"/>
+    <s v="Benton"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="26"/>
+    <x v="13"/>
+    <n v="9.27"/>
+    <s v="Tons"/>
+    <x v="14"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="40"/>
+    <x v="2"/>
+    <s v="King"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="26"/>
+    <x v="13"/>
+    <n v="17"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="41"/>
+    <x v="2"/>
+    <s v="Pierce"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="26"/>
+    <x v="13"/>
+    <n v="1017"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="42"/>
+    <x v="2"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="26"/>
+    <x v="13"/>
+    <n v="4433"/>
+    <s v="Tons"/>
+    <x v="22"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="43"/>
+    <x v="2"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="26"/>
+    <x v="13"/>
+    <n v="2500"/>
+    <s v="Tons"/>
+    <x v="22"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="43"/>
+    <x v="2"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="26"/>
+    <x v="13"/>
+    <n v="250"/>
+    <s v="Tons"/>
+    <x v="25"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="12"/>
+    <x v="2"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="27"/>
+    <x v="13"/>
+    <n v="1"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="41"/>
+    <x v="2"/>
+    <s v="Pierce"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="27"/>
+    <x v="13"/>
+    <n v="147"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="9"/>
+    <x v="0"/>
+    <s v="Yakima"/>
+    <s v="Washington"/>
     <s v="Limited Purpose Landfill"/>
+    <x v="28"/>
+    <x v="13"/>
+    <n v="9030"/>
+    <s v="Tons"/>
+    <x v="12"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="9"/>
+    <x v="0"/>
+    <s v="Yakima"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="28"/>
+    <x v="13"/>
+    <n v="198.88"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="OR"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="28"/>
+    <x v="13"/>
+    <n v="70.78"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="28"/>
+    <x v="13"/>
+    <n v="4.04"/>
+    <s v="Tons"/>
+    <x v="19"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="28"/>
+    <x v="13"/>
+    <n v="523.39"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="22"/>
+    <x v="14"/>
+    <n v="22.24"/>
+    <s v="Tons"/>
     <x v="25"/>
-    <x v="11"/>
-[...1 lines deleted...]
-    <s v="Tons"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="21"/>
+    <x v="1"/>
+    <s v="Benton"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
     <x v="6"/>
-    <s v="ID"/>
+    <x v="5"/>
+    <n v="274.92"/>
+    <s v="Tons"/>
+    <x v="14"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="13"/>
+    <x v="0"/>
+    <s v="Yakima"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="28"/>
+    <x v="13"/>
+    <n v="6867.21"/>
+    <s v="Tons"/>
+    <x v="12"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="21"/>
+    <x v="1"/>
+    <s v="Benton"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="65260"/>
+    <s v="Tons"/>
+    <x v="14"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="21"/>
+    <x v="1"/>
+    <s v="Benton"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="19"/>
+    <x v="9"/>
+    <n v="112.9"/>
+    <s v="Tons"/>
+    <x v="14"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="21"/>
+    <x v="1"/>
+    <s v="Benton"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="22"/>
+    <x v="14"/>
+    <n v="33.36"/>
+    <s v="Tons"/>
+    <x v="14"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="45"/>
+    <x v="2"/>
+    <s v="King"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="1"/>
+    <x v="1"/>
+    <n v="950000"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="15"/>
+    <x v="0"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="28"/>
+    <x v="13"/>
+    <n v="13597.99"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="44"/>
+    <x v="2"/>
+    <s v="Snohomish"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="1"/>
+    <x v="1"/>
+    <n v="9651.2999999999993"/>
+    <s v="Tons"/>
+    <x v="2"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="46"/>
+    <x v="0"/>
+    <s v="Clark"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="15"/>
+    <x v="8"/>
+    <n v="419.3"/>
+    <s v="Tons"/>
+    <x v="5"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="40"/>
+    <x v="2"/>
+    <s v="King"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="28"/>
+    <x v="13"/>
+    <n v="135300"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="5"/>
+    <x v="1"/>
+    <s v="Pierce"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="776"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="8"/>
+    <x v="1"/>
+    <s v="Stevens"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="28"/>
+    <x v="13"/>
+    <n v="15.33"/>
+    <s v="Tons"/>
+    <x v="0"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="5"/>
+    <x v="1"/>
+    <s v="Pierce"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="12"/>
+    <x v="10"/>
+    <n v="134404"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="12"/>
+    <x v="2"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="29"/>
+    <x v="13"/>
+    <n v="1"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="5"/>
+    <x v="1"/>
+    <s v="Pierce"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="11"/>
+    <x v="9"/>
+    <n v="64428"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="5"/>
+    <x v="1"/>
+    <s v="Pierce"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="48627"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="5"/>
+    <x v="1"/>
+    <s v="Pierce"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="30"/>
+    <x v="4"/>
+    <n v="35"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="5"/>
+    <x v="1"/>
+    <s v="Pierce"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="659527"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="47"/>
+    <x v="2"/>
+    <s v="Snohomish"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="31"/>
+    <x v="13"/>
+    <n v="405"/>
+    <s v="Tons"/>
+    <x v="2"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="9"/>
+    <x v="0"/>
+    <s v="Yakima"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="32"/>
+    <x v="15"/>
+    <n v="121.17"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="5"/>
+    <x v="1"/>
+    <s v="Pierce"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="5"/>
+    <x v="4"/>
+    <n v="61"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="5"/>
+    <x v="1"/>
+    <s v="Pierce"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="33"/>
+    <x v="4"/>
+    <n v="23006"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="9"/>
+    <x v="0"/>
+    <s v="Yakima"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="32"/>
+    <x v="15"/>
+    <n v="90.26"/>
+    <s v="Tons"/>
+    <x v="26"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="48"/>
+    <x v="1"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="2.76"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="48"/>
+    <x v="1"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="10144.89"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="49"/>
+    <x v="1"/>
+    <s v="Okanogan"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="43.38"/>
+    <s v="Tons"/>
+    <x v="24"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="49"/>
+    <x v="1"/>
+    <s v="Okanogan"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="11"/>
+    <x v="9"/>
+    <n v="539.45000000000005"/>
+    <s v="Tons"/>
+    <x v="24"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="49"/>
+    <x v="1"/>
+    <s v="Okanogan"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="42292"/>
+    <s v="Tons"/>
+    <x v="24"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="9"/>
+    <x v="0"/>
+    <s v="Yakima"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="32"/>
+    <x v="15"/>
+    <n v="930.99"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="22"/>
+    <x v="0"/>
+    <s v="Walla Walla"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="7800"/>
+    <s v="Tons"/>
+    <x v="29"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="9"/>
+    <x v="0"/>
+    <s v="Yakima"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="32"/>
+    <x v="15"/>
+    <n v="399.97"/>
+    <s v="Tons"/>
+    <x v="2"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="9"/>
+    <x v="0"/>
+    <s v="Yakima"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="32"/>
+    <x v="15"/>
+    <n v="232.44"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="14"/>
+    <x v="1"/>
+    <s v="King"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="32"/>
+    <x v="15"/>
+    <n v="849"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="38"/>
+    <x v="2"/>
+    <s v="Benton"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="1"/>
+    <x v="1"/>
+    <n v="7408"/>
+    <s v="Tons"/>
+    <x v="14"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="32"/>
+    <x v="15"/>
+    <n v="16.670000000000002"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="7"/>
+    <x v="0"/>
+    <s v="Jefferson"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="34"/>
+    <x v="6"/>
+    <n v="151.87"/>
+    <s v="Tons"/>
+    <x v="11"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="33.270000000000003"/>
+    <s v="Tons"/>
+    <x v="14"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="31.55"/>
+    <s v="Tons"/>
+    <x v="13"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="39"/>
+    <x v="2"/>
+    <s v="Benton"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="10"/>
+    <x v="8"/>
+    <n v="30.37"/>
+    <s v="Tons"/>
+    <x v="14"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="553.5"/>
+    <s v="Tons"/>
+    <x v="15"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="13751.95"/>
+    <s v="Tons"/>
+    <x v="2"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="0"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="414.97"/>
+    <s v="Tons"/>
+    <x v="17"/>
+    <s v="WA"/>
     <s v="United States of America (USA)"/>
   </r>
   <r>
     <x v="23"/>
-    <x v="2"/>
-[...6 lines deleted...]
-    <s v="Tons"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
     <x v="6"/>
+    <x v="5"/>
+    <n v="56"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="AK"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="229"/>
+    <s v="Tons"/>
+    <x v="12"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="173"/>
+    <s v="Tons"/>
+    <x v="13"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="229"/>
+    <s v="Tons"/>
+    <x v="15"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="359"/>
+    <s v="Tons"/>
+    <x v="2"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="234"/>
+    <s v="Tons"/>
+    <x v="17"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="741"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="5"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="1"/>
+    <s v="Tons"/>
+    <x v="18"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="124"/>
+    <s v="Tons"/>
+    <x v="21"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="30"/>
+    <s v="Tons"/>
+    <x v="31"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="53"/>
+    <s v="Tons"/>
+    <x v="19"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="3638"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="32"/>
+    <s v="Tons"/>
+    <x v="34"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="2"/>
+    <s v="Tons"/>
+    <x v="1"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="51"/>
+    <s v="Tons"/>
+    <x v="14"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="36"/>
+    <x v="16"/>
+    <n v="57909"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="36"/>
+    <x v="16"/>
+    <n v="201"/>
+    <s v="Tons"/>
+    <x v="7"/>
     <s v="XX"/>
     <s v="Canada"/>
   </r>
   <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="645.54"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="26.4"/>
+    <s v="Tons"/>
+    <x v="31"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="438.54"/>
+    <s v="Tons"/>
+    <x v="19"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="23311.73"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="69.64"/>
+    <s v="Tons"/>
+    <x v="11"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="15.53"/>
+    <s v="Tons"/>
+    <x v="20"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="66.44"/>
+    <s v="Tons"/>
+    <x v="5"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="51.64"/>
+    <s v="Tons"/>
+    <x v="1"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="3"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="32"/>
+    <x v="15"/>
+    <n v="9707.34"/>
+    <s v="Tons"/>
+    <x v="4"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="15"/>
+    <x v="0"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="0.03"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="MT"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="15"/>
+    <x v="0"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="1064.99"/>
+    <s v="Tons"/>
+    <x v="38"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="15"/>
+    <x v="0"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="388.55"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="XX"/>
+    <s v="Canada"/>
+  </r>
+  <r>
+    <x v="15"/>
+    <x v="0"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="1847.96"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="XX"/>
+    <s v="Canada"/>
+  </r>
+  <r>
+    <x v="15"/>
+    <x v="0"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="10.49"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="MT"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="15"/>
+    <x v="0"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="0.76"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="ID"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="15"/>
+    <x v="0"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="7661.69"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="ID"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="15"/>
+    <x v="0"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="0.51"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="ID"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="15"/>
+    <x v="0"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="1415.02"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="ID"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="15"/>
+    <x v="0"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="853.73"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="ID"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="15"/>
+    <x v="0"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="40.31"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="XX"/>
+    <s v="Canada"/>
+  </r>
+  <r>
+    <x v="15"/>
+    <x v="0"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="57499.5"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="13.03"/>
+    <s v="Tons"/>
+    <x v="32"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="1495"/>
+    <s v="Tons"/>
+    <x v="22"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
     <x v="23"/>
-    <x v="2"/>
-[...6 lines deleted...]
-    <s v="Tons"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="11"/>
+    <x v="9"/>
+    <n v="239"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="AK"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="11"/>
+    <x v="9"/>
+    <n v="84"/>
+    <s v="Tons"/>
+    <x v="12"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="11"/>
+    <x v="9"/>
+    <n v="8400"/>
+    <s v="Tons"/>
+    <x v="13"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="11"/>
+    <x v="9"/>
+    <n v="1872"/>
+    <s v="Tons"/>
+    <x v="2"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="11"/>
+    <x v="9"/>
+    <n v="2315"/>
+    <s v="Tons"/>
+    <x v="17"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="11"/>
+    <x v="9"/>
+    <n v="505"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="11"/>
+    <x v="9"/>
+    <n v="87"/>
+    <s v="Tons"/>
+    <x v="31"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="11"/>
+    <x v="9"/>
+    <n v="2647"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="11"/>
+    <x v="9"/>
+    <n v="2"/>
+    <s v="Tons"/>
+    <x v="5"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="11"/>
+    <x v="9"/>
+    <n v="6"/>
+    <s v="Tons"/>
+    <x v="14"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="11"/>
+    <x v="9"/>
+    <n v="11"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="OR"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="15"/>
+    <x v="8"/>
+    <n v="80"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
     <x v="6"/>
+    <n v="1042"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="AK"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="11609"/>
+    <s v="Tons"/>
+    <x v="12"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="2983"/>
+    <s v="Tons"/>
+    <x v="13"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="396"/>
+    <s v="Tons"/>
+    <x v="15"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="504"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="22066"/>
+    <s v="Tons"/>
+    <x v="2"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="202"/>
+    <s v="Tons"/>
+    <x v="17"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="9247"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="156"/>
+    <s v="Tons"/>
+    <x v="33"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="40"/>
+    <s v="Tons"/>
+    <x v="21"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="2109"/>
+    <s v="Tons"/>
+    <x v="31"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="9"/>
+    <s v="Tons"/>
+    <x v="19"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="4384"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="1266"/>
+    <s v="Tons"/>
+    <x v="27"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="18"/>
+    <s v="Tons"/>
+    <x v="34"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="1018"/>
+    <s v="Tons"/>
+    <x v="20"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="312"/>
+    <s v="Tons"/>
+    <x v="14"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="2851"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="OR"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="2284"/>
+    <s v="Tons"/>
+    <x v="32"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="3741"/>
+    <s v="Tons"/>
+    <x v="7"/>
     <s v="ID"/>
     <s v="United States of America (USA)"/>
   </r>
   <r>
     <x v="23"/>
-    <x v="2"/>
-[...6 lines deleted...]
-    <s v="Tons"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
     <x v="6"/>
-    <s v="MT"/>
+    <n v="19"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="AZ"/>
     <s v="United States of America (USA)"/>
   </r>
   <r>
     <x v="23"/>
-    <x v="2"/>
-[...2 lines deleted...]
-    <s v="Limited Purpose Landfill"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="7"/>
+    <x v="6"/>
+    <n v="1547"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="XX"/>
+    <s v="Canada"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="5834"/>
+    <s v="Tons"/>
+    <x v="21"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="4498"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="XX"/>
+    <s v="Canada"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="20911"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="AK"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="33722"/>
+    <s v="Tons"/>
+    <x v="35"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="122"/>
+    <s v="Tons"/>
+    <x v="12"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="51875"/>
+    <s v="Tons"/>
+    <x v="13"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="224786"/>
+    <s v="Tons"/>
+    <x v="15"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="72925"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="579888"/>
+    <s v="Tons"/>
+    <x v="2"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="5317"/>
+    <s v="Tons"/>
+    <x v="30"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="96197"/>
+    <s v="Tons"/>
+    <x v="17"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="5144"/>
+    <s v="Tons"/>
+    <x v="33"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="49582"/>
+    <s v="Tons"/>
+    <x v="18"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="8780"/>
+    <s v="Tons"/>
+    <x v="38"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="1608"/>
+    <s v="Tons"/>
+    <x v="21"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="25966"/>
+    <s v="Tons"/>
+    <x v="31"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="2063"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="54385"/>
+    <s v="Tons"/>
+    <x v="28"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="23872"/>
+    <s v="Tons"/>
+    <x v="11"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="2404"/>
+    <s v="Tons"/>
+    <x v="39"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="77"/>
+    <s v="Tons"/>
+    <x v="14"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="53605"/>
+    <s v="Tons"/>
+    <x v="10"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="1007"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="ID"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="246639"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="XX"/>
+    <s v="Canada"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
     <x v="19"/>
     <x v="9"/>
-    <n v="36.369999999999997"/>
-[...2 lines deleted...]
-    <s v="ID"/>
+    <n v="5139"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="AK"/>
     <s v="United States of America (USA)"/>
   </r>
   <r>
     <x v="23"/>
-    <x v="2"/>
-[...2 lines deleted...]
-    <s v="Limited Purpose Landfill"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
     <x v="19"/>
     <x v="9"/>
-    <n v="0.3"/>
-[...2 lines deleted...]
-    <s v="OR"/>
+    <n v="820"/>
+    <s v="Tons"/>
+    <x v="12"/>
+    <s v="WA"/>
     <s v="United States of America (USA)"/>
   </r>
   <r>
     <x v="23"/>
-    <x v="2"/>
-[...2 lines deleted...]
-    <s v="Limited Purpose Landfill"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
     <x v="19"/>
     <x v="9"/>
-    <n v="0.37"/>
-[...1 lines deleted...]
-    <x v="31"/>
+    <n v="327"/>
+    <s v="Tons"/>
+    <x v="13"/>
     <s v="WA"/>
     <s v="United States of America (USA)"/>
   </r>
   <r>
     <x v="23"/>
-    <x v="2"/>
-[...2 lines deleted...]
-    <s v="Limited Purpose Landfill"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
     <x v="19"/>
     <x v="9"/>
-    <n v="1.57"/>
-[...2 lines deleted...]
-    <s v="ID"/>
+    <n v="14"/>
+    <s v="Tons"/>
+    <x v="15"/>
+    <s v="WA"/>
     <s v="United States of America (USA)"/>
   </r>
   <r>
     <x v="23"/>
-    <x v="2"/>
-[...2 lines deleted...]
-    <s v="Limited Purpose Landfill"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
     <x v="19"/>
     <x v="9"/>
-    <n v="0.3"/>
-[...2 lines deleted...]
-    <s v="OR"/>
+    <n v="8"/>
+    <s v="Tons"/>
+    <x v="29"/>
+    <s v="WA"/>
     <s v="United States of America (USA)"/>
   </r>
   <r>
     <x v="23"/>
-    <x v="2"/>
-[...2 lines deleted...]
-    <s v="Limited Purpose Landfill"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
     <x v="19"/>
     <x v="9"/>
-    <n v="4.6100000000000003"/>
-[...1 lines deleted...]
-    <x v="36"/>
+    <n v="24"/>
+    <s v="Tons"/>
+    <x v="2"/>
     <s v="WA"/>
     <s v="United States of America (USA)"/>
   </r>
   <r>
     <x v="23"/>
-    <x v="2"/>
-[...2 lines deleted...]
-    <s v="Limited Purpose Landfill"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
     <x v="19"/>
     <x v="9"/>
-    <n v="2.1"/>
-[...2 lines deleted...]
-    <s v="ID"/>
+    <n v="912"/>
+    <s v="Tons"/>
+    <x v="17"/>
+    <s v="WA"/>
     <s v="United States of America (USA)"/>
   </r>
   <r>
     <x v="23"/>
-    <x v="2"/>
-[...2 lines deleted...]
-    <s v="Limited Purpose Landfill"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
     <x v="19"/>
     <x v="9"/>
-    <n v="26.17"/>
-[...2 lines deleted...]
-    <s v="ID"/>
+    <n v="143"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
     <s v="United States of America (USA)"/>
   </r>
   <r>
     <x v="23"/>
-    <x v="2"/>
-[...2 lines deleted...]
-    <s v="Limited Purpose Landfill"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
     <x v="19"/>
     <x v="9"/>
-    <n v="503.12"/>
-[...3 lines deleted...]
-    <s v="Canada"/>
+    <n v="55"/>
+    <s v="Tons"/>
+    <x v="18"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
   </r>
   <r>
     <x v="23"/>
-    <x v="2"/>
-[...2 lines deleted...]
-    <s v="Limited Purpose Landfill"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
     <x v="19"/>
     <x v="9"/>
-    <n v="2.02"/>
-[...2 lines deleted...]
-    <s v="ID"/>
+    <n v="389"/>
+    <s v="Tons"/>
+    <x v="21"/>
+    <s v="WA"/>
     <s v="United States of America (USA)"/>
   </r>
   <r>
     <x v="23"/>
-    <x v="2"/>
-[...2 lines deleted...]
-    <s v="Limited Purpose Landfill"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
     <x v="19"/>
     <x v="9"/>
-    <n v="20.36"/>
-[...2 lines deleted...]
-    <s v="ID"/>
+    <n v="317"/>
+    <s v="Tons"/>
+    <x v="31"/>
+    <s v="WA"/>
     <s v="United States of America (USA)"/>
   </r>
   <r>
     <x v="23"/>
-    <x v="2"/>
-[...2 lines deleted...]
-    <s v="Limited Purpose Landfill"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
     <x v="19"/>
     <x v="9"/>
-    <n v="60.98"/>
-[...78 lines deleted...]
-    <s v="Douglas"/>
+    <n v="125910"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
     <s v="Washington"/>
     <s v="MSW Landfill"/>
     <x v="19"/>
     <x v="9"/>
-    <n v="36.729999999999997"/>
-[...36 lines deleted...]
-    <s v="Douglas"/>
+    <n v="319"/>
+    <s v="Tons"/>
+    <x v="19"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
     <s v="Washington"/>
     <s v="MSW Landfill"/>
     <x v="19"/>
     <x v="9"/>
-    <n v="5.23"/>
-[...92 lines deleted...]
-    <s v="Douglas"/>
+    <n v="2803"/>
+    <s v="Tons"/>
+    <x v="26"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
     <s v="Washington"/>
     <s v="MSW Landfill"/>
     <x v="19"/>
     <x v="9"/>
-    <n v="0.64"/>
-[...8 lines deleted...]
-    <s v="Douglas"/>
+    <n v="14"/>
+    <s v="Tons"/>
+    <x v="34"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
     <s v="Washington"/>
     <s v="MSW Landfill"/>
     <x v="19"/>
     <x v="9"/>
-    <n v="62.94"/>
-[...50 lines deleted...]
-    <s v="Douglas"/>
+    <n v="14"/>
+    <s v="Tons"/>
+    <x v="28"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
     <s v="Washington"/>
     <s v="MSW Landfill"/>
     <x v="19"/>
     <x v="9"/>
-    <n v="0.19"/>
-[...50 lines deleted...]
-    <s v="Douglas"/>
+    <n v="1186"/>
+    <s v="Tons"/>
+    <x v="20"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
     <s v="Washington"/>
     <s v="MSW Landfill"/>
     <x v="19"/>
     <x v="9"/>
-    <n v="84.03"/>
-[...293 lines deleted...]
-    <n v="91.77"/>
+    <n v="139"/>
     <s v="Tons"/>
     <x v="14"/>
     <s v="WA"/>
     <s v="United States of America (USA)"/>
   </r>
   <r>
-    <x v="24"/>
-[...825 lines deleted...]
-    <x v="37"/>
+    <x v="23"/>
     <x v="1"/>
     <s v="Klickitat"/>
     <s v="Washington"/>
     <s v="MSW Landfill"/>
     <x v="19"/>
     <x v="9"/>
     <n v="15"/>
     <s v="Tons"/>
-    <x v="2"/>
-[...4 lines deleted...]
-    <x v="37"/>
+    <x v="7"/>
+    <s v="OR"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
     <x v="1"/>
     <s v="Klickitat"/>
     <s v="Washington"/>
     <s v="MSW Landfill"/>
     <x v="19"/>
     <x v="9"/>
-    <n v="70"/>
+    <n v="2196"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="XX"/>
+    <s v="Canada"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="9"/>
+    <x v="8"/>
+    <n v="882"/>
+    <s v="Tons"/>
+    <x v="13"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="9"/>
+    <x v="8"/>
+    <n v="193"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="AK"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="22"/>
+    <x v="14"/>
+    <n v="1438"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="OR"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="23"/>
+    <x v="1"/>
+    <s v="Klickitat"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="22"/>
+    <x v="14"/>
+    <n v="1984"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="XX"/>
+    <s v="Canada"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="3108.3"/>
+    <s v="Tons"/>
+    <x v="13"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="8.83"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="24.19"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="6.34"/>
+    <s v="Tons"/>
+    <x v="27"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="0.8"/>
+    <s v="Tons"/>
+    <x v="2"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="1.01"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="2.41"/>
+    <s v="Tons"/>
+    <x v="14"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="0.08"/>
+    <s v="Tons"/>
+    <x v="24"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="0.81"/>
+    <s v="Tons"/>
+    <x v="13"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="2.5099999999999998"/>
+    <s v="Tons"/>
+    <x v="15"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="1.3"/>
+    <s v="Tons"/>
+    <x v="20"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="2.78"/>
+    <s v="Tons"/>
+    <x v="35"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="1.51"/>
+    <s v="Tons"/>
+    <x v="12"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="1.01"/>
+    <s v="Tons"/>
+    <x v="33"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="0.26"/>
+    <s v="Tons"/>
+    <x v="26"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="1.1399999999999999"/>
     <s v="Tons"/>
     <x v="25"/>
     <s v="WA"/>
     <s v="United States of America (USA)"/>
   </r>
   <r>
-    <x v="37"/>
-[...1 lines deleted...]
-    <s v="Klickitat"/>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="7.71"/>
+    <s v="Tons"/>
+    <x v="32"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="0.17"/>
+    <s v="Tons"/>
+    <x v="5"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="0.41"/>
+    <s v="Tons"/>
+    <x v="0"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="0.75"/>
+    <s v="Tons"/>
+    <x v="38"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="0.04"/>
+    <s v="Tons"/>
+    <x v="29"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="0.09"/>
+    <s v="Tons"/>
+    <x v="17"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="0.44"/>
+    <s v="Tons"/>
+    <x v="23"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="0.11"/>
+    <s v="Tons"/>
+    <x v="6"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="6.03"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="UT"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="429.61"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="AZ"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="1.1000000000000001"/>
+    <s v="Tons"/>
+    <x v="19"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="0.1"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="MT"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="0.28000000000000003"/>
+    <s v="Tons"/>
+    <x v="11"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="8.3800000000000008"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="ID"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="234543.19"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="465.77"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="19.13"/>
+    <s v="Tons"/>
+    <x v="2"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="5.89"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="4.51"/>
+    <s v="Tons"/>
+    <x v="24"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="35.369999999999997"/>
+    <s v="Tons"/>
+    <x v="13"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="48.84"/>
+    <s v="Tons"/>
+    <x v="27"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="8.83"/>
+    <s v="Tons"/>
+    <x v="20"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="0.64"/>
+    <s v="Tons"/>
+    <x v="35"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="2.57"/>
+    <s v="Tons"/>
+    <x v="14"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="0.13"/>
+    <s v="Tons"/>
+    <x v="32"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="1.26"/>
+    <s v="Tons"/>
+    <x v="29"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="45.83"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="UT"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="15.21"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="AZ"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="5.94"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="ID"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="309.62"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="AK"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="0.43"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="CO"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="0.67"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="CA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="0.09"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="XX"/>
+    <s v="Mexico"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="0.15"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="XX"/>
+    <s v="United Kingdom"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="0.17"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="XX"/>
+    <s v="Germany"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="0.01"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="XX"/>
+    <s v="Ireland"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="0.01"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="XX"/>
+    <s v="Norway"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="0.01"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="XX"/>
+    <s v="Iceland"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="0.02"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="XX"/>
+    <s v="Jamaica"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="406.96"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="XX"/>
+    <s v="Export Outside US"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="0.11"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="XX"/>
+    <s v="Japan"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="0.03"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="XX"/>
+    <s v="Unknown"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="0.01"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="WA"/>
+    <s v="Denmark"/>
+  </r>
+  <r>
+    <x v="50"/>
+    <x v="3"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Energy Recovery/Incineration"/>
+    <x v="22"/>
+    <x v="14"/>
+    <n v="161.6"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="37.409999999999997"/>
+    <s v="Tons"/>
+    <x v="12"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="183.1"/>
+    <s v="Tons"/>
+    <x v="17"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="25"/>
+    <x v="0"/>
+    <s v="Grays Harbor"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="10"/>
+    <x v="8"/>
+    <n v="991.54"/>
+    <s v="Tons"/>
+    <x v="34"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="422.9"/>
+    <s v="Tons"/>
+    <x v="15"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="8"/>
+    <x v="1"/>
+    <s v="Stevens"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="77.12"/>
+    <s v="Tons"/>
+    <x v="0"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="1.48"/>
+    <s v="Tons"/>
+    <x v="24"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="13.29"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="1002.27"/>
+    <s v="Tons"/>
+    <x v="2"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="8"/>
+    <x v="1"/>
+    <s v="Stevens"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="590.07000000000005"/>
+    <s v="Tons"/>
+    <x v="39"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="8"/>
+    <x v="1"/>
+    <s v="Stevens"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="30880.9"/>
+    <s v="Tons"/>
+    <x v="0"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="8"/>
+    <x v="1"/>
+    <s v="Stevens"/>
     <s v="Washington"/>
     <s v="MSW Landfill"/>
     <x v="19"/>
     <x v="9"/>
-    <n v="4"/>
-    <s v="Tons"/>
+    <n v="109.31"/>
+    <s v="Tons"/>
+    <x v="0"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="8"/>
+    <x v="1"/>
+    <s v="Stevens"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="5"/>
+    <x v="4"/>
+    <n v="657.78"/>
+    <s v="Tons"/>
+    <x v="0"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
     <x v="26"/>
-    <s v="WA"/>
-[...2 lines deleted...]
-  <r>
+    <x v="1"/>
+    <s v="Walla Walla"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="297.52"/>
+    <s v="Tons"/>
+    <x v="29"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="8.51"/>
+    <s v="Tons"/>
+    <x v="16"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="1009.21"/>
+    <s v="Tons"/>
+    <x v="26"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="26"/>
+    <x v="1"/>
+    <s v="Walla Walla"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="18.940000000000001"/>
+    <s v="Tons"/>
+    <x v="29"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="26"/>
+    <x v="1"/>
+    <s v="Walla Walla"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="41499"/>
+    <s v="Tons"/>
+    <x v="29"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="1113.8800000000001"/>
+    <s v="Tons"/>
+    <x v="27"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="26"/>
+    <x v="1"/>
+    <s v="Walla Walla"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="19"/>
+    <x v="9"/>
+    <n v="3.37"/>
+    <s v="Tons"/>
+    <x v="29"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="26"/>
+    <x v="1"/>
+    <s v="Walla Walla"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="1"/>
+    <x v="1"/>
+    <n v="2910.03"/>
+    <s v="Tons"/>
+    <x v="29"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="26"/>
+    <x v="1"/>
+    <s v="Walla Walla"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="22"/>
+    <x v="14"/>
+    <n v="1.31"/>
+    <s v="Tons"/>
+    <x v="29"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="51"/>
+    <x v="1"/>
+    <s v="Yakima"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="195518"/>
+    <s v="Tons"/>
+    <x v="12"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="946.43"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="110.92"/>
+    <s v="Tons"/>
+    <x v="19"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="125.61"/>
+    <s v="Tons"/>
+    <x v="5"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="32.450000000000003"/>
+    <s v="Tons"/>
+    <x v="20"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="17"/>
+    <x v="1"/>
+    <s v="Douglas"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="35"/>
+    <x v="15"/>
+    <n v="15026.03"/>
+    <s v="Tons"/>
+    <x v="25"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="41"/>
+    <x v="2"/>
+    <s v="Pierce"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="1"/>
+    <x v="1"/>
+    <n v="46234"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="41"/>
+    <x v="2"/>
+    <s v="Pierce"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="1"/>
+    <x v="1"/>
+    <n v="3228"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="41"/>
+    <x v="2"/>
+    <s v="Pierce"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="1"/>
+    <x v="1"/>
+    <n v="8744"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="41"/>
+    <x v="2"/>
+    <s v="Pierce"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="1"/>
+    <x v="1"/>
+    <n v="1874"/>
+    <s v="Tons"/>
+    <x v="2"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="41"/>
+    <x v="2"/>
+    <s v="Pierce"/>
+    <s v="Washington"/>
+    <s v="Inert Waste Landfill"/>
+    <x v="1"/>
+    <x v="1"/>
+    <n v="1874"/>
+    <s v="Tons"/>
+    <x v="15"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="27"/>
+    <x v="1"/>
+    <s v="Out of State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="10.44"/>
+    <s v="Tons"/>
+    <x v="34"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="22"/>
+    <x v="0"/>
+    <s v="Walla Walla"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="32"/>
+    <x v="15"/>
+    <n v="2675"/>
+    <s v="Tons"/>
+    <x v="29"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="27"/>
+    <x v="1"/>
+    <s v="Out of State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="8"/>
+    <x v="7"/>
+    <n v="0.51"/>
+    <s v="Tons"/>
+    <x v="40"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="27"/>
+    <x v="1"/>
+    <s v="Out of State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="68039.66"/>
+    <s v="Tons"/>
+    <x v="34"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="27"/>
+    <x v="1"/>
+    <s v="Out of State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="5003.8500000000004"/>
+    <s v="Tons"/>
     <x v="37"/>
-    <x v="1"/>
-[...6 lines deleted...]
-    <s v="Tons"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="27"/>
+    <x v="1"/>
+    <s v="Out of State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="7188.9"/>
+    <s v="Tons"/>
+    <x v="40"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="27"/>
+    <x v="1"/>
+    <s v="Out of State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="20"/>
+    <s v="Tons"/>
+    <x v="7"/>
+    <s v="OR"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="27"/>
+    <x v="1"/>
+    <s v="Out of State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="40799.18"/>
+    <s v="Tons"/>
+    <x v="5"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="27"/>
+    <x v="1"/>
+    <s v="Out of State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="3071"/>
+    <s v="Tons"/>
+    <x v="10"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="27"/>
+    <x v="1"/>
+    <s v="Out of State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="2"/>
+    <x v="2"/>
+    <n v="146"/>
+    <s v="Tons"/>
+    <x v="11"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="26"/>
+    <x v="1"/>
+    <s v="Walla Walla"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="32"/>
+    <x v="15"/>
+    <n v="125.07"/>
+    <s v="Tons"/>
+    <x v="29"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="27"/>
+    <x v="1"/>
+    <s v="Out of State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="5"/>
+    <x v="4"/>
+    <n v="15"/>
+    <s v="Tons"/>
+    <x v="37"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
     <x v="9"/>
-    <s v="WA"/>
-[...2 lines deleted...]
-  <r>
+    <x v="0"/>
+    <s v="Yakima"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
     <x v="37"/>
-    <x v="1"/>
-[...30 lines deleted...]
-    <s v="MSW Landfill"/>
+    <x v="17"/>
+    <n v="447.2"/>
+    <s v="Tons"/>
+    <x v="12"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="9"/>
+    <x v="0"/>
+    <s v="Yakima"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
     <x v="38"/>
     <x v="17"/>
-    <n v="16"/>
-[...10 lines deleted...]
-    <s v="MSW Landfill"/>
+    <n v="1612.5"/>
+    <s v="Tons"/>
+    <x v="12"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="11"/>
+    <x v="1"/>
+    <s v="All State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="39"/>
+    <x v="17"/>
+    <n v="0.91"/>
+    <s v="Tons"/>
+    <x v="3"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="15"/>
+    <x v="0"/>
+    <s v="Spokane"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
     <x v="38"/>
     <x v="17"/>
-    <n v="63609"/>
-[...41 lines deleted...]
-    <n v="1019"/>
+    <n v="426.6"/>
     <s v="Tons"/>
     <x v="16"/>
-    <s v="WA"/>
-[...2686 lines deleted...]
-    <x v="39"/>
     <s v="WA"/>
     <s v="United States of America (USA)"/>
   </r>
   <r>
     <x v="46"/>
     <x v="0"/>
-    <s v="Douglas"/>
-[...1 lines deleted...]
-    <s v="Inert Waste Landfill"/>
+    <s v="Clark"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="38"/>
+    <x v="17"/>
+    <n v="601"/>
+    <s v="Tons"/>
+    <x v="5"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="5"/>
+    <x v="1"/>
+    <s v="Pierce"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="39"/>
+    <x v="17"/>
+    <n v="6"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="5"/>
+    <x v="1"/>
+    <s v="Pierce"/>
+    <s v="Washington"/>
+    <s v="MSW Landfill"/>
+    <x v="38"/>
+    <x v="17"/>
+    <n v="729"/>
+    <s v="Tons"/>
+    <x v="9"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="28"/>
     <x v="0"/>
+    <s v="Whitman"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="6"/>
+    <x v="5"/>
+    <n v="46.22"/>
+    <s v="Tons"/>
+    <x v="35"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="25"/>
     <x v="0"/>
-    <n v="1645"/>
-[...6 lines deleted...]
-    <x v="46"/>
+    <s v="Grays Harbor"/>
+    <s v="Washington"/>
+    <s v="Limited Purpose Landfill"/>
+    <x v="38"/>
+    <x v="17"/>
+    <n v="1416.87"/>
+    <s v="Tons"/>
+    <x v="34"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="27"/>
+    <x v="1"/>
+    <s v="Out of State"/>
+    <s v="Oregon"/>
+    <s v="MSW Landfill"/>
+    <x v="38"/>
+    <x v="17"/>
+    <n v="375"/>
+    <s v="Tons"/>
+    <x v="37"/>
+    <s v="WA"/>
+    <s v="United States of America (USA)"/>
+  </r>
+  <r>
+    <x v="29"/>
     <x v="0"/>
-    <s v="Douglas"/>
-[...83 lines deleted...]
-    <s v="Whitman"/>
+    <s v="Yakima"/>
     <s v="Washington"/>
     <s v="Limited Purpose Landfill"/>
+    <x v="38"/>
+    <x v="17"/>
+    <n v="113.52"/>
+    <s v="Tons"/>
     <x v="12"/>
-    <x v="4"/>
-[...44 lines deleted...]
-    <x v="10"/>
     <s v="WA"/>
     <s v="United States of America (USA)"/>
   </r>
 </pivotCacheRecords>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="../pivotCache/pivotCacheDefinition1.xml"/></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" xr:uid="{96010D38-83B3-435F-BCD4-649F515D9CDD}" name="PivotTable3" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="1" dataCaption="Values" updatedVersion="8" minRefreshableVersion="3" useAutoFormatting="1" itemPrintTitles="1" createdVersion="8" indent="0" outline="1" outlineData="1" multipleFieldFilters="0" colHeaderCaption="Waste Material">
-  <location ref="A3:AO59" firstHeaderRow="1" firstDataRow="2" firstDataCol="1"/>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr" xr:uid="{266FDED2-D835-45A7-9D1C-AF3C719E117A}" name="PivotTable2" cacheId="1353" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="1" dataCaption="Values" updatedVersion="8" minRefreshableVersion="3" useAutoFormatting="1" itemPrintTitles="1" createdVersion="8" indent="0" outline="1" outlineData="1" multipleFieldFilters="0" colHeaderCaption="Waste Material">
+  <location ref="A3:AP61" firstHeaderRow="1" firstDataRow="2" firstDataCol="1"/>
   <pivotFields count="12">
     <pivotField axis="axisRow" showAll="0" sortType="ascending">
-      <items count="51">
+      <items count="54">
+        <item x="2"/>
+        <item x="30"/>
+        <item x="4"/>
         <item x="0"/>
-        <item x="1"/>
-[...6 lines deleted...]
-        <item x="8"/>
+        <item x="31"/>
+        <item x="10"/>
+        <item x="12"/>
         <item x="9"/>
-        <item x="10"/>
-[...2 lines deleted...]
-        <item x="13"/>
         <item x="14"/>
-        <item x="15"/>
+        <item x="32"/>
         <item x="16"/>
-        <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
+        <item x="11"/>
+        <item x="1"/>
+        <item x="35"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="13"/>
+        <item x="36"/>
+        <item x="47"/>
+        <item x="37"/>
+        <item x="3"/>
+        <item x="15"/>
+        <item x="17"/>
         <item x="21"/>
+        <item x="45"/>
+        <item x="44"/>
+        <item x="46"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="48"/>
+        <item x="49"/>
         <item x="22"/>
+        <item x="38"/>
+        <item x="7"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item m="1" x="52"/>
         <item x="23"/>
         <item x="24"/>
+        <item x="50"/>
         <item x="25"/>
+        <item x="8"/>
         <item x="26"/>
+        <item x="51"/>
+        <item x="41"/>
         <item x="27"/>
+        <item x="42"/>
+        <item x="43"/>
         <item x="28"/>
         <item x="29"/>
-        <item x="30"/>
-[...18 lines deleted...]
-        <item x="49"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField axis="axisRow" showAll="0" sortType="ascending">
-      <items count="5">
+      <items count="6">
         <item x="3"/>
+        <item x="2"/>
         <item x="0"/>
-        <item x="2"/>
         <item x="1"/>
+        <item m="1" x="4"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField showAll="0"/>
     <pivotField showAll="0"/>
     <pivotField showAll="0"/>
     <pivotField axis="axisCol" showAll="0" sortType="ascending">
-      <items count="40">
-        <item x="10"/>
+      <items count="42">
+        <item x="20"/>
+        <item x="6"/>
+        <item x="0"/>
+        <item x="36"/>
+        <item x="21"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item m="1" x="40"/>
+        <item x="25"/>
+        <item x="3"/>
+        <item x="11"/>
+        <item x="26"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="27"/>
+        <item x="7"/>
+        <item x="28"/>
+        <item x="37"/>
+        <item x="34"/>
+        <item x="30"/>
+        <item x="8"/>
+        <item x="18"/>
+        <item x="2"/>
         <item x="32"/>
         <item x="19"/>
-        <item x="7"/>
+        <item x="14"/>
+        <item x="4"/>
+        <item x="39"/>
+        <item x="9"/>
+        <item x="1"/>
+        <item x="35"/>
+        <item x="29"/>
+        <item x="22"/>
+        <item x="10"/>
+        <item x="31"/>
         <item x="38"/>
-        <item x="1"/>
-[...6 lines deleted...]
-        <item x="26"/>
         <item x="5"/>
-        <item x="37"/>
-[...7 lines deleted...]
-        <item x="20"/>
         <item x="33"/>
-        <item x="6"/>
-[...13 lines deleted...]
-        <item x="16"/>
         <item t="default"/>
       </items>
     </pivotField>
     <pivotField showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
     <pivotField showAll="0"/>
     <pivotField showAll="0"/>
     <pivotField showAll="0"/>
     <pivotField showAll="0"/>
   </pivotFields>
   <rowFields count="2">
     <field x="1"/>
     <field x="0"/>
   </rowFields>
-  <rowItems count="55">
+  <rowItems count="57">
     <i>
       <x/>
     </i>
     <i r="1">
-      <x v="39"/>
+      <x v="42"/>
     </i>
     <i>
       <x v="1"/>
     </i>
     <i r="1">
       <x/>
     </i>
     <i r="1">
       <x v="1"/>
     </i>
     <i r="1">
-      <x v="2"/>
+      <x v="4"/>
     </i>
     <i r="1">
-      <x v="4"/>
+      <x v="5"/>
     </i>
     <i r="1">
       <x v="6"/>
     </i>
     <i r="1">
-      <x v="7"/>
+      <x v="9"/>
     </i>
     <i r="1">
-      <x v="10"/>
+      <x v="11"/>
     </i>
     <i r="1">
       <x v="12"/>
     </i>
     <i r="1">
       <x v="13"/>
     </i>
     <i r="1">
       <x v="16"/>
     </i>
     <i r="1">
       <x v="17"/>
     </i>
     <i r="1">
       <x v="18"/>
     </i>
     <i r="1">
       <x v="21"/>
     </i>
     <i r="1">
-      <x v="26"/>
+      <x v="22"/>
     </i>
     <i r="1">
       <x v="27"/>
     </i>
     <i r="1">
-      <x v="33"/>
+      <x v="28"/>
     </i>
     <i r="1">
       <x v="35"/>
     </i>
     <i r="1">
-      <x v="36"/>
+      <x v="37"/>
     </i>
     <i r="1">
-      <x v="44"/>
-[...2 lines deleted...]
-      <x v="46"/>
+      <x v="38"/>
     </i>
     <i r="1">
       <x v="47"/>
+    </i>
+    <i r="1">
+      <x v="49"/>
+    </i>
+    <i r="1">
+      <x v="50"/>
     </i>
     <i>
       <x v="2"/>
     </i>
     <i r="1">
-      <x v="5"/>
+      <x v="3"/>
+    </i>
+    <i r="1">
+      <x v="7"/>
+    </i>
+    <i r="1">
+      <x v="19"/>
+    </i>
+    <i r="1">
+      <x v="24"/>
+    </i>
+    <i r="1">
+      <x v="29"/>
+    </i>
+    <i r="1">
+      <x v="31"/>
+    </i>
+    <i r="1">
+      <x v="34"/>
+    </i>
+    <i r="1">
+      <x v="36"/>
+    </i>
+    <i r="1">
+      <x v="41"/>
+    </i>
+    <i r="1">
+      <x v="43"/>
+    </i>
+    <i r="1">
+      <x v="51"/>
+    </i>
+    <i r="1">
+      <x v="52"/>
+    </i>
+    <i>
+      <x v="3"/>
+    </i>
+    <i r="1">
+      <x v="2"/>
     </i>
     <i r="1">
       <x v="8"/>
     </i>
     <i r="1">
-      <x v="19"/>
-[...35 lines deleted...]
-      <x v="11"/>
+      <x v="10"/>
     </i>
     <i r="1">
       <x v="14"/>
     </i>
     <i r="1">
       <x v="15"/>
     </i>
     <i r="1">
       <x v="20"/>
     </i>
     <i r="1">
-      <x v="22"/>
-[...2 lines deleted...]
-      <x v="24"/>
+      <x v="23"/>
     </i>
     <i r="1">
       <x v="25"/>
     </i>
     <i r="1">
-      <x v="29"/>
+      <x v="26"/>
     </i>
     <i r="1">
-      <x v="31"/>
+      <x v="30"/>
     </i>
     <i r="1">
       <x v="32"/>
     </i>
     <i r="1">
-      <x v="37"/>
+      <x v="33"/>
     </i>
     <i r="1">
-      <x v="41"/>
+      <x v="40"/>
     </i>
     <i r="1">
-      <x v="42"/>
-[...2 lines deleted...]
-      <x v="43"/>
+      <x v="44"/>
     </i>
     <i r="1">
       <x v="45"/>
+    </i>
+    <i r="1">
+      <x v="46"/>
+    </i>
+    <i r="1">
+      <x v="48"/>
     </i>
     <i t="grand">
       <x/>
     </i>
   </rowItems>
   <colFields count="1">
     <field x="5"/>
   </colFields>
-  <colItems count="40">
+  <colItems count="41">
     <i>
       <x/>
     </i>
     <i>
       <x v="1"/>
     </i>
     <i>
       <x v="2"/>
     </i>
     <i>
       <x v="3"/>
     </i>
     <i>
       <x v="4"/>
     </i>
     <i>
       <x v="5"/>
     </i>
     <i>
       <x v="6"/>
     </i>
     <i>
       <x v="7"/>
     </i>
     <i>
       <x v="8"/>
-    </i>
-[...1 lines deleted...]
-      <x v="9"/>
     </i>
     <i>
       <x v="10"/>
     </i>
     <i>
       <x v="11"/>
     </i>
     <i>
       <x v="12"/>
     </i>
     <i>
       <x v="13"/>
     </i>
     <i>
       <x v="14"/>
     </i>
     <i>
       <x v="15"/>
     </i>
     <i>
       <x v="16"/>
     </i>
     <i>
       <x v="17"/>
     </i>
@@ -9416,116 +9918,128 @@
     </i>
     <i>
       <x v="31"/>
     </i>
     <i>
       <x v="32"/>
     </i>
     <i>
       <x v="33"/>
     </i>
     <i>
       <x v="34"/>
     </i>
     <i>
       <x v="35"/>
     </i>
     <i>
       <x v="36"/>
     </i>
     <i>
       <x v="37"/>
     </i>
     <i>
       <x v="38"/>
     </i>
+    <i>
+      <x v="39"/>
+    </i>
+    <i>
+      <x v="40"/>
+    </i>
     <i t="grand">
       <x/>
     </i>
   </colItems>
   <dataFields count="1">
-    <dataField name="Disposed Solid Waste by Landfill (tons)" fld="7" baseField="0" baseItem="0" numFmtId="43"/>
+    <dataField name="Disposed Solid Waste by Landfill (tons)" fld="7" baseField="0" baseItem="0" numFmtId="164"/>
   </dataFields>
-  <formats count="1">
-    <format dxfId="1">
+  <formats count="3">
+    <format dxfId="0">
       <pivotArea outline="0" collapsedLevelsAreSubtotals="1" fieldPosition="0"/>
     </format>
+    <format dxfId="1">
+      <pivotArea grandRow="1" outline="0" collapsedLevelsAreSubtotals="1" fieldPosition="0"/>
+    </format>
+    <format dxfId="2">
+      <pivotArea dataOnly="0" labelOnly="1" grandRow="1" outline="0" fieldPosition="0"/>
+    </format>
   </formats>
-  <pivotTableStyleInfo name="PivotStyleMedium14" showRowHeaders="1" showColHeaders="1" showRowStripes="1" showColStripes="1" showLastColumn="1"/>
+  <pivotTableStyleInfo name="PivotStyleMedium13" showRowHeaders="1" showColHeaders="1" showRowStripes="1" showColStripes="1" showLastColumn="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" hideValuesRow="1"/>
     </ext>
     <ext xmlns:xpdl="http://schemas.microsoft.com/office/spreadsheetml/2016/pivotdefaultlayout" uri="{747A6164-185A-40DC-8AA5-F01512510D54}">
       <xpdl:pivotTableDefinition16/>
     </ext>
   </extLst>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 - 2022">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 - 2022">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -9587,51 +10101,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 - 2022">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -9729,3554 +10243,3711 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="../pivotTables/pivotTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4AA36B1F-E8CA-4999-8D2D-29FB835A3DE9}">
-  <dimension ref="A1:AO59"/>
+  <dimension ref="A1:AP61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="4" topLeftCell="B5" activePane="bottomRight" state="frozen"/>
+      <selection pane="bottomRight"/>
+      <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
-      <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="48" style="2" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="17.28515625" style="2" bestFit="1" customWidth="1"/>
-[...39 lines deleted...]
-    <col min="42" max="16384" width="9.140625" style="2"/>
+    <col min="2" max="2" width="17.140625" style="2" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="9" style="2" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="36.42578125" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="21.5703125" style="2" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="36.140625" style="2" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="9.5703125" style="2" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="9" style="2" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="17.42578125" style="2" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="17.28515625" style="2" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="9" style="2" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="31.5703125" style="2" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="25.28515625" style="2" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="14.85546875" style="2" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="17.7109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="36.5703125" style="2" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="21.140625" style="2" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="5.7109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="15.7109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="11.42578125" style="2" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="18.5703125" style="2" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="5.42578125" style="2" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="19.7109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="14.42578125" style="2" bestFit="1" customWidth="1"/>
+    <col min="25" max="25" width="31.85546875" style="2" bestFit="1" customWidth="1"/>
+    <col min="26" max="26" width="33" style="2" bestFit="1" customWidth="1"/>
+    <col min="27" max="27" width="8" style="2" bestFit="1" customWidth="1"/>
+    <col min="28" max="28" width="28.5703125" style="2" bestFit="1" customWidth="1"/>
+    <col min="29" max="29" width="18" style="2" bestFit="1" customWidth="1"/>
+    <col min="30" max="30" width="16.7109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="31" max="31" width="17.28515625" style="2" bestFit="1" customWidth="1"/>
+    <col min="32" max="32" width="14.42578125" style="2" bestFit="1" customWidth="1"/>
+    <col min="33" max="33" width="15.5703125" style="2" bestFit="1" customWidth="1"/>
+    <col min="34" max="34" width="24.7109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="35" max="35" width="14" style="2" bestFit="1" customWidth="1"/>
+    <col min="36" max="36" width="15.28515625" style="2" bestFit="1" customWidth="1"/>
+    <col min="37" max="37" width="29.85546875" style="2" bestFit="1" customWidth="1"/>
+    <col min="38" max="38" width="45.140625" style="2" bestFit="1" customWidth="1"/>
+    <col min="39" max="39" width="12.5703125" style="2" bestFit="1" customWidth="1"/>
+    <col min="40" max="40" width="11.140625" style="2" bestFit="1" customWidth="1"/>
+    <col min="41" max="41" width="22.28515625" style="2" bestFit="1" customWidth="1"/>
+    <col min="42" max="43" width="11.5703125" style="2" bestFit="1" customWidth="1"/>
+    <col min="44" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:41" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:42">
       <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:42">
+      <c r="A3" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="B3" s="7" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:42">
+      <c r="A4" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="B4" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C4" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E4" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="F4" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="G4" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="H4" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="I4" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="J4" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="K4" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="L4" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="M4" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="N4" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="O4" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="P4" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="Q4" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="R4" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="S4" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="T4" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="U4" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="V4" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="W4" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="X4" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="Y4" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="Z4" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="AA4" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="AB4" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="AC4" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="AD4" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="AE4" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="AF4" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="AG4" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="AH4" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="AI4" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="AJ4" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="AK4" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="AL4" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="AM4" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="AN4" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="AO4" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="AP4" s="2" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:42">
+      <c r="A5" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" s="5"/>
+      <c r="C5" s="5"/>
+      <c r="D5" s="5"/>
+      <c r="E5" s="5"/>
+      <c r="F5" s="5"/>
+      <c r="G5" s="5"/>
+      <c r="H5" s="5"/>
+      <c r="I5" s="5"/>
+      <c r="J5" s="5"/>
+      <c r="K5" s="5"/>
+      <c r="L5" s="5"/>
+      <c r="M5" s="5"/>
+      <c r="N5" s="5"/>
+      <c r="O5" s="5"/>
+      <c r="P5" s="5"/>
+      <c r="Q5" s="5"/>
+      <c r="R5" s="5"/>
+      <c r="S5" s="5"/>
+      <c r="T5" s="5"/>
+      <c r="U5" s="5"/>
+      <c r="V5" s="5"/>
+      <c r="W5" s="5"/>
+      <c r="X5" s="5">
+        <v>510.20000000000005</v>
+      </c>
+      <c r="Y5" s="5"/>
+      <c r="Z5" s="5">
+        <v>235921.40000000002</v>
+      </c>
+      <c r="AA5" s="5"/>
+      <c r="AB5" s="5"/>
+      <c r="AC5" s="5"/>
+      <c r="AD5" s="5"/>
+      <c r="AE5" s="5"/>
+      <c r="AF5" s="5"/>
+      <c r="AG5" s="5"/>
+      <c r="AH5" s="5"/>
+      <c r="AI5" s="5"/>
+      <c r="AJ5" s="5">
+        <v>161.6</v>
+      </c>
+      <c r="AK5" s="5"/>
+      <c r="AL5" s="5"/>
+      <c r="AM5" s="5"/>
+      <c r="AN5" s="5"/>
+      <c r="AO5" s="5"/>
+      <c r="AP5" s="5">
+        <v>236593.20000000004</v>
+      </c>
+    </row>
+    <row r="6" spans="1:42">
+      <c r="A6" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" s="5"/>
+      <c r="C6" s="5"/>
+      <c r="D6" s="5"/>
+      <c r="E6" s="5"/>
+      <c r="F6" s="5"/>
+      <c r="G6" s="5"/>
+      <c r="H6" s="5"/>
+      <c r="I6" s="5"/>
+      <c r="J6" s="5"/>
+      <c r="K6" s="5"/>
+      <c r="L6" s="5"/>
+      <c r="M6" s="5"/>
+      <c r="N6" s="5"/>
+      <c r="O6" s="5"/>
+      <c r="P6" s="5"/>
+      <c r="Q6" s="5"/>
+      <c r="R6" s="5"/>
+      <c r="S6" s="5"/>
+      <c r="T6" s="5"/>
+      <c r="U6" s="5"/>
+      <c r="V6" s="5"/>
+      <c r="W6" s="5"/>
+      <c r="X6" s="5">
+        <v>510.20000000000005</v>
+      </c>
+      <c r="Y6" s="5"/>
+      <c r="Z6" s="5">
+        <v>235921.40000000002</v>
+      </c>
+      <c r="AA6" s="5"/>
+      <c r="AB6" s="5"/>
+      <c r="AC6" s="5"/>
+      <c r="AD6" s="5"/>
+      <c r="AE6" s="5"/>
+      <c r="AF6" s="5"/>
+      <c r="AG6" s="5"/>
+      <c r="AH6" s="5"/>
+      <c r="AI6" s="5"/>
+      <c r="AJ6" s="5">
+        <v>161.6</v>
+      </c>
+      <c r="AK6" s="5"/>
+      <c r="AL6" s="5"/>
+      <c r="AM6" s="5"/>
+      <c r="AN6" s="5"/>
+      <c r="AO6" s="5"/>
+      <c r="AP6" s="5">
+        <v>236593.20000000004</v>
+      </c>
+    </row>
+    <row r="7" spans="1:42">
+      <c r="A7" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="B7" s="5">
+        <v>1</v>
+      </c>
+      <c r="C7" s="5"/>
+      <c r="D7" s="5"/>
+      <c r="E7" s="5"/>
+      <c r="F7" s="5">
+        <v>84305.75</v>
+      </c>
+      <c r="G7" s="5"/>
+      <c r="H7" s="5"/>
+      <c r="I7" s="5">
+        <v>7004</v>
+      </c>
+      <c r="J7" s="5">
+        <v>3229</v>
+      </c>
+      <c r="K7" s="5"/>
+      <c r="L7" s="5"/>
+      <c r="M7" s="5">
+        <v>1336.5</v>
+      </c>
+      <c r="N7" s="5">
+        <v>185974.33</v>
+      </c>
+      <c r="O7" s="5"/>
+      <c r="P7" s="5"/>
+      <c r="Q7" s="5"/>
+      <c r="R7" s="5">
+        <v>148</v>
+      </c>
+      <c r="S7" s="5"/>
+      <c r="T7" s="5">
+        <v>135300</v>
+      </c>
+      <c r="U7" s="5"/>
+      <c r="V7" s="5"/>
+      <c r="W7" s="5"/>
+      <c r="X7" s="5"/>
+      <c r="Y7" s="5"/>
+      <c r="Z7" s="5"/>
+      <c r="AA7" s="5"/>
+      <c r="AB7" s="5"/>
+      <c r="AC7" s="5"/>
+      <c r="AD7" s="5"/>
+      <c r="AE7" s="5"/>
+      <c r="AF7" s="5"/>
+      <c r="AG7" s="5">
+        <v>1396291.8</v>
+      </c>
+      <c r="AH7" s="5"/>
+      <c r="AI7" s="5">
+        <v>1</v>
+      </c>
+      <c r="AJ7" s="5"/>
+      <c r="AK7" s="5">
+        <v>845.87</v>
+      </c>
+      <c r="AL7" s="5">
+        <v>405</v>
+      </c>
+      <c r="AM7" s="5"/>
+      <c r="AN7" s="5"/>
+      <c r="AO7" s="5"/>
+      <c r="AP7" s="5">
+        <v>1814842.25</v>
+      </c>
+    </row>
+    <row r="8" spans="1:42">
+      <c r="A8" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B8" s="5"/>
+      <c r="C8" s="5"/>
+      <c r="D8" s="5"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="5">
+        <v>1594</v>
+      </c>
+      <c r="G8" s="5"/>
+      <c r="H8" s="5"/>
+      <c r="I8" s="5"/>
+      <c r="J8" s="5"/>
+      <c r="K8" s="5"/>
+      <c r="L8" s="5"/>
+      <c r="M8" s="5"/>
+      <c r="N8" s="5">
+        <v>38271</v>
+      </c>
+      <c r="O8" s="5"/>
+      <c r="P8" s="5"/>
+      <c r="Q8" s="5"/>
+      <c r="R8" s="5"/>
+      <c r="S8" s="5"/>
+      <c r="T8" s="5"/>
+      <c r="U8" s="5"/>
+      <c r="V8" s="5"/>
+      <c r="W8" s="5"/>
+      <c r="X8" s="5"/>
+      <c r="Y8" s="5"/>
+      <c r="Z8" s="5"/>
+      <c r="AA8" s="5"/>
+      <c r="AB8" s="5"/>
+      <c r="AC8" s="5"/>
+      <c r="AD8" s="5"/>
+      <c r="AE8" s="5"/>
+      <c r="AF8" s="5"/>
+      <c r="AG8" s="5">
+        <v>358786</v>
+      </c>
+      <c r="AH8" s="5"/>
+      <c r="AI8" s="5"/>
+      <c r="AJ8" s="5"/>
+      <c r="AK8" s="5"/>
+      <c r="AL8" s="5"/>
+      <c r="AM8" s="5"/>
+      <c r="AN8" s="5"/>
+      <c r="AO8" s="5"/>
+      <c r="AP8" s="5">
+        <v>398651</v>
+      </c>
+    </row>
+    <row r="9" spans="1:42">
+      <c r="A9" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B9" s="5"/>
+      <c r="C9" s="5"/>
+      <c r="D9" s="5"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="5">
+        <v>14303</v>
+      </c>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+      <c r="K9" s="5"/>
+      <c r="L9" s="5"/>
+      <c r="M9" s="5"/>
+      <c r="N9" s="5">
+        <v>14303</v>
+      </c>
+      <c r="O9" s="5"/>
+      <c r="P9" s="5"/>
+      <c r="Q9" s="5"/>
+      <c r="R9" s="5"/>
+      <c r="S9" s="5"/>
+      <c r="T9" s="5"/>
+      <c r="U9" s="5"/>
+      <c r="V9" s="5"/>
+      <c r="W9" s="5"/>
+      <c r="X9" s="5"/>
+      <c r="Y9" s="5"/>
+      <c r="Z9" s="5"/>
+      <c r="AA9" s="5"/>
+      <c r="AB9" s="5"/>
+      <c r="AC9" s="5"/>
+      <c r="AD9" s="5"/>
+      <c r="AE9" s="5"/>
+      <c r="AF9" s="5"/>
+      <c r="AG9" s="5"/>
+      <c r="AH9" s="5"/>
+      <c r="AI9" s="5"/>
+      <c r="AJ9" s="5"/>
+      <c r="AK9" s="5"/>
+      <c r="AL9" s="5"/>
+      <c r="AM9" s="5"/>
+      <c r="AN9" s="5"/>
+      <c r="AO9" s="5"/>
+      <c r="AP9" s="5">
+        <v>28606</v>
+      </c>
+    </row>
+    <row r="10" spans="1:42">
+      <c r="A10" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B10" s="5"/>
+      <c r="C10" s="5"/>
+      <c r="D10" s="5"/>
+      <c r="E10" s="5"/>
+      <c r="F10" s="5">
+        <v>1498</v>
+      </c>
+      <c r="G10" s="5"/>
+      <c r="H10" s="5"/>
+      <c r="I10" s="5">
+        <v>2338</v>
+      </c>
+      <c r="J10" s="5"/>
+      <c r="K10" s="5"/>
+      <c r="L10" s="5"/>
+      <c r="M10" s="5"/>
+      <c r="N10" s="5">
+        <v>3150</v>
+      </c>
+      <c r="O10" s="5"/>
+      <c r="P10" s="5"/>
+      <c r="Q10" s="5"/>
+      <c r="R10" s="5"/>
+      <c r="S10" s="5"/>
+      <c r="T10" s="5"/>
+      <c r="U10" s="5"/>
+      <c r="V10" s="5"/>
+      <c r="W10" s="5"/>
+      <c r="X10" s="5"/>
+      <c r="Y10" s="5"/>
+      <c r="Z10" s="5"/>
+      <c r="AA10" s="5"/>
+      <c r="AB10" s="5"/>
+      <c r="AC10" s="5"/>
+      <c r="AD10" s="5"/>
+      <c r="AE10" s="5"/>
+      <c r="AF10" s="5"/>
+      <c r="AG10" s="5"/>
+      <c r="AH10" s="5"/>
+      <c r="AI10" s="5"/>
+      <c r="AJ10" s="5"/>
+      <c r="AK10" s="5"/>
+      <c r="AL10" s="5"/>
+      <c r="AM10" s="5"/>
+      <c r="AN10" s="5"/>
+      <c r="AO10" s="5"/>
+      <c r="AP10" s="5">
+        <v>6986</v>
+      </c>
+    </row>
+    <row r="11" spans="1:42">
+      <c r="A11" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B11" s="5"/>
+      <c r="C11" s="5"/>
+      <c r="D11" s="5"/>
+      <c r="E11" s="5"/>
+      <c r="F11" s="5"/>
+      <c r="G11" s="5"/>
+      <c r="H11" s="5"/>
+      <c r="I11" s="5">
+        <v>150</v>
+      </c>
+      <c r="J11" s="5"/>
+      <c r="K11" s="5"/>
+      <c r="L11" s="5"/>
+      <c r="M11" s="5"/>
+      <c r="N11" s="5">
+        <v>48</v>
+      </c>
+      <c r="O11" s="5"/>
+      <c r="P11" s="5"/>
+      <c r="Q11" s="5"/>
+      <c r="R11" s="5"/>
+      <c r="S11" s="5"/>
+      <c r="T11" s="5"/>
+      <c r="U11" s="5"/>
+      <c r="V11" s="5"/>
+      <c r="W11" s="5"/>
+      <c r="X11" s="5"/>
+      <c r="Y11" s="5"/>
+      <c r="Z11" s="5"/>
+      <c r="AA11" s="5"/>
+      <c r="AB11" s="5"/>
+      <c r="AC11" s="5"/>
+      <c r="AD11" s="5"/>
+      <c r="AE11" s="5"/>
+      <c r="AF11" s="5"/>
+      <c r="AG11" s="5">
+        <v>352</v>
+      </c>
+      <c r="AH11" s="5"/>
+      <c r="AI11" s="5"/>
+      <c r="AJ11" s="5"/>
+      <c r="AK11" s="5"/>
+      <c r="AL11" s="5"/>
+      <c r="AM11" s="5"/>
+      <c r="AN11" s="5"/>
+      <c r="AO11" s="5"/>
+      <c r="AP11" s="5">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="12" spans="1:42">
+      <c r="A12" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" s="5">
+        <v>1</v>
+      </c>
+      <c r="C12" s="5"/>
+      <c r="D12" s="5"/>
+      <c r="E12" s="5"/>
+      <c r="F12" s="5">
+        <v>400</v>
+      </c>
+      <c r="G12" s="5"/>
+      <c r="H12" s="5"/>
+      <c r="I12" s="5">
+        <v>2</v>
+      </c>
+      <c r="J12" s="5">
+        <v>1</v>
+      </c>
+      <c r="K12" s="5"/>
+      <c r="L12" s="5"/>
+      <c r="M12" s="5"/>
+      <c r="N12" s="5">
+        <v>2200</v>
+      </c>
+      <c r="O12" s="5"/>
+      <c r="P12" s="5"/>
+      <c r="Q12" s="5"/>
+      <c r="R12" s="5">
+        <v>1</v>
+      </c>
+      <c r="S12" s="5"/>
+      <c r="T12" s="5"/>
+      <c r="U12" s="5"/>
+      <c r="V12" s="5"/>
+      <c r="W12" s="5"/>
+      <c r="X12" s="5"/>
+      <c r="Y12" s="5"/>
+      <c r="Z12" s="5"/>
+      <c r="AA12" s="5"/>
+      <c r="AB12" s="5"/>
+      <c r="AC12" s="5"/>
+      <c r="AD12" s="5"/>
+      <c r="AE12" s="5"/>
+      <c r="AF12" s="5"/>
+      <c r="AG12" s="5">
+        <v>800</v>
+      </c>
+      <c r="AH12" s="5"/>
+      <c r="AI12" s="5">
+        <v>1</v>
+      </c>
+      <c r="AJ12" s="5"/>
+      <c r="AK12" s="5"/>
+      <c r="AL12" s="5"/>
+      <c r="AM12" s="5"/>
+      <c r="AN12" s="5"/>
+      <c r="AO12" s="5"/>
+      <c r="AP12" s="5">
+        <v>3406</v>
+      </c>
+    </row>
+    <row r="13" spans="1:42">
+      <c r="A13" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B13" s="5"/>
+      <c r="C13" s="5"/>
+      <c r="D13" s="5"/>
+      <c r="E13" s="5"/>
+      <c r="F13" s="5">
+        <v>37566</v>
+      </c>
+      <c r="G13" s="5"/>
+      <c r="H13" s="5"/>
+      <c r="I13" s="5"/>
+      <c r="J13" s="5"/>
+      <c r="K13" s="5"/>
+      <c r="L13" s="5"/>
+      <c r="M13" s="5"/>
+      <c r="N13" s="5">
+        <v>37566</v>
+      </c>
+      <c r="O13" s="5"/>
+      <c r="P13" s="5"/>
+      <c r="Q13" s="5"/>
+      <c r="R13" s="5"/>
+      <c r="S13" s="5"/>
+      <c r="T13" s="5"/>
+      <c r="U13" s="5"/>
+      <c r="V13" s="5"/>
+      <c r="W13" s="5"/>
+      <c r="X13" s="5"/>
+      <c r="Y13" s="5"/>
+      <c r="Z13" s="5"/>
+      <c r="AA13" s="5"/>
+      <c r="AB13" s="5"/>
+      <c r="AC13" s="5"/>
+      <c r="AD13" s="5"/>
+      <c r="AE13" s="5"/>
+      <c r="AF13" s="5"/>
+      <c r="AG13" s="5"/>
+      <c r="AH13" s="5"/>
+      <c r="AI13" s="5"/>
+      <c r="AJ13" s="5"/>
+      <c r="AK13" s="5"/>
+      <c r="AL13" s="5"/>
+      <c r="AM13" s="5"/>
+      <c r="AN13" s="5"/>
+      <c r="AO13" s="5"/>
+      <c r="AP13" s="5">
+        <v>75132</v>
+      </c>
+    </row>
+    <row r="14" spans="1:42">
+      <c r="A14" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B14" s="5"/>
+      <c r="C14" s="5"/>
+      <c r="D14" s="5"/>
+      <c r="E14" s="5"/>
+      <c r="F14" s="5">
+        <v>1000</v>
+      </c>
+      <c r="G14" s="5"/>
+      <c r="H14" s="5"/>
+      <c r="I14" s="5"/>
+      <c r="J14" s="5"/>
+      <c r="K14" s="5"/>
+      <c r="L14" s="5"/>
+      <c r="M14" s="5"/>
+      <c r="N14" s="5">
+        <v>1220</v>
+      </c>
+      <c r="O14" s="5"/>
+      <c r="P14" s="5"/>
+      <c r="Q14" s="5"/>
+      <c r="R14" s="5"/>
+      <c r="S14" s="5"/>
+      <c r="T14" s="5"/>
+      <c r="U14" s="5"/>
+      <c r="V14" s="5"/>
+      <c r="W14" s="5"/>
+      <c r="X14" s="5"/>
+      <c r="Y14" s="5"/>
+      <c r="Z14" s="5"/>
+      <c r="AA14" s="5"/>
+      <c r="AB14" s="5"/>
+      <c r="AC14" s="5"/>
+      <c r="AD14" s="5"/>
+      <c r="AE14" s="5"/>
+      <c r="AF14" s="5"/>
+      <c r="AG14" s="5">
+        <v>5652</v>
+      </c>
+      <c r="AH14" s="5"/>
+      <c r="AI14" s="5"/>
+      <c r="AJ14" s="5"/>
+      <c r="AK14" s="5"/>
+      <c r="AL14" s="5"/>
+      <c r="AM14" s="5"/>
+      <c r="AN14" s="5"/>
+      <c r="AO14" s="5"/>
+      <c r="AP14" s="5">
+        <v>7872</v>
+      </c>
+    </row>
+    <row r="15" spans="1:42">
+      <c r="A15" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B15" s="5"/>
+      <c r="C15" s="5"/>
+      <c r="D15" s="5"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="5">
+        <v>1</v>
+      </c>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+      <c r="K15" s="5"/>
+      <c r="L15" s="5"/>
+      <c r="M15" s="5">
+        <v>1336.5</v>
+      </c>
+      <c r="N15" s="5">
+        <v>1</v>
+      </c>
+      <c r="O15" s="5"/>
+      <c r="P15" s="5"/>
+      <c r="Q15" s="5"/>
+      <c r="R15" s="5"/>
+      <c r="S15" s="5"/>
+      <c r="T15" s="5"/>
+      <c r="U15" s="5"/>
+      <c r="V15" s="5"/>
+      <c r="W15" s="5"/>
+      <c r="X15" s="5"/>
+      <c r="Y15" s="5"/>
+      <c r="Z15" s="5"/>
+      <c r="AA15" s="5"/>
+      <c r="AB15" s="5"/>
+      <c r="AC15" s="5"/>
+      <c r="AD15" s="5"/>
+      <c r="AE15" s="5"/>
+      <c r="AF15" s="5"/>
+      <c r="AG15" s="5"/>
+      <c r="AH15" s="5"/>
+      <c r="AI15" s="5"/>
+      <c r="AJ15" s="5"/>
+      <c r="AK15" s="5"/>
+      <c r="AL15" s="5"/>
+      <c r="AM15" s="5"/>
+      <c r="AN15" s="5"/>
+      <c r="AO15" s="5"/>
+      <c r="AP15" s="5">
+        <v>1338.5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:42">
+      <c r="A16" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B16" s="5"/>
+      <c r="C16" s="5"/>
+      <c r="D16" s="5"/>
+      <c r="E16" s="5"/>
+      <c r="F16" s="5">
+        <v>53.5</v>
+      </c>
+      <c r="G16" s="5"/>
+      <c r="H16" s="5"/>
+      <c r="I16" s="5"/>
+      <c r="J16" s="5"/>
+      <c r="K16" s="5"/>
+      <c r="L16" s="5"/>
+      <c r="M16" s="5"/>
+      <c r="N16" s="5">
+        <v>118</v>
+      </c>
+      <c r="O16" s="5"/>
+      <c r="P16" s="5"/>
+      <c r="Q16" s="5"/>
+      <c r="R16" s="5"/>
+      <c r="S16" s="5"/>
+      <c r="T16" s="5"/>
+      <c r="U16" s="5"/>
+      <c r="V16" s="5"/>
+      <c r="W16" s="5"/>
+      <c r="X16" s="5"/>
+      <c r="Y16" s="5"/>
+      <c r="Z16" s="5"/>
+      <c r="AA16" s="5"/>
+      <c r="AB16" s="5"/>
+      <c r="AC16" s="5"/>
+      <c r="AD16" s="5"/>
+      <c r="AE16" s="5"/>
+      <c r="AF16" s="5"/>
+      <c r="AG16" s="5">
+        <v>610.5</v>
+      </c>
+      <c r="AH16" s="5"/>
+      <c r="AI16" s="5"/>
+      <c r="AJ16" s="5"/>
+      <c r="AK16" s="5">
+        <v>815.5</v>
+      </c>
+      <c r="AL16" s="5"/>
+      <c r="AM16" s="5"/>
+      <c r="AN16" s="5"/>
+      <c r="AO16" s="5"/>
+      <c r="AP16" s="5">
+        <v>1597.5</v>
+      </c>
+    </row>
+    <row r="17" spans="1:42">
+      <c r="A17" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B17" s="5"/>
+      <c r="C17" s="5"/>
+      <c r="D17" s="5"/>
+      <c r="E17" s="5"/>
+      <c r="F17" s="5">
+        <v>20035</v>
+      </c>
+      <c r="G17" s="5"/>
+      <c r="H17" s="5"/>
+      <c r="I17" s="5"/>
+      <c r="J17" s="5"/>
+      <c r="K17" s="5"/>
+      <c r="L17" s="5"/>
+      <c r="M17" s="5"/>
+      <c r="N17" s="5">
+        <v>20035</v>
+      </c>
+      <c r="O17" s="5"/>
+      <c r="P17" s="5"/>
+      <c r="Q17" s="5"/>
+      <c r="R17" s="5"/>
+      <c r="S17" s="5"/>
+      <c r="T17" s="5"/>
+      <c r="U17" s="5"/>
+      <c r="V17" s="5"/>
+      <c r="W17" s="5"/>
+      <c r="X17" s="5"/>
+      <c r="Y17" s="5"/>
+      <c r="Z17" s="5"/>
+      <c r="AA17" s="5"/>
+      <c r="AB17" s="5"/>
+      <c r="AC17" s="5"/>
+      <c r="AD17" s="5"/>
+      <c r="AE17" s="5"/>
+      <c r="AF17" s="5"/>
+      <c r="AG17" s="5"/>
+      <c r="AH17" s="5"/>
+      <c r="AI17" s="5"/>
+      <c r="AJ17" s="5"/>
+      <c r="AK17" s="5"/>
+      <c r="AL17" s="5"/>
+      <c r="AM17" s="5"/>
+      <c r="AN17" s="5"/>
+      <c r="AO17" s="5"/>
+      <c r="AP17" s="5">
+        <v>40070</v>
+      </c>
+    </row>
+    <row r="18" spans="1:42">
+      <c r="A18" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B18" s="5"/>
+      <c r="C18" s="5"/>
+      <c r="D18" s="5"/>
+      <c r="E18" s="5"/>
+      <c r="F18" s="5"/>
+      <c r="G18" s="5"/>
+      <c r="H18" s="5"/>
+      <c r="I18" s="5"/>
+      <c r="J18" s="5"/>
+      <c r="K18" s="5"/>
+      <c r="L18" s="5"/>
+      <c r="M18" s="5"/>
+      <c r="N18" s="5"/>
+      <c r="O18" s="5"/>
+      <c r="P18" s="5"/>
+      <c r="Q18" s="5"/>
+      <c r="R18" s="5"/>
+      <c r="S18" s="5"/>
+      <c r="T18" s="5"/>
+      <c r="U18" s="5"/>
+      <c r="V18" s="5"/>
+      <c r="W18" s="5"/>
+      <c r="X18" s="5"/>
+      <c r="Y18" s="5"/>
+      <c r="Z18" s="5"/>
+      <c r="AA18" s="5"/>
+      <c r="AB18" s="5"/>
+      <c r="AC18" s="5"/>
+      <c r="AD18" s="5"/>
+      <c r="AE18" s="5"/>
+      <c r="AF18" s="5"/>
+      <c r="AG18" s="5">
+        <v>5</v>
+      </c>
+      <c r="AH18" s="5"/>
+      <c r="AI18" s="5"/>
+      <c r="AJ18" s="5"/>
+      <c r="AK18" s="5"/>
+      <c r="AL18" s="5"/>
+      <c r="AM18" s="5"/>
+      <c r="AN18" s="5"/>
+      <c r="AO18" s="5"/>
+      <c r="AP18" s="5">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="19" spans="1:42">
+      <c r="A19" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B19" s="5"/>
+      <c r="C19" s="5"/>
+      <c r="D19" s="5"/>
+      <c r="E19" s="5"/>
+      <c r="F19" s="5">
+        <v>98</v>
+      </c>
+      <c r="G19" s="5"/>
+      <c r="H19" s="5"/>
+      <c r="I19" s="5"/>
+      <c r="J19" s="5"/>
+      <c r="K19" s="5"/>
+      <c r="L19" s="5"/>
+      <c r="M19" s="5"/>
+      <c r="N19" s="5"/>
+      <c r="O19" s="5"/>
+      <c r="P19" s="5"/>
+      <c r="Q19" s="5"/>
+      <c r="R19" s="5"/>
+      <c r="S19" s="5"/>
+      <c r="T19" s="5"/>
+      <c r="U19" s="5"/>
+      <c r="V19" s="5"/>
+      <c r="W19" s="5"/>
+      <c r="X19" s="5"/>
+      <c r="Y19" s="5"/>
+      <c r="Z19" s="5"/>
+      <c r="AA19" s="5"/>
+      <c r="AB19" s="5"/>
+      <c r="AC19" s="5"/>
+      <c r="AD19" s="5"/>
+      <c r="AE19" s="5"/>
+      <c r="AF19" s="5"/>
+      <c r="AG19" s="5">
+        <v>73</v>
+      </c>
+      <c r="AH19" s="5"/>
+      <c r="AI19" s="5"/>
+      <c r="AJ19" s="5"/>
+      <c r="AK19" s="5"/>
+      <c r="AL19" s="5"/>
+      <c r="AM19" s="5"/>
+      <c r="AN19" s="5"/>
+      <c r="AO19" s="5"/>
+      <c r="AP19" s="5">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="20" spans="1:42">
+      <c r="A20" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B20" s="5"/>
+      <c r="C20" s="5"/>
+      <c r="D20" s="5"/>
+      <c r="E20" s="5"/>
+      <c r="F20" s="5"/>
+      <c r="G20" s="5"/>
+      <c r="H20" s="5"/>
+      <c r="I20" s="5"/>
+      <c r="J20" s="5"/>
+      <c r="K20" s="5"/>
+      <c r="L20" s="5"/>
+      <c r="M20" s="5"/>
+      <c r="N20" s="5"/>
+      <c r="O20" s="5"/>
+      <c r="P20" s="5"/>
+      <c r="Q20" s="5"/>
+      <c r="R20" s="5"/>
+      <c r="S20" s="5"/>
+      <c r="T20" s="5"/>
+      <c r="U20" s="5"/>
+      <c r="V20" s="5"/>
+      <c r="W20" s="5"/>
+      <c r="X20" s="5"/>
+      <c r="Y20" s="5"/>
+      <c r="Z20" s="5"/>
+      <c r="AA20" s="5"/>
+      <c r="AB20" s="5"/>
+      <c r="AC20" s="5"/>
+      <c r="AD20" s="5"/>
+      <c r="AE20" s="5"/>
+      <c r="AF20" s="5"/>
+      <c r="AG20" s="5"/>
+      <c r="AH20" s="5"/>
+      <c r="AI20" s="5"/>
+      <c r="AJ20" s="5"/>
+      <c r="AK20" s="5"/>
+      <c r="AL20" s="5">
+        <v>405</v>
+      </c>
+      <c r="AM20" s="5"/>
+      <c r="AN20" s="5"/>
+      <c r="AO20" s="5"/>
+      <c r="AP20" s="5">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="21" spans="1:42">
+      <c r="A21" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B21" s="5"/>
+      <c r="C21" s="5"/>
+      <c r="D21" s="5"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="5">
+        <v>2000</v>
+      </c>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5">
+        <v>750</v>
+      </c>
+      <c r="J21" s="5"/>
+      <c r="K21" s="5"/>
+      <c r="L21" s="5"/>
+      <c r="M21" s="5"/>
+      <c r="N21" s="5">
+        <v>3000</v>
+      </c>
+      <c r="O21" s="5"/>
+      <c r="P21" s="5"/>
+      <c r="Q21" s="5"/>
+      <c r="R21" s="5"/>
+      <c r="S21" s="5"/>
+      <c r="T21" s="5"/>
+      <c r="U21" s="5"/>
+      <c r="V21" s="5"/>
+      <c r="W21" s="5"/>
+      <c r="X21" s="5"/>
+      <c r="Y21" s="5"/>
+      <c r="Z21" s="5"/>
+      <c r="AA21" s="5"/>
+      <c r="AB21" s="5"/>
+      <c r="AC21" s="5"/>
+      <c r="AD21" s="5"/>
+      <c r="AE21" s="5"/>
+      <c r="AF21" s="5"/>
+      <c r="AG21" s="5">
+        <v>1000</v>
+      </c>
+      <c r="AH21" s="5"/>
+      <c r="AI21" s="5"/>
+      <c r="AJ21" s="5"/>
+      <c r="AK21" s="5"/>
+      <c r="AL21" s="5"/>
+      <c r="AM21" s="5"/>
+      <c r="AN21" s="5"/>
+      <c r="AO21" s="5"/>
+      <c r="AP21" s="5">
+        <v>6750</v>
+      </c>
+    </row>
+    <row r="22" spans="1:42">
+      <c r="A22" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="B22" s="5"/>
+      <c r="C22" s="5"/>
+      <c r="D22" s="5"/>
+      <c r="E22" s="5"/>
+      <c r="F22" s="5"/>
+      <c r="G22" s="5"/>
+      <c r="H22" s="5"/>
+      <c r="I22" s="5"/>
+      <c r="J22" s="5"/>
+      <c r="K22" s="5"/>
+      <c r="L22" s="5"/>
+      <c r="M22" s="5"/>
+      <c r="N22" s="5"/>
+      <c r="O22" s="5"/>
+      <c r="P22" s="5"/>
+      <c r="Q22" s="5"/>
+      <c r="R22" s="5"/>
+      <c r="S22" s="5"/>
+      <c r="T22" s="5"/>
+      <c r="U22" s="5"/>
+      <c r="V22" s="5"/>
+      <c r="W22" s="5"/>
+      <c r="X22" s="5"/>
+      <c r="Y22" s="5"/>
+      <c r="Z22" s="5"/>
+      <c r="AA22" s="5"/>
+      <c r="AB22" s="5"/>
+      <c r="AC22" s="5"/>
+      <c r="AD22" s="5"/>
+      <c r="AE22" s="5"/>
+      <c r="AF22" s="5"/>
+      <c r="AG22" s="5">
+        <v>950000</v>
+      </c>
+      <c r="AH22" s="5"/>
+      <c r="AI22" s="5"/>
+      <c r="AJ22" s="5"/>
+      <c r="AK22" s="5"/>
+      <c r="AL22" s="5"/>
+      <c r="AM22" s="5"/>
+      <c r="AN22" s="5"/>
+      <c r="AO22" s="5"/>
+      <c r="AP22" s="5">
+        <v>950000</v>
+      </c>
+    </row>
+    <row r="23" spans="1:42">
+      <c r="A23" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="B23" s="5"/>
+      <c r="C23" s="5"/>
+      <c r="D23" s="5"/>
+      <c r="E23" s="5"/>
+      <c r="F23" s="5"/>
+      <c r="G23" s="5"/>
+      <c r="H23" s="5"/>
+      <c r="I23" s="5"/>
+      <c r="J23" s="5"/>
+      <c r="K23" s="5"/>
+      <c r="L23" s="5"/>
+      <c r="M23" s="5"/>
+      <c r="N23" s="5">
+        <v>57519.06</v>
+      </c>
+      <c r="O23" s="5"/>
+      <c r="P23" s="5"/>
+      <c r="Q23" s="5"/>
+      <c r="R23" s="5"/>
+      <c r="S23" s="5"/>
+      <c r="T23" s="5"/>
+      <c r="U23" s="5"/>
+      <c r="V23" s="5"/>
+      <c r="W23" s="5"/>
+      <c r="X23" s="5"/>
+      <c r="Y23" s="5"/>
+      <c r="Z23" s="5"/>
+      <c r="AA23" s="5"/>
+      <c r="AB23" s="5"/>
+      <c r="AC23" s="5"/>
+      <c r="AD23" s="5"/>
+      <c r="AE23" s="5"/>
+      <c r="AF23" s="5"/>
+      <c r="AG23" s="5">
+        <v>9651.2999999999993</v>
+      </c>
+      <c r="AH23" s="5"/>
+      <c r="AI23" s="5"/>
+      <c r="AJ23" s="5"/>
+      <c r="AK23" s="5"/>
+      <c r="AL23" s="5"/>
+      <c r="AM23" s="5"/>
+      <c r="AN23" s="5"/>
+      <c r="AO23" s="5"/>
+      <c r="AP23" s="5">
+        <v>67170.36</v>
+      </c>
+    </row>
+    <row r="24" spans="1:42">
+      <c r="A24" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="B24" s="5"/>
+      <c r="C24" s="5"/>
+      <c r="D24" s="5"/>
+      <c r="E24" s="5"/>
+      <c r="F24" s="5">
+        <v>957</v>
+      </c>
+      <c r="G24" s="5"/>
+      <c r="H24" s="5"/>
+      <c r="I24" s="5"/>
+      <c r="J24" s="5"/>
+      <c r="K24" s="5"/>
+      <c r="L24" s="5"/>
+      <c r="M24" s="5"/>
+      <c r="N24" s="5">
+        <v>317</v>
+      </c>
+      <c r="O24" s="5"/>
+      <c r="P24" s="5"/>
+      <c r="Q24" s="5"/>
+      <c r="R24" s="5"/>
+      <c r="S24" s="5"/>
+      <c r="T24" s="5"/>
+      <c r="U24" s="5"/>
+      <c r="V24" s="5"/>
+      <c r="W24" s="5"/>
+      <c r="X24" s="5"/>
+      <c r="Y24" s="5"/>
+      <c r="Z24" s="5"/>
+      <c r="AA24" s="5"/>
+      <c r="AB24" s="5"/>
+      <c r="AC24" s="5"/>
+      <c r="AD24" s="5"/>
+      <c r="AE24" s="5"/>
+      <c r="AF24" s="5"/>
+      <c r="AG24" s="5">
+        <v>7408</v>
+      </c>
+      <c r="AH24" s="5"/>
+      <c r="AI24" s="5"/>
+      <c r="AJ24" s="5"/>
+      <c r="AK24" s="5"/>
+      <c r="AL24" s="5"/>
+      <c r="AM24" s="5"/>
+      <c r="AN24" s="5"/>
+      <c r="AO24" s="5"/>
+      <c r="AP24" s="5">
+        <v>8682</v>
+      </c>
+    </row>
+    <row r="25" spans="1:42">
+      <c r="A25" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="B25" s="5"/>
+      <c r="C25" s="5"/>
+      <c r="D25" s="5"/>
+      <c r="E25" s="5"/>
+      <c r="F25" s="5">
+        <v>17.25</v>
+      </c>
+      <c r="G25" s="5"/>
+      <c r="H25" s="5"/>
+      <c r="I25" s="5"/>
+      <c r="J25" s="5"/>
+      <c r="K25" s="5"/>
+      <c r="L25" s="5"/>
+      <c r="M25" s="5"/>
+      <c r="N25" s="5">
+        <v>9.27</v>
+      </c>
+      <c r="O25" s="5"/>
+      <c r="P25" s="5"/>
+      <c r="Q25" s="5"/>
+      <c r="R25" s="5"/>
+      <c r="S25" s="5"/>
+      <c r="T25" s="5"/>
+      <c r="U25" s="5"/>
+      <c r="V25" s="5"/>
+      <c r="W25" s="5"/>
+      <c r="X25" s="5"/>
+      <c r="Y25" s="5"/>
+      <c r="Z25" s="5"/>
+      <c r="AA25" s="5"/>
+      <c r="AB25" s="5"/>
+      <c r="AC25" s="5"/>
+      <c r="AD25" s="5"/>
+      <c r="AE25" s="5"/>
+      <c r="AF25" s="5"/>
+      <c r="AG25" s="5"/>
+      <c r="AH25" s="5"/>
+      <c r="AI25" s="5"/>
+      <c r="AJ25" s="5"/>
+      <c r="AK25" s="5">
+        <v>30.37</v>
+      </c>
+      <c r="AL25" s="5"/>
+      <c r="AM25" s="5"/>
+      <c r="AN25" s="5"/>
+      <c r="AO25" s="5"/>
+      <c r="AP25" s="5">
+        <v>56.89</v>
+      </c>
+    </row>
+    <row r="26" spans="1:42">
+      <c r="A26" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="B26" s="5"/>
+      <c r="C26" s="5"/>
+      <c r="D26" s="5"/>
+      <c r="E26" s="5"/>
+      <c r="F26" s="5">
+        <v>300</v>
+      </c>
+      <c r="G26" s="5"/>
+      <c r="H26" s="5"/>
+      <c r="I26" s="5">
+        <v>6</v>
+      </c>
+      <c r="J26" s="5"/>
+      <c r="K26" s="5"/>
+      <c r="L26" s="5"/>
+      <c r="M26" s="5"/>
+      <c r="N26" s="5">
+        <v>17</v>
+      </c>
+      <c r="O26" s="5"/>
+      <c r="P26" s="5"/>
+      <c r="Q26" s="5"/>
+      <c r="R26" s="5"/>
+      <c r="S26" s="5"/>
+      <c r="T26" s="5">
+        <v>135300</v>
+      </c>
+      <c r="U26" s="5"/>
+      <c r="V26" s="5"/>
+      <c r="W26" s="5"/>
+      <c r="X26" s="5"/>
+      <c r="Y26" s="5"/>
+      <c r="Z26" s="5"/>
+      <c r="AA26" s="5"/>
+      <c r="AB26" s="5"/>
+      <c r="AC26" s="5"/>
+      <c r="AD26" s="5"/>
+      <c r="AE26" s="5"/>
+      <c r="AF26" s="5"/>
+      <c r="AG26" s="5"/>
+      <c r="AH26" s="5"/>
+      <c r="AI26" s="5"/>
+      <c r="AJ26" s="5"/>
+      <c r="AK26" s="5"/>
+      <c r="AL26" s="5"/>
+      <c r="AM26" s="5"/>
+      <c r="AN26" s="5"/>
+      <c r="AO26" s="5"/>
+      <c r="AP26" s="5">
+        <v>135623</v>
+      </c>
+    </row>
+    <row r="27" spans="1:42">
+      <c r="A27" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="B27" s="5"/>
+      <c r="C27" s="5"/>
+      <c r="D27" s="5"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="5">
+        <v>2712</v>
+      </c>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5">
+        <v>3228</v>
+      </c>
+      <c r="J27" s="5">
+        <v>3228</v>
+      </c>
+      <c r="K27" s="5"/>
+      <c r="L27" s="5"/>
+      <c r="M27" s="5"/>
+      <c r="N27" s="5">
+        <v>1017</v>
+      </c>
+      <c r="O27" s="5"/>
+      <c r="P27" s="5"/>
+      <c r="Q27" s="5"/>
+      <c r="R27" s="5">
+        <v>147</v>
+      </c>
+      <c r="S27" s="5"/>
+      <c r="T27" s="5"/>
+      <c r="U27" s="5"/>
+      <c r="V27" s="5"/>
+      <c r="W27" s="5"/>
+      <c r="X27" s="5"/>
+      <c r="Y27" s="5"/>
+      <c r="Z27" s="5"/>
+      <c r="AA27" s="5"/>
+      <c r="AB27" s="5"/>
+      <c r="AC27" s="5"/>
+      <c r="AD27" s="5"/>
+      <c r="AE27" s="5"/>
+      <c r="AF27" s="5"/>
+      <c r="AG27" s="5">
+        <v>61954</v>
+      </c>
+      <c r="AH27" s="5"/>
+      <c r="AI27" s="5"/>
+      <c r="AJ27" s="5"/>
+      <c r="AK27" s="5"/>
+      <c r="AL27" s="5"/>
+      <c r="AM27" s="5"/>
+      <c r="AN27" s="5"/>
+      <c r="AO27" s="5"/>
+      <c r="AP27" s="5">
+        <v>72286</v>
+      </c>
+    </row>
+    <row r="28" spans="1:42">
+      <c r="A28" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="B28" s="5"/>
+      <c r="C28" s="5"/>
+      <c r="D28" s="5"/>
+      <c r="E28" s="5"/>
+      <c r="F28" s="5">
+        <v>951</v>
+      </c>
+      <c r="G28" s="5"/>
+      <c r="H28" s="5"/>
+      <c r="I28" s="5"/>
+      <c r="J28" s="5"/>
+      <c r="K28" s="5"/>
+      <c r="L28" s="5"/>
+      <c r="M28" s="5"/>
+      <c r="N28" s="5">
+        <v>4433</v>
+      </c>
+      <c r="O28" s="5"/>
+      <c r="P28" s="5"/>
+      <c r="Q28" s="5"/>
+      <c r="R28" s="5"/>
+      <c r="S28" s="5"/>
+      <c r="T28" s="5"/>
+      <c r="U28" s="5"/>
+      <c r="V28" s="5"/>
+      <c r="W28" s="5"/>
+      <c r="X28" s="5"/>
+      <c r="Y28" s="5"/>
+      <c r="Z28" s="5"/>
+      <c r="AA28" s="5"/>
+      <c r="AB28" s="5"/>
+      <c r="AC28" s="5"/>
+      <c r="AD28" s="5"/>
+      <c r="AE28" s="5"/>
+      <c r="AF28" s="5"/>
+      <c r="AG28" s="5"/>
+      <c r="AH28" s="5"/>
+      <c r="AI28" s="5"/>
+      <c r="AJ28" s="5"/>
+      <c r="AK28" s="5"/>
+      <c r="AL28" s="5"/>
+      <c r="AM28" s="5"/>
+      <c r="AN28" s="5"/>
+      <c r="AO28" s="5"/>
+      <c r="AP28" s="5">
+        <v>5384</v>
+      </c>
+    </row>
+    <row r="29" spans="1:42">
+      <c r="A29" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="B29" s="5"/>
+      <c r="C29" s="5"/>
+      <c r="D29" s="5"/>
+      <c r="E29" s="5"/>
+      <c r="F29" s="5">
+        <v>820</v>
+      </c>
+      <c r="G29" s="5"/>
+      <c r="H29" s="5"/>
+      <c r="I29" s="5">
+        <v>530</v>
+      </c>
+      <c r="J29" s="5"/>
+      <c r="K29" s="5"/>
+      <c r="L29" s="5"/>
+      <c r="M29" s="5"/>
+      <c r="N29" s="5">
+        <v>2750</v>
+      </c>
+      <c r="O29" s="5"/>
+      <c r="P29" s="5"/>
+      <c r="Q29" s="5"/>
+      <c r="R29" s="5"/>
+      <c r="S29" s="5"/>
+      <c r="T29" s="5"/>
+      <c r="U29" s="5"/>
+      <c r="V29" s="5"/>
+      <c r="W29" s="5"/>
+      <c r="X29" s="5"/>
+      <c r="Y29" s="5"/>
+      <c r="Z29" s="5"/>
+      <c r="AA29" s="5"/>
+      <c r="AB29" s="5"/>
+      <c r="AC29" s="5"/>
+      <c r="AD29" s="5"/>
+      <c r="AE29" s="5"/>
+      <c r="AF29" s="5"/>
+      <c r="AG29" s="5"/>
+      <c r="AH29" s="5"/>
+      <c r="AI29" s="5"/>
+      <c r="AJ29" s="5"/>
+      <c r="AK29" s="5"/>
+      <c r="AL29" s="5"/>
+      <c r="AM29" s="5"/>
+      <c r="AN29" s="5"/>
+      <c r="AO29" s="5"/>
+      <c r="AP29" s="5">
+        <v>4100</v>
+      </c>
+    </row>
+    <row r="30" spans="1:42">
+      <c r="A30" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="B30" s="5"/>
+      <c r="C30" s="5">
+        <v>1594.52</v>
+      </c>
+      <c r="D30" s="5">
+        <v>34109.699999999997</v>
+      </c>
+      <c r="E30" s="5"/>
+      <c r="F30" s="5"/>
+      <c r="G30" s="5"/>
+      <c r="H30" s="5"/>
+      <c r="I30" s="5"/>
+      <c r="J30" s="5"/>
+      <c r="K30" s="5"/>
+      <c r="L30" s="5">
+        <v>255748.59999999998</v>
+      </c>
+      <c r="M30" s="5"/>
+      <c r="N30" s="5"/>
+      <c r="O30" s="5">
+        <v>419.3</v>
+      </c>
+      <c r="P30" s="5"/>
+      <c r="Q30" s="5"/>
+      <c r="R30" s="5"/>
+      <c r="S30" s="5">
+        <v>7800</v>
+      </c>
+      <c r="T30" s="5">
+        <v>29694.080000000002</v>
+      </c>
+      <c r="U30" s="5">
+        <v>447.2</v>
+      </c>
+      <c r="V30" s="5">
+        <v>151.87</v>
+      </c>
+      <c r="W30" s="5"/>
+      <c r="X30" s="5"/>
+      <c r="Y30" s="5"/>
+      <c r="Z30" s="5"/>
+      <c r="AA30" s="5">
+        <v>4449.83</v>
+      </c>
+      <c r="AB30" s="5">
+        <v>6881.62</v>
+      </c>
+      <c r="AC30" s="5">
+        <v>1812.72</v>
+      </c>
+      <c r="AD30" s="5">
+        <v>1356.91</v>
+      </c>
+      <c r="AE30" s="5"/>
+      <c r="AF30" s="5"/>
+      <c r="AG30" s="5"/>
+      <c r="AH30" s="5">
+        <v>70783.539999999994</v>
+      </c>
+      <c r="AI30" s="5"/>
+      <c r="AJ30" s="5">
+        <v>31.89</v>
+      </c>
+      <c r="AK30" s="5">
+        <v>991.54</v>
+      </c>
+      <c r="AL30" s="5"/>
+      <c r="AM30" s="5">
+        <v>4170.49</v>
+      </c>
+      <c r="AN30" s="5">
+        <v>576.41999999999996</v>
+      </c>
+      <c r="AO30" s="5"/>
+      <c r="AP30" s="5">
+        <v>421020.2300000001</v>
+      </c>
+    </row>
+    <row r="31" spans="1:42">
+      <c r="A31" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="B31" s="5"/>
+      <c r="C31" s="5"/>
+      <c r="D31" s="5">
+        <v>21242.75</v>
+      </c>
+      <c r="E31" s="5"/>
+      <c r="F31" s="5"/>
+      <c r="G31" s="5"/>
+      <c r="H31" s="5"/>
+      <c r="I31" s="5"/>
+      <c r="J31" s="5"/>
+      <c r="K31" s="5"/>
+      <c r="L31" s="5"/>
+      <c r="M31" s="5"/>
+      <c r="N31" s="5"/>
+      <c r="O31" s="5"/>
+      <c r="P31" s="5"/>
+      <c r="Q31" s="5"/>
+      <c r="R31" s="5"/>
+      <c r="S31" s="5"/>
+      <c r="T31" s="5"/>
+      <c r="U31" s="5"/>
+      <c r="V31" s="5"/>
+      <c r="W31" s="5"/>
+      <c r="X31" s="5"/>
+      <c r="Y31" s="5"/>
+      <c r="Z31" s="5"/>
+      <c r="AA31" s="5"/>
+      <c r="AB31" s="5"/>
+      <c r="AC31" s="5"/>
+      <c r="AD31" s="5"/>
+      <c r="AE31" s="5"/>
+      <c r="AF31" s="5"/>
+      <c r="AG31" s="5"/>
+      <c r="AH31" s="5"/>
+      <c r="AI31" s="5"/>
+      <c r="AJ31" s="5"/>
+      <c r="AK31" s="5"/>
+      <c r="AL31" s="5"/>
+      <c r="AM31" s="5"/>
+      <c r="AN31" s="5"/>
+      <c r="AO31" s="5"/>
+      <c r="AP31" s="5">
+        <v>21242.75</v>
+      </c>
+    </row>
+    <row r="32" spans="1:42">
+      <c r="A32" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="B32" s="5"/>
+      <c r="C32" s="5"/>
+      <c r="D32" s="5"/>
+      <c r="E32" s="5"/>
+      <c r="F32" s="5"/>
+      <c r="G32" s="5"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5"/>
+      <c r="K32" s="5"/>
+      <c r="L32" s="5">
+        <v>16578.849999999999</v>
+      </c>
+      <c r="M32" s="5"/>
+      <c r="N32" s="5"/>
+      <c r="O32" s="5"/>
+      <c r="P32" s="5"/>
+      <c r="Q32" s="5"/>
+      <c r="R32" s="5"/>
+      <c r="S32" s="5"/>
+      <c r="T32" s="5">
+        <v>9228.8799999999992</v>
+      </c>
+      <c r="U32" s="5">
+        <v>447.2</v>
+      </c>
+      <c r="V32" s="5"/>
+      <c r="W32" s="5"/>
+      <c r="X32" s="5"/>
+      <c r="Y32" s="5"/>
+      <c r="Z32" s="5"/>
+      <c r="AA32" s="5">
+        <v>1774.8300000000002</v>
+      </c>
+      <c r="AB32" s="5"/>
+      <c r="AC32" s="5"/>
+      <c r="AD32" s="5"/>
+      <c r="AE32" s="5"/>
+      <c r="AF32" s="5"/>
+      <c r="AG32" s="5"/>
+      <c r="AH32" s="5"/>
+      <c r="AI32" s="5"/>
+      <c r="AJ32" s="5"/>
+      <c r="AK32" s="5"/>
+      <c r="AL32" s="5"/>
+      <c r="AM32" s="5">
+        <v>1612.5</v>
+      </c>
+      <c r="AN32" s="5">
+        <v>576.41999999999996</v>
+      </c>
+      <c r="AO32" s="5"/>
+      <c r="AP32" s="5">
+        <v>30218.679999999997</v>
+      </c>
+    </row>
+    <row r="33" spans="1:42">
+      <c r="A33" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="B33" s="5"/>
+      <c r="C33" s="5"/>
+      <c r="D33" s="5"/>
+      <c r="E33" s="5"/>
+      <c r="F33" s="5"/>
+      <c r="G33" s="5"/>
+      <c r="H33" s="5"/>
+      <c r="I33" s="5"/>
+      <c r="J33" s="5"/>
+      <c r="K33" s="5"/>
+      <c r="L33" s="5">
+        <v>93786.01</v>
+      </c>
+      <c r="M33" s="5"/>
+      <c r="N33" s="5"/>
+      <c r="O33" s="5"/>
+      <c r="P33" s="5"/>
+      <c r="Q33" s="5"/>
+      <c r="R33" s="5"/>
+      <c r="S33" s="5"/>
+      <c r="T33" s="5">
+        <v>6867.21</v>
+      </c>
+      <c r="U33" s="5"/>
+      <c r="V33" s="5"/>
+      <c r="W33" s="5"/>
+      <c r="X33" s="5"/>
+      <c r="Y33" s="5"/>
+      <c r="Z33" s="5"/>
+      <c r="AA33" s="5"/>
+      <c r="AB33" s="5"/>
+      <c r="AC33" s="5">
+        <v>1812.72</v>
+      </c>
+      <c r="AD33" s="5"/>
+      <c r="AE33" s="5"/>
+      <c r="AF33" s="5"/>
+      <c r="AG33" s="5"/>
+      <c r="AH33" s="5"/>
+      <c r="AI33" s="5"/>
+      <c r="AJ33" s="5"/>
+      <c r="AK33" s="5"/>
+      <c r="AL33" s="5"/>
+      <c r="AM33" s="5"/>
+      <c r="AN33" s="5"/>
+      <c r="AO33" s="5"/>
+      <c r="AP33" s="5">
+        <v>102465.94</v>
+      </c>
+    </row>
+    <row r="34" spans="1:42">
+      <c r="A34" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="B34" s="5"/>
+      <c r="C34" s="5">
+        <v>1548.3</v>
+      </c>
+      <c r="D34" s="5"/>
+      <c r="E34" s="5"/>
+      <c r="F34" s="5"/>
+      <c r="G34" s="5"/>
+      <c r="H34" s="5"/>
+      <c r="I34" s="5"/>
+      <c r="J34" s="5"/>
+      <c r="K34" s="5"/>
+      <c r="L34" s="5">
+        <v>106680.5</v>
+      </c>
+      <c r="M34" s="5"/>
+      <c r="N34" s="5"/>
+      <c r="O34" s="5"/>
+      <c r="P34" s="5"/>
+      <c r="Q34" s="5"/>
+      <c r="R34" s="5"/>
+      <c r="S34" s="5"/>
+      <c r="T34" s="5">
+        <v>13597.99</v>
+      </c>
+      <c r="U34" s="5"/>
+      <c r="V34" s="5"/>
+      <c r="W34" s="5"/>
+      <c r="X34" s="5"/>
+      <c r="Y34" s="5"/>
+      <c r="Z34" s="5"/>
+      <c r="AA34" s="5"/>
+      <c r="AB34" s="5">
+        <v>6881.62</v>
+      </c>
+      <c r="AC34" s="5"/>
+      <c r="AD34" s="5"/>
+      <c r="AE34" s="5"/>
+      <c r="AF34" s="5"/>
+      <c r="AG34" s="5"/>
+      <c r="AH34" s="5">
+        <v>70783.539999999994</v>
+      </c>
+      <c r="AI34" s="5"/>
+      <c r="AJ34" s="5">
+        <v>31.89</v>
+      </c>
+      <c r="AK34" s="5"/>
+      <c r="AL34" s="5"/>
+      <c r="AM34" s="5">
+        <v>426.6</v>
+      </c>
+      <c r="AN34" s="5"/>
+      <c r="AO34" s="5"/>
+      <c r="AP34" s="5">
+        <v>199950.44000000003</v>
+      </c>
+    </row>
+    <row r="35" spans="1:42">
+      <c r="A35" s="6" t="s">
         <v>75</v>
       </c>
+      <c r="B35" s="5"/>
+      <c r="C35" s="5"/>
+      <c r="D35" s="5"/>
+      <c r="E35" s="5"/>
+      <c r="F35" s="5"/>
+      <c r="G35" s="5"/>
+      <c r="H35" s="5"/>
+      <c r="I35" s="5"/>
+      <c r="J35" s="5"/>
+      <c r="K35" s="5"/>
+      <c r="L35" s="5"/>
+      <c r="M35" s="5"/>
+      <c r="N35" s="5"/>
+      <c r="O35" s="5">
+        <v>419.3</v>
+      </c>
+      <c r="P35" s="5"/>
+      <c r="Q35" s="5"/>
+      <c r="R35" s="5"/>
+      <c r="S35" s="5"/>
+      <c r="T35" s="5"/>
+      <c r="U35" s="5"/>
+      <c r="V35" s="5"/>
+      <c r="W35" s="5"/>
+      <c r="X35" s="5"/>
+      <c r="Y35" s="5"/>
+      <c r="Z35" s="5"/>
+      <c r="AA35" s="5"/>
+      <c r="AB35" s="5"/>
+      <c r="AC35" s="5"/>
+      <c r="AD35" s="5"/>
+      <c r="AE35" s="5"/>
+      <c r="AF35" s="5"/>
+      <c r="AG35" s="5"/>
+      <c r="AH35" s="5"/>
+      <c r="AI35" s="5"/>
+      <c r="AJ35" s="5"/>
+      <c r="AK35" s="5"/>
+      <c r="AL35" s="5"/>
+      <c r="AM35" s="5">
+        <v>601</v>
+      </c>
+      <c r="AN35" s="5"/>
+      <c r="AO35" s="5"/>
+      <c r="AP35" s="5">
+        <v>1020.3</v>
+      </c>
     </row>
-    <row r="3" spans="1:41" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B3" s="3" t="s">
+    <row r="36" spans="1:42">
+      <c r="A36" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="B36" s="5"/>
+      <c r="C36" s="5"/>
+      <c r="D36" s="5">
+        <v>8780</v>
+      </c>
+      <c r="E36" s="5"/>
+      <c r="F36" s="5"/>
+      <c r="G36" s="5"/>
+      <c r="H36" s="5"/>
+      <c r="I36" s="5"/>
+      <c r="J36" s="5"/>
+      <c r="K36" s="5"/>
+      <c r="L36" s="5"/>
+      <c r="M36" s="5"/>
+      <c r="N36" s="5"/>
+      <c r="O36" s="5"/>
+      <c r="P36" s="5"/>
+      <c r="Q36" s="5"/>
+      <c r="R36" s="5"/>
+      <c r="S36" s="5"/>
+      <c r="T36" s="5"/>
+      <c r="U36" s="5"/>
+      <c r="V36" s="5"/>
+      <c r="W36" s="5"/>
+      <c r="X36" s="5"/>
+      <c r="Y36" s="5"/>
+      <c r="Z36" s="5"/>
+      <c r="AA36" s="5"/>
+      <c r="AB36" s="5"/>
+      <c r="AC36" s="5"/>
+      <c r="AD36" s="5"/>
+      <c r="AE36" s="5"/>
+      <c r="AF36" s="5"/>
+      <c r="AG36" s="5"/>
+      <c r="AH36" s="5"/>
+      <c r="AI36" s="5"/>
+      <c r="AJ36" s="5"/>
+      <c r="AK36" s="5"/>
+      <c r="AL36" s="5"/>
+      <c r="AM36" s="5"/>
+      <c r="AN36" s="5"/>
+      <c r="AO36" s="5"/>
+      <c r="AP36" s="5">
+        <v>8780</v>
+      </c>
+    </row>
+    <row r="37" spans="1:42">
+      <c r="A37" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" s="5"/>
+      <c r="C37" s="5"/>
+      <c r="D37" s="5"/>
+      <c r="E37" s="5"/>
+      <c r="F37" s="5"/>
+      <c r="G37" s="5"/>
+      <c r="H37" s="5"/>
+      <c r="I37" s="5"/>
+      <c r="J37" s="5"/>
+      <c r="K37" s="5"/>
+      <c r="L37" s="5">
+        <v>28.2</v>
+      </c>
+      <c r="M37" s="5"/>
+      <c r="N37" s="5"/>
+      <c r="O37" s="5"/>
+      <c r="P37" s="5"/>
+      <c r="Q37" s="5"/>
+      <c r="R37" s="5"/>
+      <c r="S37" s="5">
+        <v>7800</v>
+      </c>
+      <c r="T37" s="5"/>
+      <c r="U37" s="5"/>
+      <c r="V37" s="5"/>
+      <c r="W37" s="5"/>
+      <c r="X37" s="5"/>
+      <c r="Y37" s="5"/>
+      <c r="Z37" s="5"/>
+      <c r="AA37" s="5">
+        <v>2675</v>
+      </c>
+      <c r="AB37" s="5"/>
+      <c r="AC37" s="5"/>
+      <c r="AD37" s="5"/>
+      <c r="AE37" s="5"/>
+      <c r="AF37" s="5"/>
+      <c r="AG37" s="5"/>
+      <c r="AH37" s="5"/>
+      <c r="AI37" s="5"/>
+      <c r="AJ37" s="5"/>
+      <c r="AK37" s="5"/>
+      <c r="AL37" s="5"/>
+      <c r="AM37" s="5"/>
+      <c r="AN37" s="5"/>
+      <c r="AO37" s="5"/>
+      <c r="AP37" s="5">
+        <v>10503.2</v>
+      </c>
+    </row>
+    <row r="38" spans="1:42">
+      <c r="A38" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="B38" s="5"/>
+      <c r="C38" s="5"/>
+      <c r="D38" s="5">
+        <v>4086.95</v>
+      </c>
+      <c r="E38" s="5"/>
+      <c r="F38" s="5"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+      <c r="K38" s="5"/>
+      <c r="L38" s="5"/>
+      <c r="M38" s="5"/>
+      <c r="N38" s="5"/>
+      <c r="O38" s="5"/>
+      <c r="P38" s="5"/>
+      <c r="Q38" s="5"/>
+      <c r="R38" s="5"/>
+      <c r="S38" s="5"/>
+      <c r="T38" s="5"/>
+      <c r="U38" s="5"/>
+      <c r="V38" s="5">
+        <v>151.87</v>
+      </c>
+      <c r="W38" s="5"/>
+      <c r="X38" s="5"/>
+      <c r="Y38" s="5"/>
+      <c r="Z38" s="5"/>
+      <c r="AA38" s="5"/>
+      <c r="AB38" s="5"/>
+      <c r="AC38" s="5"/>
+      <c r="AD38" s="5"/>
+      <c r="AE38" s="5"/>
+      <c r="AF38" s="5"/>
+      <c r="AG38" s="5"/>
+      <c r="AH38" s="5"/>
+      <c r="AI38" s="5"/>
+      <c r="AJ38" s="5"/>
+      <c r="AK38" s="5"/>
+      <c r="AL38" s="5"/>
+      <c r="AM38" s="5"/>
+      <c r="AN38" s="5"/>
+      <c r="AO38" s="5"/>
+      <c r="AP38" s="5">
+        <v>4238.82</v>
+      </c>
+    </row>
+    <row r="39" spans="1:42">
+      <c r="A39" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="B39" s="5"/>
+      <c r="C39" s="5"/>
+      <c r="D39" s="5"/>
+      <c r="E39" s="5"/>
+      <c r="F39" s="5"/>
+      <c r="G39" s="5"/>
+      <c r="H39" s="5"/>
+      <c r="I39" s="5"/>
+      <c r="J39" s="5"/>
+      <c r="K39" s="5"/>
+      <c r="L39" s="5">
+        <v>33579.21</v>
+      </c>
+      <c r="M39" s="5"/>
+      <c r="N39" s="5"/>
+      <c r="O39" s="5"/>
+      <c r="P39" s="5"/>
+      <c r="Q39" s="5"/>
+      <c r="R39" s="5"/>
+      <c r="S39" s="5"/>
+      <c r="T39" s="5"/>
+      <c r="U39" s="5"/>
+      <c r="V39" s="5"/>
+      <c r="W39" s="5"/>
+      <c r="X39" s="5"/>
+      <c r="Y39" s="5"/>
+      <c r="Z39" s="5"/>
+      <c r="AA39" s="5"/>
+      <c r="AB39" s="5"/>
+      <c r="AC39" s="5"/>
+      <c r="AD39" s="5"/>
+      <c r="AE39" s="5"/>
+      <c r="AF39" s="5"/>
+      <c r="AG39" s="5"/>
+      <c r="AH39" s="5"/>
+      <c r="AI39" s="5"/>
+      <c r="AJ39" s="5"/>
+      <c r="AK39" s="5"/>
+      <c r="AL39" s="5"/>
+      <c r="AM39" s="5"/>
+      <c r="AN39" s="5"/>
+      <c r="AO39" s="5"/>
+      <c r="AP39" s="5">
+        <v>33579.21</v>
+      </c>
+    </row>
+    <row r="40" spans="1:42">
+      <c r="A40" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="B40" s="5"/>
+      <c r="C40" s="5"/>
+      <c r="D40" s="5"/>
+      <c r="E40" s="5"/>
+      <c r="F40" s="5"/>
+      <c r="G40" s="5"/>
+      <c r="H40" s="5"/>
+      <c r="I40" s="5"/>
+      <c r="J40" s="5"/>
+      <c r="K40" s="5"/>
+      <c r="L40" s="5">
+        <v>4713.55</v>
+      </c>
+      <c r="M40" s="5"/>
+      <c r="N40" s="5"/>
+      <c r="O40" s="5"/>
+      <c r="P40" s="5"/>
+      <c r="Q40" s="5"/>
+      <c r="R40" s="5"/>
+      <c r="S40" s="5"/>
+      <c r="T40" s="5"/>
+      <c r="U40" s="5"/>
+      <c r="V40" s="5"/>
+      <c r="W40" s="5"/>
+      <c r="X40" s="5"/>
+      <c r="Y40" s="5"/>
+      <c r="Z40" s="5"/>
+      <c r="AA40" s="5"/>
+      <c r="AB40" s="5"/>
+      <c r="AC40" s="5"/>
+      <c r="AD40" s="5">
+        <v>1356.91</v>
+      </c>
+      <c r="AE40" s="5"/>
+      <c r="AF40" s="5"/>
+      <c r="AG40" s="5"/>
+      <c r="AH40" s="5"/>
+      <c r="AI40" s="5"/>
+      <c r="AJ40" s="5"/>
+      <c r="AK40" s="5">
+        <v>991.54</v>
+      </c>
+      <c r="AL40" s="5"/>
+      <c r="AM40" s="5">
+        <v>1416.87</v>
+      </c>
+      <c r="AN40" s="5"/>
+      <c r="AO40" s="5"/>
+      <c r="AP40" s="5">
+        <v>8478.869999999999</v>
+      </c>
+    </row>
+    <row r="41" spans="1:42">
+      <c r="A41" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="B41" s="5"/>
+      <c r="C41" s="5">
+        <v>46.22</v>
+      </c>
+      <c r="D41" s="5"/>
+      <c r="E41" s="5"/>
+      <c r="F41" s="5"/>
+      <c r="G41" s="5"/>
+      <c r="H41" s="5"/>
+      <c r="I41" s="5"/>
+      <c r="J41" s="5"/>
+      <c r="K41" s="5"/>
+      <c r="L41" s="5">
+        <v>377.65</v>
+      </c>
+      <c r="M41" s="5"/>
+      <c r="N41" s="5"/>
+      <c r="O41" s="5"/>
+      <c r="P41" s="5"/>
+      <c r="Q41" s="5"/>
+      <c r="R41" s="5"/>
+      <c r="S41" s="5"/>
+      <c r="T41" s="5"/>
+      <c r="U41" s="5"/>
+      <c r="V41" s="5"/>
+      <c r="W41" s="5"/>
+      <c r="X41" s="5"/>
+      <c r="Y41" s="5"/>
+      <c r="Z41" s="5"/>
+      <c r="AA41" s="5"/>
+      <c r="AB41" s="5"/>
+      <c r="AC41" s="5"/>
+      <c r="AD41" s="5"/>
+      <c r="AE41" s="5"/>
+      <c r="AF41" s="5"/>
+      <c r="AG41" s="5"/>
+      <c r="AH41" s="5"/>
+      <c r="AI41" s="5"/>
+      <c r="AJ41" s="5"/>
+      <c r="AK41" s="5"/>
+      <c r="AL41" s="5"/>
+      <c r="AM41" s="5"/>
+      <c r="AN41" s="5"/>
+      <c r="AO41" s="5"/>
+      <c r="AP41" s="5">
+        <v>423.87</v>
+      </c>
+    </row>
+    <row r="42" spans="1:42">
+      <c r="A42" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="B42" s="5"/>
+      <c r="C42" s="5"/>
+      <c r="D42" s="5"/>
+      <c r="E42" s="5"/>
+      <c r="F42" s="5"/>
+      <c r="G42" s="5"/>
+      <c r="H42" s="5"/>
+      <c r="I42" s="5"/>
+      <c r="J42" s="5"/>
+      <c r="K42" s="5"/>
+      <c r="L42" s="5">
+        <v>4.63</v>
+      </c>
+      <c r="M42" s="5"/>
+      <c r="N42" s="5"/>
+      <c r="O42" s="5"/>
+      <c r="P42" s="5"/>
+      <c r="Q42" s="5"/>
+      <c r="R42" s="5"/>
+      <c r="S42" s="5"/>
+      <c r="T42" s="5"/>
+      <c r="U42" s="5"/>
+      <c r="V42" s="5"/>
+      <c r="W42" s="5"/>
+      <c r="X42" s="5"/>
+      <c r="Y42" s="5"/>
+      <c r="Z42" s="5"/>
+      <c r="AA42" s="5"/>
+      <c r="AB42" s="5"/>
+      <c r="AC42" s="5"/>
+      <c r="AD42" s="5"/>
+      <c r="AE42" s="5"/>
+      <c r="AF42" s="5"/>
+      <c r="AG42" s="5"/>
+      <c r="AH42" s="5"/>
+      <c r="AI42" s="5"/>
+      <c r="AJ42" s="5"/>
+      <c r="AK42" s="5"/>
+      <c r="AL42" s="5"/>
+      <c r="AM42" s="5">
+        <v>113.52</v>
+      </c>
+      <c r="AN42" s="5"/>
+      <c r="AO42" s="5"/>
+      <c r="AP42" s="5">
+        <v>118.14999999999999</v>
+      </c>
+    </row>
+    <row r="43" spans="1:42">
+      <c r="A43" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="B43" s="5"/>
+      <c r="C43" s="5">
+        <v>11939.780000000002</v>
+      </c>
+      <c r="D43" s="5">
+        <v>80322.09</v>
+      </c>
+      <c r="E43" s="5">
+        <v>58110</v>
+      </c>
+      <c r="F43" s="5">
+        <v>153.15</v>
+      </c>
+      <c r="G43" s="5">
+        <v>257595.6</v>
+      </c>
+      <c r="H43" s="5">
+        <v>11753.83</v>
+      </c>
+      <c r="I43" s="5"/>
+      <c r="J43" s="5"/>
+      <c r="K43" s="5">
+        <v>3734.46</v>
+      </c>
+      <c r="L43" s="5">
+        <v>901927.96000000008</v>
+      </c>
+      <c r="M43" s="5">
+        <v>127531.3</v>
+      </c>
+      <c r="N43" s="5"/>
+      <c r="O43" s="5">
+        <v>6257.04</v>
+      </c>
+      <c r="P43" s="5">
+        <v>9.23</v>
+      </c>
+      <c r="Q43" s="5">
+        <v>1816.8199999999997</v>
+      </c>
+      <c r="R43" s="5"/>
+      <c r="S43" s="5">
+        <v>394870.68</v>
+      </c>
+      <c r="T43" s="5">
+        <v>613.54000000000008</v>
+      </c>
+      <c r="U43" s="5"/>
+      <c r="V43" s="5"/>
+      <c r="W43" s="5">
+        <v>35</v>
+      </c>
+      <c r="X43" s="5">
+        <v>10409.26</v>
+      </c>
+      <c r="Y43" s="5">
+        <v>48.269999999999996</v>
+      </c>
+      <c r="Z43" s="5">
+        <v>5904151.2700000005</v>
+      </c>
+      <c r="AA43" s="5">
+        <v>10698.08</v>
+      </c>
+      <c r="AB43" s="5">
+        <v>521815.05999999994</v>
+      </c>
+      <c r="AC43" s="5">
+        <v>71892.739999999991</v>
+      </c>
+      <c r="AD43" s="5">
+        <v>5563.63</v>
+      </c>
+      <c r="AE43" s="5">
+        <v>6.91</v>
+      </c>
+      <c r="AF43" s="5">
+        <v>6225.25</v>
+      </c>
+      <c r="AG43" s="5">
+        <v>14618.140000000001</v>
+      </c>
+      <c r="AH43" s="5">
+        <v>64060.52</v>
+      </c>
+      <c r="AI43" s="5"/>
+      <c r="AJ43" s="5">
+        <v>6691.3300000000008</v>
+      </c>
+      <c r="AK43" s="5">
+        <v>8944.25</v>
+      </c>
+      <c r="AL43" s="5"/>
+      <c r="AM43" s="5">
+        <v>1104</v>
+      </c>
+      <c r="AN43" s="5">
+        <v>733.78</v>
+      </c>
+      <c r="AO43" s="5">
+        <v>23006</v>
+      </c>
+      <c r="AP43" s="5">
+        <v>8506638.9700000007</v>
+      </c>
+    </row>
+    <row r="44" spans="1:42">
+      <c r="A44" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="B44" s="5"/>
+      <c r="C44" s="5"/>
+      <c r="D44" s="5"/>
+      <c r="E44" s="5"/>
+      <c r="F44" s="5"/>
+      <c r="G44" s="5"/>
+      <c r="H44" s="5"/>
+      <c r="I44" s="5"/>
+      <c r="J44" s="5"/>
+      <c r="K44" s="5"/>
+      <c r="L44" s="5"/>
+      <c r="M44" s="5"/>
+      <c r="N44" s="5"/>
+      <c r="O44" s="5"/>
+      <c r="P44" s="5"/>
+      <c r="Q44" s="5"/>
+      <c r="R44" s="5"/>
+      <c r="S44" s="5"/>
+      <c r="T44" s="5"/>
+      <c r="U44" s="5"/>
+      <c r="V44" s="5"/>
+      <c r="W44" s="5"/>
+      <c r="X44" s="5"/>
+      <c r="Y44" s="5"/>
+      <c r="Z44" s="5">
+        <v>64201.15</v>
+      </c>
+      <c r="AA44" s="5"/>
+      <c r="AB44" s="5"/>
+      <c r="AC44" s="5"/>
+      <c r="AD44" s="5"/>
+      <c r="AE44" s="5"/>
+      <c r="AF44" s="5"/>
+      <c r="AG44" s="5"/>
+      <c r="AH44" s="5"/>
+      <c r="AI44" s="5"/>
+      <c r="AJ44" s="5"/>
+      <c r="AK44" s="5"/>
+      <c r="AL44" s="5"/>
+      <c r="AM44" s="5"/>
+      <c r="AN44" s="5"/>
+      <c r="AO44" s="5"/>
+      <c r="AP44" s="5">
+        <v>64201.15</v>
+      </c>
+    </row>
+    <row r="45" spans="1:42">
+      <c r="A45" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="B45" s="5"/>
+      <c r="C45" s="5">
+        <v>146.4</v>
+      </c>
+      <c r="D45" s="5"/>
+      <c r="E45" s="5"/>
+      <c r="F45" s="5"/>
+      <c r="G45" s="5"/>
+      <c r="H45" s="5"/>
+      <c r="I45" s="5"/>
+      <c r="J45" s="5"/>
+      <c r="K45" s="5"/>
+      <c r="L45" s="5"/>
+      <c r="M45" s="5"/>
+      <c r="N45" s="5"/>
+      <c r="O45" s="5"/>
+      <c r="P45" s="5"/>
+      <c r="Q45" s="5"/>
+      <c r="R45" s="5"/>
+      <c r="S45" s="5">
+        <v>1356.37</v>
+      </c>
+      <c r="T45" s="5"/>
+      <c r="U45" s="5"/>
+      <c r="V45" s="5"/>
+      <c r="W45" s="5"/>
+      <c r="X45" s="5">
+        <v>0.97</v>
+      </c>
+      <c r="Y45" s="5"/>
+      <c r="Z45" s="5">
+        <v>835233</v>
+      </c>
+      <c r="AA45" s="5">
+        <v>849</v>
+      </c>
+      <c r="AB45" s="5"/>
+      <c r="AC45" s="5"/>
+      <c r="AD45" s="5"/>
+      <c r="AE45" s="5"/>
+      <c r="AF45" s="5">
+        <v>736.02</v>
+      </c>
+      <c r="AG45" s="5"/>
+      <c r="AH45" s="5"/>
+      <c r="AI45" s="5"/>
+      <c r="AJ45" s="5"/>
+      <c r="AK45" s="5">
+        <v>886.75</v>
+      </c>
+      <c r="AL45" s="5"/>
+      <c r="AM45" s="5"/>
+      <c r="AN45" s="5"/>
+      <c r="AO45" s="5"/>
+      <c r="AP45" s="5">
+        <v>839208.51</v>
+      </c>
+    </row>
+    <row r="46" spans="1:42">
+      <c r="A46" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="B46" s="5"/>
+      <c r="C46" s="5"/>
+      <c r="D46" s="5"/>
+      <c r="E46" s="5"/>
+      <c r="F46" s="5"/>
+      <c r="G46" s="5"/>
+      <c r="H46" s="5"/>
+      <c r="I46" s="5"/>
+      <c r="J46" s="5"/>
+      <c r="K46" s="5"/>
+      <c r="L46" s="5"/>
+      <c r="M46" s="5"/>
+      <c r="N46" s="5"/>
+      <c r="O46" s="5"/>
+      <c r="P46" s="5"/>
+      <c r="Q46" s="5"/>
+      <c r="R46" s="5"/>
+      <c r="S46" s="5"/>
+      <c r="T46" s="5"/>
+      <c r="U46" s="5"/>
+      <c r="V46" s="5"/>
+      <c r="W46" s="5"/>
+      <c r="X46" s="5"/>
+      <c r="Y46" s="5"/>
+      <c r="Z46" s="5">
+        <v>97838</v>
+      </c>
+      <c r="AA46" s="5"/>
+      <c r="AB46" s="5"/>
+      <c r="AC46" s="5"/>
+      <c r="AD46" s="5"/>
+      <c r="AE46" s="5"/>
+      <c r="AF46" s="5"/>
+      <c r="AG46" s="5"/>
+      <c r="AH46" s="5"/>
+      <c r="AI46" s="5"/>
+      <c r="AJ46" s="5"/>
+      <c r="AK46" s="5"/>
+      <c r="AL46" s="5"/>
+      <c r="AM46" s="5"/>
+      <c r="AN46" s="5"/>
+      <c r="AO46" s="5"/>
+      <c r="AP46" s="5">
+        <v>97838</v>
+      </c>
+    </row>
+    <row r="47" spans="1:42">
+      <c r="A47" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="B47" s="5"/>
+      <c r="C47" s="5">
+        <v>3486.94</v>
+      </c>
+      <c r="D47" s="5"/>
+      <c r="E47" s="5"/>
+      <c r="F47" s="5">
+        <v>19.73</v>
+      </c>
+      <c r="G47" s="5">
+        <v>10041.530000000001</v>
+      </c>
+      <c r="H47" s="5">
+        <v>11753.83</v>
+      </c>
+      <c r="I47" s="5"/>
+      <c r="J47" s="5"/>
+      <c r="K47" s="5">
+        <v>2512</v>
+      </c>
+      <c r="L47" s="5">
+        <v>488683.72000000003</v>
+      </c>
+      <c r="M47" s="5">
+        <v>45222.07</v>
+      </c>
+      <c r="N47" s="5"/>
+      <c r="O47" s="5">
+        <v>6177.04</v>
+      </c>
+      <c r="P47" s="5">
+        <v>9.23</v>
+      </c>
+      <c r="Q47" s="5">
+        <v>1816.8199999999997</v>
+      </c>
+      <c r="R47" s="5"/>
+      <c r="S47" s="5">
+        <v>16425.88</v>
+      </c>
+      <c r="T47" s="5">
+        <v>598.21</v>
+      </c>
+      <c r="U47" s="5"/>
+      <c r="V47" s="5"/>
+      <c r="W47" s="5"/>
+      <c r="X47" s="5">
+        <v>53.89</v>
+      </c>
+      <c r="Y47" s="5">
+        <v>21</v>
+      </c>
+      <c r="Z47" s="5">
+        <v>909570.25</v>
+      </c>
+      <c r="AA47" s="5">
+        <v>16.670000000000002</v>
+      </c>
+      <c r="AB47" s="5">
+        <v>304979.88999999996</v>
+      </c>
+      <c r="AC47" s="5">
+        <v>25028.32</v>
+      </c>
+      <c r="AD47" s="5">
+        <v>5563.63</v>
+      </c>
+      <c r="AE47" s="5">
+        <v>0.91</v>
+      </c>
+      <c r="AF47" s="5">
+        <v>4414.2299999999996</v>
+      </c>
+      <c r="AG47" s="5">
+        <v>11708.11</v>
+      </c>
+      <c r="AH47" s="5">
+        <v>39410.699999999997</v>
+      </c>
+      <c r="AI47" s="5"/>
+      <c r="AJ47" s="5"/>
+      <c r="AK47" s="5">
+        <v>8057.5</v>
+      </c>
+      <c r="AL47" s="5"/>
+      <c r="AM47" s="5"/>
+      <c r="AN47" s="5"/>
+      <c r="AO47" s="5"/>
+      <c r="AP47" s="5">
+        <v>1895572.0999999996</v>
+      </c>
+    </row>
+    <row r="48" spans="1:42">
+      <c r="A48" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="B48" s="5"/>
+      <c r="C48" s="5"/>
+      <c r="D48" s="5">
+        <v>54128.74</v>
+      </c>
+      <c r="E48" s="5"/>
+      <c r="F48" s="5"/>
+      <c r="G48" s="5">
+        <v>112416.97</v>
+      </c>
+      <c r="H48" s="5"/>
+      <c r="I48" s="5"/>
+      <c r="J48" s="5"/>
+      <c r="K48" s="5"/>
+      <c r="L48" s="5">
+        <v>1078.43</v>
+      </c>
+      <c r="M48" s="5"/>
+      <c r="N48" s="5"/>
+      <c r="O48" s="5"/>
+      <c r="P48" s="5"/>
+      <c r="Q48" s="5"/>
+      <c r="R48" s="5"/>
+      <c r="S48" s="5">
+        <v>212602.37</v>
+      </c>
+      <c r="T48" s="5"/>
+      <c r="U48" s="5"/>
+      <c r="V48" s="5"/>
+      <c r="W48" s="5"/>
+      <c r="X48" s="5"/>
+      <c r="Y48" s="5"/>
+      <c r="Z48" s="5">
+        <v>306974.27</v>
+      </c>
+      <c r="AA48" s="5"/>
+      <c r="AB48" s="5">
+        <v>58291.289999999994</v>
+      </c>
+      <c r="AC48" s="5">
+        <v>46864.42</v>
+      </c>
+      <c r="AD48" s="5"/>
+      <c r="AE48" s="5"/>
+      <c r="AF48" s="5"/>
+      <c r="AG48" s="5"/>
+      <c r="AH48" s="5"/>
+      <c r="AI48" s="5"/>
+      <c r="AJ48" s="5"/>
+      <c r="AK48" s="5"/>
+      <c r="AL48" s="5"/>
+      <c r="AM48" s="5"/>
+      <c r="AN48" s="5"/>
+      <c r="AO48" s="5"/>
+      <c r="AP48" s="5">
+        <v>792356.49000000011</v>
+      </c>
+    </row>
+    <row r="49" spans="1:42">
+      <c r="A49" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="B49" s="5"/>
+      <c r="C49" s="5">
+        <v>73.180000000000007</v>
+      </c>
+      <c r="D49" s="5"/>
+      <c r="E49" s="5"/>
+      <c r="F49" s="5"/>
+      <c r="G49" s="5"/>
+      <c r="H49" s="5"/>
+      <c r="I49" s="5"/>
+      <c r="J49" s="5"/>
+      <c r="K49" s="5"/>
+      <c r="L49" s="5"/>
+      <c r="M49" s="5"/>
+      <c r="N49" s="5"/>
+      <c r="O49" s="5"/>
+      <c r="P49" s="5"/>
+      <c r="Q49" s="5"/>
+      <c r="R49" s="5"/>
+      <c r="S49" s="5"/>
+      <c r="T49" s="5"/>
+      <c r="U49" s="5"/>
+      <c r="V49" s="5"/>
+      <c r="W49" s="5"/>
+      <c r="X49" s="5"/>
+      <c r="Y49" s="5"/>
+      <c r="Z49" s="5">
+        <v>135714.69</v>
+      </c>
+      <c r="AA49" s="5"/>
+      <c r="AB49" s="5"/>
+      <c r="AC49" s="5"/>
+      <c r="AD49" s="5"/>
+      <c r="AE49" s="5"/>
+      <c r="AF49" s="5"/>
+      <c r="AG49" s="5"/>
+      <c r="AH49" s="5"/>
+      <c r="AI49" s="5"/>
+      <c r="AJ49" s="5"/>
+      <c r="AK49" s="5"/>
+      <c r="AL49" s="5"/>
+      <c r="AM49" s="5"/>
+      <c r="AN49" s="5"/>
+      <c r="AO49" s="5"/>
+      <c r="AP49" s="5">
+        <v>135787.87</v>
+      </c>
+    </row>
+    <row r="50" spans="1:42">
+      <c r="A50" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="B50" s="5"/>
+      <c r="C50" s="5">
+        <v>254.4</v>
+      </c>
+      <c r="D50" s="5">
+        <v>7768.5400000000009</v>
+      </c>
+      <c r="E50" s="5"/>
+      <c r="F50" s="5"/>
+      <c r="G50" s="5">
+        <v>733.1</v>
+      </c>
+      <c r="H50" s="5"/>
+      <c r="I50" s="5"/>
+      <c r="J50" s="5"/>
+      <c r="K50" s="5"/>
+      <c r="L50" s="5">
+        <v>3787.57</v>
+      </c>
+      <c r="M50" s="5">
+        <v>1173.78</v>
+      </c>
+      <c r="N50" s="5"/>
+      <c r="O50" s="5"/>
+      <c r="P50" s="5"/>
+      <c r="Q50" s="5"/>
+      <c r="R50" s="5"/>
+      <c r="S50" s="5">
+        <v>48056.06</v>
+      </c>
+      <c r="T50" s="5"/>
+      <c r="U50" s="5"/>
+      <c r="V50" s="5"/>
+      <c r="W50" s="5"/>
+      <c r="X50" s="5">
+        <v>0.19</v>
+      </c>
+      <c r="Y50" s="5">
+        <v>11.86</v>
+      </c>
+      <c r="Z50" s="5">
+        <v>569504.43000000005</v>
+      </c>
+      <c r="AA50" s="5">
+        <v>9707.34</v>
+      </c>
+      <c r="AB50" s="5">
+        <v>16295.33</v>
+      </c>
+      <c r="AC50" s="5"/>
+      <c r="AD50" s="5"/>
+      <c r="AE50" s="5"/>
+      <c r="AF50" s="5"/>
+      <c r="AG50" s="5"/>
+      <c r="AH50" s="5"/>
+      <c r="AI50" s="5"/>
+      <c r="AJ50" s="5">
+        <v>3212.42</v>
+      </c>
+      <c r="AK50" s="5"/>
+      <c r="AL50" s="5"/>
+      <c r="AM50" s="5"/>
+      <c r="AN50" s="5"/>
+      <c r="AO50" s="5"/>
+      <c r="AP50" s="5">
+        <v>660505.02</v>
+      </c>
+    </row>
+    <row r="51" spans="1:42">
+      <c r="A51" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="B51" s="5"/>
+      <c r="C51" s="5">
+        <v>542.4799999999999</v>
+      </c>
+      <c r="D51" s="5"/>
+      <c r="E51" s="5"/>
+      <c r="F51" s="5">
+        <v>133.42000000000002</v>
+      </c>
+      <c r="G51" s="5"/>
+      <c r="H51" s="5"/>
+      <c r="I51" s="5"/>
+      <c r="J51" s="5"/>
+      <c r="K51" s="5">
+        <v>729.25</v>
+      </c>
+      <c r="L51" s="5">
+        <v>17291.330000000002</v>
+      </c>
+      <c r="M51" s="5"/>
+      <c r="N51" s="5"/>
+      <c r="O51" s="5"/>
+      <c r="P51" s="5"/>
+      <c r="Q51" s="5"/>
+      <c r="R51" s="5"/>
+      <c r="S51" s="5"/>
+      <c r="T51" s="5"/>
+      <c r="U51" s="5"/>
+      <c r="V51" s="5"/>
+      <c r="W51" s="5"/>
+      <c r="X51" s="5"/>
+      <c r="Y51" s="5">
+        <v>15.41</v>
+      </c>
+      <c r="Z51" s="5">
+        <v>254260.03000000003</v>
+      </c>
+      <c r="AA51" s="5"/>
+      <c r="AB51" s="5">
+        <v>1278.97</v>
+      </c>
+      <c r="AC51" s="5"/>
+      <c r="AD51" s="5"/>
+      <c r="AE51" s="5"/>
+      <c r="AF51" s="5"/>
+      <c r="AG51" s="5"/>
+      <c r="AH51" s="5">
+        <v>24649.82</v>
+      </c>
+      <c r="AI51" s="5"/>
+      <c r="AJ51" s="5">
+        <v>22.24</v>
+      </c>
+      <c r="AK51" s="5"/>
+      <c r="AL51" s="5"/>
+      <c r="AM51" s="5"/>
+      <c r="AN51" s="5"/>
+      <c r="AO51" s="5"/>
+      <c r="AP51" s="5">
+        <v>298922.95</v>
+      </c>
+    </row>
+    <row r="52" spans="1:42">
+      <c r="A52" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="B52" s="5"/>
+      <c r="C52" s="5">
+        <v>274.92</v>
+      </c>
+      <c r="D52" s="5"/>
+      <c r="E52" s="5"/>
+      <c r="F52" s="5"/>
+      <c r="G52" s="5"/>
+      <c r="H52" s="5"/>
+      <c r="I52" s="5"/>
+      <c r="J52" s="5"/>
+      <c r="K52" s="5"/>
+      <c r="L52" s="5">
+        <v>12417</v>
+      </c>
+      <c r="M52" s="5"/>
+      <c r="N52" s="5"/>
+      <c r="O52" s="5"/>
+      <c r="P52" s="5"/>
+      <c r="Q52" s="5"/>
+      <c r="R52" s="5"/>
+      <c r="S52" s="5"/>
+      <c r="T52" s="5"/>
+      <c r="U52" s="5"/>
+      <c r="V52" s="5"/>
+      <c r="W52" s="5"/>
+      <c r="X52" s="5"/>
+      <c r="Y52" s="5"/>
+      <c r="Z52" s="5">
+        <v>65260</v>
+      </c>
+      <c r="AA52" s="5"/>
+      <c r="AB52" s="5">
+        <v>112.9</v>
+      </c>
+      <c r="AC52" s="5"/>
+      <c r="AD52" s="5"/>
+      <c r="AE52" s="5"/>
+      <c r="AF52" s="5"/>
+      <c r="AG52" s="5"/>
+      <c r="AH52" s="5"/>
+      <c r="AI52" s="5"/>
+      <c r="AJ52" s="5">
+        <v>33.36</v>
+      </c>
+      <c r="AK52" s="5"/>
+      <c r="AL52" s="5"/>
+      <c r="AM52" s="5"/>
+      <c r="AN52" s="5"/>
+      <c r="AO52" s="5"/>
+      <c r="AP52" s="5">
+        <v>78098.179999999993</v>
+      </c>
+    </row>
+    <row r="53" spans="1:42">
+      <c r="A53" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="B53" s="5"/>
+      <c r="C53" s="5">
+        <v>776</v>
+      </c>
+      <c r="D53" s="5">
+        <v>16628</v>
+      </c>
+      <c r="E53" s="5"/>
+      <c r="F53" s="5"/>
+      <c r="G53" s="5">
+        <v>134404</v>
+      </c>
+      <c r="H53" s="5"/>
+      <c r="I53" s="5"/>
+      <c r="J53" s="5"/>
+      <c r="K53" s="5"/>
+      <c r="L53" s="5">
+        <v>19142</v>
+      </c>
+      <c r="M53" s="5">
+        <v>64428</v>
+      </c>
+      <c r="N53" s="5"/>
+      <c r="O53" s="5"/>
+      <c r="P53" s="5"/>
+      <c r="Q53" s="5"/>
+      <c r="R53" s="5"/>
+      <c r="S53" s="5">
+        <v>48627</v>
+      </c>
+      <c r="T53" s="5"/>
+      <c r="U53" s="5"/>
+      <c r="V53" s="5"/>
+      <c r="W53" s="5">
+        <v>35</v>
+      </c>
+      <c r="X53" s="5"/>
+      <c r="Y53" s="5"/>
+      <c r="Z53" s="5">
+        <v>659527</v>
+      </c>
+      <c r="AA53" s="5"/>
+      <c r="AB53" s="5"/>
+      <c r="AC53" s="5"/>
+      <c r="AD53" s="5"/>
+      <c r="AE53" s="5">
+        <v>6</v>
+      </c>
+      <c r="AF53" s="5"/>
+      <c r="AG53" s="5"/>
+      <c r="AH53" s="5"/>
+      <c r="AI53" s="5"/>
+      <c r="AJ53" s="5"/>
+      <c r="AK53" s="5"/>
+      <c r="AL53" s="5"/>
+      <c r="AM53" s="5">
+        <v>729</v>
+      </c>
+      <c r="AN53" s="5">
+        <v>61</v>
+      </c>
+      <c r="AO53" s="5">
+        <v>23006</v>
+      </c>
+      <c r="AP53" s="5">
+        <v>967369</v>
+      </c>
+    </row>
+    <row r="54" spans="1:42">
+      <c r="A54" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="B54" s="5"/>
+      <c r="C54" s="5"/>
+      <c r="D54" s="5"/>
+      <c r="E54" s="5"/>
+      <c r="F54" s="5"/>
+      <c r="G54" s="5"/>
+      <c r="H54" s="5"/>
+      <c r="I54" s="5"/>
+      <c r="J54" s="5"/>
+      <c r="K54" s="5"/>
+      <c r="L54" s="5"/>
+      <c r="M54" s="5"/>
+      <c r="N54" s="5"/>
+      <c r="O54" s="5"/>
+      <c r="P54" s="5"/>
+      <c r="Q54" s="5"/>
+      <c r="R54" s="5"/>
+      <c r="S54" s="5"/>
+      <c r="T54" s="5"/>
+      <c r="U54" s="5"/>
+      <c r="V54" s="5"/>
+      <c r="W54" s="5"/>
+      <c r="X54" s="5">
+        <v>2.76</v>
+      </c>
+      <c r="Y54" s="5"/>
+      <c r="Z54" s="5">
+        <v>10144.89</v>
+      </c>
+      <c r="AA54" s="5"/>
+      <c r="AB54" s="5"/>
+      <c r="AC54" s="5"/>
+      <c r="AD54" s="5"/>
+      <c r="AE54" s="5"/>
+      <c r="AF54" s="5"/>
+      <c r="AG54" s="5"/>
+      <c r="AH54" s="5"/>
+      <c r="AI54" s="5"/>
+      <c r="AJ54" s="5"/>
+      <c r="AK54" s="5"/>
+      <c r="AL54" s="5"/>
+      <c r="AM54" s="5"/>
+      <c r="AN54" s="5"/>
+      <c r="AO54" s="5"/>
+      <c r="AP54" s="5">
+        <v>10147.65</v>
+      </c>
+    </row>
+    <row r="55" spans="1:42">
+      <c r="A55" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="B55" s="5"/>
+      <c r="C55" s="5">
+        <v>43.38</v>
+      </c>
+      <c r="D55" s="5"/>
+      <c r="E55" s="5"/>
+      <c r="F55" s="5"/>
+      <c r="G55" s="5"/>
+      <c r="H55" s="5"/>
+      <c r="I55" s="5"/>
+      <c r="J55" s="5"/>
+      <c r="K55" s="5"/>
+      <c r="L55" s="5"/>
+      <c r="M55" s="5">
+        <v>539.45000000000005</v>
+      </c>
+      <c r="N55" s="5"/>
+      <c r="O55" s="5"/>
+      <c r="P55" s="5"/>
+      <c r="Q55" s="5"/>
+      <c r="R55" s="5"/>
+      <c r="S55" s="5"/>
+      <c r="T55" s="5"/>
+      <c r="U55" s="5"/>
+      <c r="V55" s="5"/>
+      <c r="W55" s="5"/>
+      <c r="X55" s="5"/>
+      <c r="Y55" s="5"/>
+      <c r="Z55" s="5">
+        <v>42292</v>
+      </c>
+      <c r="AA55" s="5"/>
+      <c r="AB55" s="5"/>
+      <c r="AC55" s="5"/>
+      <c r="AD55" s="5"/>
+      <c r="AE55" s="5"/>
+      <c r="AF55" s="5"/>
+      <c r="AG55" s="5"/>
+      <c r="AH55" s="5"/>
+      <c r="AI55" s="5"/>
+      <c r="AJ55" s="5"/>
+      <c r="AK55" s="5"/>
+      <c r="AL55" s="5"/>
+      <c r="AM55" s="5"/>
+      <c r="AN55" s="5"/>
+      <c r="AO55" s="5"/>
+      <c r="AP55" s="5">
+        <v>42874.83</v>
+      </c>
+    </row>
+    <row r="56" spans="1:42">
+      <c r="A56" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="B56" s="5"/>
+      <c r="C56" s="5">
+        <v>5957</v>
+      </c>
+      <c r="D56" s="5"/>
+      <c r="E56" s="5">
+        <v>58110</v>
+      </c>
+      <c r="F56" s="5"/>
+      <c r="G56" s="5"/>
+      <c r="H56" s="5"/>
+      <c r="I56" s="5"/>
+      <c r="J56" s="5"/>
+      <c r="K56" s="5"/>
+      <c r="L56" s="5">
+        <v>353670</v>
+      </c>
+      <c r="M56" s="5">
+        <v>16168</v>
+      </c>
+      <c r="N56" s="5"/>
+      <c r="O56" s="5">
+        <v>80</v>
+      </c>
+      <c r="P56" s="5"/>
+      <c r="Q56" s="5"/>
+      <c r="R56" s="5"/>
+      <c r="S56" s="5">
+        <v>67803</v>
+      </c>
+      <c r="T56" s="5"/>
+      <c r="U56" s="5"/>
+      <c r="V56" s="5"/>
+      <c r="W56" s="5"/>
+      <c r="X56" s="5">
+        <v>10332</v>
+      </c>
+      <c r="Y56" s="5"/>
+      <c r="Z56" s="5">
+        <v>1560875</v>
+      </c>
+      <c r="AA56" s="5"/>
+      <c r="AB56" s="5">
+        <v>140744</v>
+      </c>
+      <c r="AC56" s="5"/>
+      <c r="AD56" s="5"/>
+      <c r="AE56" s="5"/>
+      <c r="AF56" s="5">
+        <v>1075</v>
+      </c>
+      <c r="AG56" s="5"/>
+      <c r="AH56" s="5"/>
+      <c r="AI56" s="5"/>
+      <c r="AJ56" s="5">
+        <v>3422</v>
+      </c>
+      <c r="AK56" s="5"/>
+      <c r="AL56" s="5"/>
+      <c r="AM56" s="5"/>
+      <c r="AN56" s="5"/>
+      <c r="AO56" s="5"/>
+      <c r="AP56" s="5">
+        <v>2218236</v>
+      </c>
+    </row>
+    <row r="57" spans="1:42">
+      <c r="A57" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="B57" s="5"/>
+      <c r="C57" s="5">
+        <v>77.12</v>
+      </c>
+      <c r="D57" s="5">
+        <v>1796.81</v>
+      </c>
+      <c r="E57" s="5"/>
+      <c r="F57" s="5"/>
+      <c r="G57" s="5"/>
+      <c r="H57" s="5"/>
+      <c r="I57" s="5"/>
+      <c r="J57" s="5"/>
+      <c r="K57" s="5"/>
+      <c r="L57" s="5">
+        <v>1677.91</v>
+      </c>
+      <c r="M57" s="5"/>
+      <c r="N57" s="5"/>
+      <c r="O57" s="5"/>
+      <c r="P57" s="5"/>
+      <c r="Q57" s="5"/>
+      <c r="R57" s="5"/>
+      <c r="S57" s="5"/>
+      <c r="T57" s="5">
+        <v>15.33</v>
+      </c>
+      <c r="U57" s="5"/>
+      <c r="V57" s="5"/>
+      <c r="W57" s="5"/>
+      <c r="X57" s="5"/>
+      <c r="Y57" s="5"/>
+      <c r="Z57" s="5">
+        <v>31470.97</v>
+      </c>
+      <c r="AA57" s="5"/>
+      <c r="AB57" s="5">
+        <v>109.31</v>
+      </c>
+      <c r="AC57" s="5"/>
+      <c r="AD57" s="5"/>
+      <c r="AE57" s="5"/>
+      <c r="AF57" s="5"/>
+      <c r="AG57" s="5"/>
+      <c r="AH57" s="5"/>
+      <c r="AI57" s="5"/>
+      <c r="AJ57" s="5"/>
+      <c r="AK57" s="5"/>
+      <c r="AL57" s="5"/>
+      <c r="AM57" s="5"/>
+      <c r="AN57" s="5">
+        <v>657.78</v>
+      </c>
+      <c r="AO57" s="5"/>
+      <c r="AP57" s="5">
+        <v>35805.229999999996</v>
+      </c>
+    </row>
+    <row r="58" spans="1:42">
+      <c r="A58" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="B58" s="5"/>
+      <c r="C58" s="5">
+        <v>297.52</v>
+      </c>
+      <c r="D58" s="5"/>
+      <c r="E58" s="5"/>
+      <c r="F58" s="5"/>
+      <c r="G58" s="5"/>
+      <c r="H58" s="5"/>
+      <c r="I58" s="5"/>
+      <c r="J58" s="5"/>
+      <c r="K58" s="5">
+        <v>493.21</v>
+      </c>
+      <c r="L58" s="5">
+        <v>482</v>
+      </c>
+      <c r="M58" s="5"/>
+      <c r="N58" s="5"/>
+      <c r="O58" s="5"/>
+      <c r="P58" s="5"/>
+      <c r="Q58" s="5"/>
+      <c r="R58" s="5"/>
+      <c r="S58" s="5"/>
+      <c r="T58" s="5"/>
+      <c r="U58" s="5"/>
+      <c r="V58" s="5"/>
+      <c r="W58" s="5"/>
+      <c r="X58" s="5">
+        <v>18.940000000000001</v>
+      </c>
+      <c r="Y58" s="5"/>
+      <c r="Z58" s="5">
+        <v>41499</v>
+      </c>
+      <c r="AA58" s="5">
+        <v>125.07</v>
+      </c>
+      <c r="AB58" s="5">
+        <v>3.37</v>
+      </c>
+      <c r="AC58" s="5"/>
+      <c r="AD58" s="5"/>
+      <c r="AE58" s="5"/>
+      <c r="AF58" s="5"/>
+      <c r="AG58" s="5">
+        <v>2910.03</v>
+      </c>
+      <c r="AH58" s="5"/>
+      <c r="AI58" s="5"/>
+      <c r="AJ58" s="5">
+        <v>1.31</v>
+      </c>
+      <c r="AK58" s="5"/>
+      <c r="AL58" s="5"/>
+      <c r="AM58" s="5"/>
+      <c r="AN58" s="5"/>
+      <c r="AO58" s="5"/>
+      <c r="AP58" s="5">
+        <v>45830.45</v>
+      </c>
+    </row>
+    <row r="59" spans="1:42">
+      <c r="A59" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="B59" s="5"/>
+      <c r="C59" s="5"/>
+      <c r="D59" s="5"/>
+      <c r="E59" s="5"/>
+      <c r="F59" s="5"/>
+      <c r="G59" s="5"/>
+      <c r="H59" s="5"/>
+      <c r="I59" s="5"/>
+      <c r="J59" s="5"/>
+      <c r="K59" s="5"/>
+      <c r="L59" s="5"/>
+      <c r="M59" s="5"/>
+      <c r="N59" s="5"/>
+      <c r="O59" s="5"/>
+      <c r="P59" s="5"/>
+      <c r="Q59" s="5"/>
+      <c r="R59" s="5"/>
+      <c r="S59" s="5"/>
+      <c r="T59" s="5"/>
+      <c r="U59" s="5"/>
+      <c r="V59" s="5"/>
+      <c r="W59" s="5"/>
+      <c r="X59" s="5"/>
+      <c r="Y59" s="5"/>
+      <c r="Z59" s="5">
+        <v>195518</v>
+      </c>
+      <c r="AA59" s="5"/>
+      <c r="AB59" s="5"/>
+      <c r="AC59" s="5"/>
+      <c r="AD59" s="5"/>
+      <c r="AE59" s="5"/>
+      <c r="AF59" s="5"/>
+      <c r="AG59" s="5"/>
+      <c r="AH59" s="5"/>
+      <c r="AI59" s="5"/>
+      <c r="AJ59" s="5"/>
+      <c r="AK59" s="5"/>
+      <c r="AL59" s="5"/>
+      <c r="AM59" s="5"/>
+      <c r="AN59" s="5"/>
+      <c r="AO59" s="5"/>
+      <c r="AP59" s="5">
+        <v>195518</v>
+      </c>
+    </row>
+    <row r="60" spans="1:42">
+      <c r="A60" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="B60" s="5"/>
+      <c r="C60" s="5">
+        <v>10.44</v>
+      </c>
+      <c r="D60" s="5"/>
+      <c r="E60" s="5"/>
+      <c r="F60" s="5"/>
+      <c r="G60" s="5"/>
+      <c r="H60" s="5"/>
+      <c r="I60" s="5"/>
+      <c r="J60" s="5"/>
+      <c r="K60" s="5"/>
+      <c r="L60" s="5">
+        <v>3698</v>
+      </c>
+      <c r="M60" s="5"/>
+      <c r="N60" s="5"/>
+      <c r="O60" s="5"/>
+      <c r="P60" s="5"/>
+      <c r="Q60" s="5"/>
+      <c r="R60" s="5"/>
+      <c r="S60" s="5"/>
+      <c r="T60" s="5"/>
+      <c r="U60" s="5"/>
+      <c r="V60" s="5"/>
+      <c r="W60" s="5"/>
+      <c r="X60" s="5">
+        <v>0.51</v>
+      </c>
+      <c r="Y60" s="5"/>
+      <c r="Z60" s="5">
+        <v>124268.59</v>
+      </c>
+      <c r="AA60" s="5"/>
+      <c r="AB60" s="5"/>
+      <c r="AC60" s="5"/>
+      <c r="AD60" s="5"/>
+      <c r="AE60" s="5"/>
+      <c r="AF60" s="5"/>
+      <c r="AG60" s="5"/>
+      <c r="AH60" s="5"/>
+      <c r="AI60" s="5"/>
+      <c r="AJ60" s="5"/>
+      <c r="AK60" s="5"/>
+      <c r="AL60" s="5"/>
+      <c r="AM60" s="5">
+        <v>375</v>
+      </c>
+      <c r="AN60" s="5">
+        <v>15</v>
+      </c>
+      <c r="AO60" s="5"/>
+      <c r="AP60" s="5">
+        <v>128367.54</v>
+      </c>
+    </row>
+    <row r="61" spans="1:42">
+      <c r="A61" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="B61" s="9">
         <v>1</v>
       </c>
-      <c r="C3"/>
-[...151 lines deleted...]
-      <c r="AL4" t="s">
+      <c r="C61" s="9">
+        <v>13534.300000000003</v>
+      </c>
+      <c r="D61" s="9">
+        <v>114431.79000000001</v>
+      </c>
+      <c r="E61" s="9">
+        <v>58110</v>
+      </c>
+      <c r="F61" s="9">
+        <v>84458.9</v>
+      </c>
+      <c r="G61" s="9">
+        <v>257595.6</v>
+      </c>
+      <c r="H61" s="9">
+        <v>11753.83</v>
+      </c>
+      <c r="I61" s="9">
+        <v>7004</v>
+      </c>
+      <c r="J61" s="9">
+        <v>3229</v>
+      </c>
+      <c r="K61" s="9">
+        <v>3734.46</v>
+      </c>
+      <c r="L61" s="9">
+        <v>1157676.5599999998</v>
+      </c>
+      <c r="M61" s="9">
+        <v>128867.8</v>
+      </c>
+      <c r="N61" s="9">
+        <v>185974.33</v>
+      </c>
+      <c r="O61" s="9">
+        <v>6676.34</v>
+      </c>
+      <c r="P61" s="9">
+        <v>9.23</v>
+      </c>
+      <c r="Q61" s="9">
+        <v>1816.8199999999997</v>
+      </c>
+      <c r="R61" s="9">
+        <v>148</v>
+      </c>
+      <c r="S61" s="9">
+        <v>402670.68</v>
+      </c>
+      <c r="T61" s="9">
+        <v>165607.61999999997</v>
+      </c>
+      <c r="U61" s="9">
+        <v>447.2</v>
+      </c>
+      <c r="V61" s="9">
+        <v>151.87</v>
+      </c>
+      <c r="W61" s="9">
         <v>35</v>
       </c>
-      <c r="AM4" t="s">
-[...468 lines deleted...]
-      <c r="K13" s="6">
+      <c r="X61" s="9">
+        <v>10919.460000000001</v>
+      </c>
+      <c r="Y61" s="9">
+        <v>48.269999999999996</v>
+      </c>
+      <c r="Z61" s="9">
+        <v>6140072.669999999</v>
+      </c>
+      <c r="AA61" s="9">
+        <v>15147.91</v>
+      </c>
+      <c r="AB61" s="9">
+        <v>528696.68000000005</v>
+      </c>
+      <c r="AC61" s="9">
+        <v>73705.459999999992</v>
+      </c>
+      <c r="AD61" s="9">
+        <v>6920.54</v>
+      </c>
+      <c r="AE61" s="9">
+        <v>6.91</v>
+      </c>
+      <c r="AF61" s="9">
+        <v>6225.25</v>
+      </c>
+      <c r="AG61" s="9">
+        <v>1410909.9400000002</v>
+      </c>
+      <c r="AH61" s="9">
+        <v>134844.06</v>
+      </c>
+      <c r="AI61" s="9">
         <v>1</v>
       </c>
-      <c r="L13" s="6"/>
-[...2741 lines deleted...]
-        <v>12004031.319999998</v>
+      <c r="AJ61" s="9">
+        <v>6884.8200000000006</v>
+      </c>
+      <c r="AK61" s="9">
+        <v>10781.66</v>
+      </c>
+      <c r="AL61" s="9">
+        <v>405</v>
+      </c>
+      <c r="AM61" s="9">
+        <v>5274.49</v>
+      </c>
+      <c r="AN61" s="9">
+        <v>1310.1999999999998</v>
+      </c>
+      <c r="AO61" s="9">
+        <v>23006</v>
+      </c>
+      <c r="AP61" s="9">
+        <v>10979094.649999999</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CF97F295-B525-40A2-88D1-9500BAEC389C}">
   <dimension ref="A1:A3"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
-    <row r="1" spans="1:1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>100</v>
+    <row r="1" spans="1:1">
+      <c r="A1" s="3" t="s">
+        <v>101</v>
       </c>
     </row>
-    <row r="2" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:1">
       <c r="A2" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
     </row>
-    <row r="3" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:1">
       <c r="A3" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Unknown Document Type" ma:contentTypeID="0x010104" ma:contentTypeVersion="0" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="05d83ceaa0bbd2e3bc716e6e66bd857a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b3d69fe45253d5ff147bb69036b756a7">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type" ma:readOnly="true"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="3" ma:displayName="Title"/>
@@ -13346,89 +14017,62 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{796E4186-7D01-4F30-84C4-1464197BD7FC}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9E05F18-0EDF-47B7-A546-D3C4B7308269}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5803D91-7B7E-4EF8-8ABD-DBAD89DC93D4}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DBA9DD4F-BF6D-4779-83FD-8023E485A3B9}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C3F92A2-B09E-40CF-A3A3-8A23C4AAA744}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{94BB2E93-2FC8-4279-8CFC-DA61FCB2B49F}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...17 lines deleted...]
-  </TitlesOfParts>
+  <Application>Microsoft Excel Online</Application>
+  <Manager/>
   <Company>Washington State Department of Ecology</Company>
-  <LinksUpToDate>false</LinksUpToDate>
-[...1 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Roehmholdt, Caitlyn (ECY)</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy/>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>