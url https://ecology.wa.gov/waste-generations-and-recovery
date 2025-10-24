--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,191 +1,216 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29303"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\ECYAllShare\SWM\Data Files\Data For Web\2022\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\ECYAllShare\SWM\Data Files\Data For Web\2023\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4EFC8164-0EE5-4816-9A15-2669743D823D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{893114CF-A391-4B84-8E4F-B91CD3A6B67B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" tabRatio="624" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="1-Waste Gen Recovery Data" sheetId="3" r:id="rId1"/>
     <sheet name="2-Charts" sheetId="4" r:id="rId2"/>
     <sheet name="3-Info-Notes" sheetId="12" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'1-Waste Gen Recovery Data'!$B$2:$C$101</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="Z85" i="3" l="1"/>
-[...1 lines deleted...]
-  <c r="X9" i="4"/>
+  <c r="Z6" i="4" l="1"/>
+  <c r="Z11" i="4" s="1"/>
+  <c r="V82" i="3" l="1"/>
+  <c r="Y53" i="3"/>
+  <c r="AA74" i="3" l="1"/>
+  <c r="AA101" i="3" l="1"/>
+  <c r="AA86" i="3"/>
+  <c r="Z8" i="4" s="1"/>
+  <c r="AA67" i="3"/>
+  <c r="AA53" i="3"/>
+  <c r="AA77" i="3" l="1"/>
+  <c r="AA69" i="3"/>
+  <c r="AA79" i="3" s="1"/>
+  <c r="AA82" i="3" l="1"/>
+  <c r="Z54" i="4" s="1"/>
+  <c r="Z5" i="4"/>
+  <c r="Z12" i="4" s="1"/>
+  <c r="AA85" i="3"/>
+  <c r="AA80" i="3"/>
   <c r="U9" i="4"/>
-  <c r="Y8" i="4"/>
-  <c r="X8" i="4"/>
   <c r="U8" i="4"/>
-  <c r="X7" i="4"/>
   <c r="U7" i="4"/>
   <c r="Y6" i="4"/>
   <c r="X6" i="4"/>
   <c r="U6" i="4"/>
-  <c r="X5" i="4"/>
   <c r="U5" i="4"/>
   <c r="Z67" i="3"/>
-  <c r="Y39" i="3"/>
-  <c r="Y53" i="3" s="1"/>
   <c r="V39" i="3"/>
   <c r="U39" i="3"/>
   <c r="T39" i="3"/>
   <c r="S39" i="3"/>
   <c r="Q39" i="3"/>
   <c r="P39" i="3"/>
   <c r="O39" i="3"/>
   <c r="N39" i="3"/>
   <c r="M39" i="3"/>
   <c r="L39" i="3"/>
   <c r="K39" i="3"/>
   <c r="J39" i="3"/>
   <c r="I39" i="3"/>
   <c r="H39" i="3"/>
   <c r="G39" i="3"/>
   <c r="F39" i="3"/>
   <c r="E39" i="3"/>
   <c r="D39" i="3"/>
   <c r="Y101" i="3"/>
   <c r="Y74" i="3"/>
   <c r="Y77" i="3" s="1"/>
   <c r="Y67" i="3"/>
-  <c r="Y86" i="3" l="1"/>
+  <c r="AA87" i="3" l="1"/>
+  <c r="Z9" i="4" s="1"/>
+  <c r="Z7" i="4"/>
+  <c r="Y86" i="3"/>
+  <c r="X8" i="4" s="1"/>
   <c r="Y69" i="3"/>
   <c r="Y79" i="3" s="1"/>
-  <c r="Y82" i="3" s="1"/>
-  <c r="Y80" i="3"/>
   <c r="V54" i="4"/>
   <c r="W54" i="4"/>
   <c r="W74" i="3"/>
   <c r="W77" i="3" s="1"/>
   <c r="X74" i="3"/>
   <c r="X77" i="3" s="1"/>
   <c r="Z74" i="3"/>
   <c r="Z77" i="3" s="1"/>
   <c r="W67" i="3"/>
   <c r="X67" i="3"/>
   <c r="X69" i="3" s="1"/>
   <c r="Z53" i="3"/>
   <c r="Z69" i="3" s="1"/>
-  <c r="Y7" i="4" s="1"/>
   <c r="W53" i="3"/>
   <c r="X53" i="3"/>
   <c r="W101" i="3"/>
   <c r="X101" i="3"/>
   <c r="Z101" i="3"/>
   <c r="V101" i="3"/>
   <c r="V74" i="3"/>
   <c r="V86" i="3" s="1"/>
   <c r="V67" i="3"/>
   <c r="V53" i="3"/>
-  <c r="X80" i="3" l="1"/>
+  <c r="Y80" i="3" l="1"/>
+  <c r="Y82" i="3"/>
+  <c r="X54" i="4" s="1"/>
+  <c r="X5" i="4"/>
+  <c r="Z85" i="3"/>
+  <c r="Y7" i="4" s="1"/>
+  <c r="X80" i="3"/>
   <c r="V69" i="3"/>
   <c r="W69" i="3"/>
   <c r="W80" i="3" s="1"/>
   <c r="Y85" i="3"/>
-  <c r="Y87" i="3" s="1"/>
   <c r="Z86" i="3"/>
+  <c r="Y8" i="4" s="1"/>
   <c r="Z79" i="3"/>
   <c r="X79" i="3"/>
   <c r="V77" i="3"/>
   <c r="V80" i="3" s="1"/>
   <c r="V79" i="3"/>
-  <c r="V82" i="3" s="1"/>
   <c r="U54" i="4" s="1"/>
   <c r="V85" i="3"/>
   <c r="V87" i="3" s="1"/>
-  <c r="Z82" i="3" l="1"/>
+  <c r="Y87" i="3" l="1"/>
+  <c r="X9" i="4" s="1"/>
+  <c r="X7" i="4"/>
+  <c r="Z82" i="3"/>
   <c r="Y54" i="4" s="1"/>
   <c r="Y5" i="4"/>
   <c r="W79" i="3"/>
   <c r="Z87" i="3"/>
   <c r="Y9" i="4" s="1"/>
   <c r="Z80" i="3"/>
   <c r="U101" i="3"/>
   <c r="T32" i="3" l="1"/>
   <c r="S32" i="3"/>
   <c r="T6" i="4" l="1"/>
   <c r="Q35" i="3" l="1"/>
   <c r="Q31" i="3"/>
   <c r="P31" i="3" l="1"/>
   <c r="O32" i="3" l="1"/>
   <c r="P35" i="3" l="1"/>
   <c r="O35" i="3" l="1"/>
   <c r="U67" i="3" l="1"/>
   <c r="U74" i="3"/>
   <c r="U53" i="3"/>
   <c r="T62" i="3"/>
   <c r="T30" i="3"/>
   <c r="T53" i="3" s="1"/>
   <c r="T64" i="3"/>
   <c r="U86" i="3" l="1"/>
   <c r="U77" i="3"/>
@@ -552,780 +577,431 @@
   <c r="Q54" i="4" s="1"/>
   <c r="Q5" i="4"/>
   <c r="Q12" i="4" s="1"/>
   <c r="H5" i="4"/>
   <c r="H12" i="4" s="1"/>
   <c r="K82" i="3"/>
   <c r="J54" i="4" s="1"/>
   <c r="M82" i="3"/>
   <c r="L54" i="4" s="1"/>
   <c r="Q82" i="3"/>
   <c r="P54" i="4" s="1"/>
   <c r="T82" i="3"/>
   <c r="S54" i="4" s="1"/>
   <c r="N82" i="3"/>
   <c r="M54" i="4" s="1"/>
   <c r="O82" i="3"/>
   <c r="N54" i="4" s="1"/>
   <c r="H82" i="3"/>
   <c r="G54" i="4" s="1"/>
   <c r="I82" i="3"/>
   <c r="H54" i="4" s="1"/>
   <c r="H9" i="4" l="1"/>
 </calcChain>
 </file>
 
+<file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+  <authors>
+    <author>Brady, Megan (ECY)</author>
+  </authors>
+  <commentList>
+    <comment ref="Y4" authorId="0" shapeId="0" xr:uid="{FA6E26FE-AEDC-4847-A4A6-6212840A4F26}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t>2021 data were updated in 2025.</t>
+        </r>
+      </text>
+    </comment>
+  </commentList>
+</comments>
+</file>
+
+<file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+  <authors>
+    <author>Brady, Megan (ECY)</author>
+  </authors>
+  <commentList>
+    <comment ref="B5" authorId="0" shapeId="0" xr:uid="{2F61EA76-9ECD-4E4E-A64B-9FEFA5F71F8E}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>NOTE: These charts use only the "recoverable" portion of waste generated.</t>
+        </r>
+      </text>
+    </comment>
+  </commentList>
+</comments>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="390" uniqueCount="245">
   <si>
+    <t>This worksheet contains data on the tons of each waste type recycled, disposed, and recovered in Washington for years 2000-2023. Data from 2019 and 2020 is currently unavailable and is not included. It also includes information on per capita waste generation.</t>
+  </si>
+  <si>
+    <t>Solid Waste Generated and Recovered in Washington - Tons, Per Capita, Recovery Rate</t>
+  </si>
+  <si>
+    <t>Category</t>
+  </si>
+  <si>
+    <t>Materials Collected for Recycling (tons):</t>
+  </si>
+  <si>
+    <t>C&amp;D</t>
+  </si>
+  <si>
+    <t>Ash, Sand &amp; Dust</t>
+  </si>
+  <si>
+    <t>Asphalt &amp; Concrete</t>
+  </si>
+  <si>
+    <t>Carpet &amp; Pad</t>
+  </si>
+  <si>
+    <t>Construction &amp; Demolition Debris</t>
+  </si>
+  <si>
     <t>Gypsum</t>
   </si>
   <si>
+    <t>Landclearing Debris</t>
+  </si>
+  <si>
+    <t>Roofing Material</t>
+  </si>
+  <si>
+    <t>Wood Waste</t>
+  </si>
+  <si>
+    <t>Glass</t>
+  </si>
+  <si>
+    <t>Container Glass</t>
+  </si>
+  <si>
+    <t>Other Glass</t>
+  </si>
+  <si>
+    <t>Metal</t>
+  </si>
+  <si>
+    <t>Aluminum Cans</t>
+  </si>
+  <si>
+    <t>Appliances/White Goods</t>
+  </si>
+  <si>
+    <t>Other Ferrous Metal</t>
+  </si>
+  <si>
+    <t>Other Nonferrous Metal</t>
+  </si>
+  <si>
+    <t>Steel Cans</t>
+  </si>
+  <si>
+    <t>MRW</t>
+  </si>
+  <si>
+    <t>Antifreeze</t>
+  </si>
+  <si>
+    <t>Auto Lead Acid Batteries</t>
+  </si>
+  <si>
+    <t>Electronics</t>
+  </si>
+  <si>
+    <t>Household Batteries</t>
+  </si>
+  <si>
+    <t>Light Bulbs</t>
+  </si>
+  <si>
+    <t>Oil Filters</t>
+  </si>
+  <si>
+    <t>Other Batteries</t>
+  </si>
+  <si>
+    <t>Paint</t>
+  </si>
+  <si>
     <t>Used Oil</t>
   </si>
   <si>
-    <t>Oil Filters</t>
-[...2 lines deleted...]
-    <t>Carpet &amp; Pad</t>
+    <t>Organics</t>
+  </si>
+  <si>
+    <t>Agricultural Organics</t>
+  </si>
+  <si>
+    <t>Food Processing Waste</t>
+  </si>
+  <si>
+    <t>Food Scraps</t>
+  </si>
+  <si>
+    <t>Industrial Organics</t>
+  </si>
+  <si>
+    <t>Meats, Fats &amp; Oils</t>
+  </si>
+  <si>
+    <t>Other Organics</t>
+  </si>
+  <si>
+    <t>Yard Debris</t>
+  </si>
+  <si>
+    <t>Yard Debris &amp; Food mixed</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>Mattresses</t>
   </si>
   <si>
     <t>Miscellaneous</t>
   </si>
   <si>
-    <t>Mattresses</t>
-[...8 lines deleted...]
-    <t>Landclearing Debris</t>
+    <t>Textiles</t>
+  </si>
+  <si>
+    <t>Tires</t>
+  </si>
+  <si>
+    <t>Paper</t>
   </si>
   <si>
     <t>Cartons</t>
   </si>
   <si>
+    <t>Cardboard</t>
+  </si>
+  <si>
+    <t>High Grade Paper</t>
+  </si>
+  <si>
+    <t>Mixed Paper</t>
+  </si>
+  <si>
+    <t>Newspaper</t>
+  </si>
+  <si>
+    <t>Other Recyclable Paper</t>
+  </si>
+  <si>
+    <t>Plastic</t>
+  </si>
+  <si>
+    <t>Mixed Plastics</t>
+  </si>
+  <si>
+    <t>PET Plastics</t>
+  </si>
+  <si>
+    <t>HDPE Plastics</t>
+  </si>
+  <si>
+    <t>LDPE Plastics</t>
+  </si>
+  <si>
+    <t>Other Recyclable Plastics</t>
+  </si>
+  <si>
+    <t>Materials Collected for Recycling</t>
+  </si>
+  <si>
+    <t>Other Materials Collected for Recovery (tons):</t>
+  </si>
+  <si>
+    <t>Landclearing Debris burned for energy</t>
+  </si>
+  <si>
+    <t>Wood Waste burned for energy</t>
+  </si>
+  <si>
+    <t>Used Oil burned for energy</t>
+  </si>
+  <si>
+    <t>Paint burned for energy</t>
+  </si>
+  <si>
+    <t>Other Fuels burned for energy</t>
+  </si>
+  <si>
+    <t>Food Processing Waste anaerobically digested</t>
+  </si>
+  <si>
+    <t>Food Processing Waste land applied</t>
+  </si>
+  <si>
+    <t>Other Organics anaerobically digested</t>
+  </si>
+  <si>
+    <t>Other Organics land applied</t>
+  </si>
+  <si>
+    <t>Yard Debris burned for energy</t>
+  </si>
+  <si>
+    <t>Tires burned for energy</t>
+  </si>
+  <si>
+    <t>Other Materials Collected for Recovery</t>
+  </si>
+  <si>
+    <t>Materials Collected for Recovery (total)</t>
+  </si>
+  <si>
+    <t>Disposal &amp; Waste Generation (tons):</t>
+  </si>
+  <si>
+    <t>Disposal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MSW disposed </t>
+  </si>
+  <si>
+    <t>Other Non-MSW Solid Waste disposed (recoverable portion)</t>
+  </si>
+  <si>
+    <t>Solid Waste Disposed (recoverable portion)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>Non-recoverable Wastes disposed</t>
+  </si>
+  <si>
+    <t>Solid Waste Disposed (recoverable &amp; non-recoverable)</t>
+  </si>
+  <si>
     <t>Solid Waste Generated (recoverable portion)</t>
   </si>
   <si>
+    <t>Solid Waste Generated (recoverable &amp; non-recoverable)</t>
+  </si>
+  <si>
+    <t>Recovery Rate (%)</t>
+  </si>
+  <si>
+    <t>Per Capita (lbs/person/day):</t>
+  </si>
+  <si>
+    <t>Materials Collected for Recovery (lbs/person/day)</t>
+  </si>
+  <si>
+    <t>Solid Waste Disposed (recoverable portion - lbs/person/day)</t>
+  </si>
+  <si>
+    <t>Solid Waste Generated (recoverable portion - lbs/person/day)</t>
+  </si>
+  <si>
+    <t>Population</t>
+  </si>
+  <si>
+    <t>Reused Materials Reported (tons):</t>
+  </si>
+  <si>
+    <t>Construction &amp; Demolition Materials reused</t>
+  </si>
+  <si>
+    <t>Paint reused</t>
+  </si>
+  <si>
+    <t>Food recovered by food banks (rescued)</t>
+  </si>
+  <si>
+    <t>Glass for reuse</t>
+  </si>
+  <si>
+    <t>Clothing &amp; Household items reused</t>
+  </si>
+  <si>
+    <t>Miscellaneous reused</t>
+  </si>
+  <si>
+    <t>Appliances for reuse</t>
+  </si>
+  <si>
+    <t>Tires retreaded and/or reused</t>
+  </si>
+  <si>
+    <t>Total Reused Materials Reported</t>
+  </si>
+  <si>
+    <t>This worksheet contains one table and three graphs that describe the amount of solid waste generated, and one table and two graphs showing the recovery rate in Washington over time.  Data begins in the year 2000 and goes through 2023. Data from 2019 and 2020 is currently unavailable and is not included.</t>
+  </si>
+  <si>
+    <t>Waste Generation Charts</t>
+  </si>
+  <si>
     <t>Material &amp; Category</t>
   </si>
   <si>
-    <t>Materials Collected for Recycling (tons):</t>
-[...254 lines deleted...]
-    <t>Solid Waste Disposed (recoverable portion)</t>
+    <t>Solid Waste Disposed "Trash" (lbs/person/day)</t>
+  </si>
+  <si>
+    <t>% increase in population since 2000</t>
+  </si>
+  <si>
+    <t>% increase in SW Generated since 2000</t>
+  </si>
+  <si>
+    <t>Recovery Rate Charts</t>
   </si>
   <si>
     <t>Recovery Rate (new measure)</t>
   </si>
   <si>
-    <t>Solid Waste Generated (recoverable portion - lbs/person/day)</t>
-[...59 lines deleted...]
-    <t>Food Processing Waste land applied</t>
+    <t>This worksheet contains background information on the State of Washington's solid waste reporting process. It also contains definitions of different waste types and solid waste terminology.</t>
   </si>
   <si>
     <t>Waste Generation &amp; Recovery Data - Background, Notes, Sources</t>
   </si>
   <si>
-    <t>Category:  C&amp;D</t>
-[...362 lines deleted...]
-    <t>This worksheet contains one table and three graphs that describe the amount of solid waste generated, and one table and two graphs showing the recovery rate in Washington over time.  Data begins in the year 2000 and goes through 2022. Data from 2019 and 2020 is currently unavailable and is not included.</t>
+    <t>Washington Department of Ecology (version 2 October 2025)</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1" tint="0.34998626667073579"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Background Information:  </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1" tint="0.34998626667073579"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 The Washington Department of Ecology established the recycling survey in 1986.  Later versions of the survey counted materials as they emerged as commodities and were reported by facilities.  The two rates calculated until 2016 were the MSW recycling and diversion rates.  With the release of the 2016 data, the term "diversion" was changed to "recovery" to reflect the beneficial uses of materials collected.  
 For this dataset, the materials collected for recycling under Washington solid waste handling regulations are counted as </t>
     </r>
     <r>
       <rPr>
@@ -1366,64 +1042,460 @@
       <t xml:space="preserve">.  Materials reported as </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <color theme="1" tint="0.34998626667073579"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>reused</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1" tint="0.34998626667073579"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> are tallied separately and excluded from counting as recycling or recovery.  This breakdown is applied retroactively for the 2000 to 2016 data and going forward.  For more information on counting methods, a Frequently Asked Questions (FAQ) document is available upon request.
 Data is reported by recycling, composting, land application and anaerobic digestion facilities regulated under chapter 173-350 WAC, disposal facilities regulated under chapter 173-351 and 173-350 WAC, and recycling survey respondents handling solid waste material generated in Washington state.  Facility type and reported process determines how material is counted (recycling or other recovery).  Units are in tons unless otherwise indicated.  Data is adjusted for double-counting.
 For more information please contact Megan Brady at megan.brady@ecy.wa.gov.</t>
     </r>
   </si>
   <si>
-    <t>Washington Department of Ecology (version 4/23/2025)</t>
+    <t>Notes on Terms, Materials, Categories and Sources:</t>
+  </si>
+  <si>
+    <t>Prior to 2008, included in Other Organics category.  Retroactive adjustments for land applied wastes for 2000-2016 (see Other Organics land applied).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Includes vegetative (from farm) organic waste, such as crop residues including grape vines and hop waste.  </t>
+  </si>
+  <si>
+    <t>All Sectors</t>
+  </si>
+  <si>
+    <t>Sectors refers to the generator sector such as residential, commercial, institutional, and industrial.  This dataset includes residential and commercial sector data (see definitions below).</t>
+  </si>
+  <si>
+    <t>All Solid Waste disposed</t>
+  </si>
+  <si>
+    <t>No information prior to 1994.  Includes all waste types reported on facility reports:  MSW, commercial, demolition, inert, wood, tires, medical, industrial, asbestos, sludge, contaminated soils, and other unclassified wastes.  Includes waste types excluded in recovery calculations.</t>
+  </si>
+  <si>
+    <t>Aluminum beverage cans.</t>
+  </si>
+  <si>
+    <t>Anaerobic digesters</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Anaerobic digesters began reporting in 2009; there is a reporting gap in 2014 for unknown reasons.  Anaerobic digester data for 2009, 2010, 2015, 2016 were not included in recycling or recovery numbers. For 2011-2014, AD data was subtracted from the recycling/recovery data to create a separate category. </t>
+  </si>
+  <si>
+    <t>Also called coolant, from vehicle engines.</t>
+  </si>
+  <si>
+    <t>Appliances, water heaters, or microwave ovens.</t>
+  </si>
+  <si>
+    <t>Used in asphalt production.</t>
+  </si>
+  <si>
+    <t>Asphalt paving material and similar wastes; cement, concrete blocks, and concrete pieces.</t>
+  </si>
+  <si>
+    <t>Automobile, truck, boat, motorcycle batteries.  Excludes industrial batteries.</t>
+  </si>
+  <si>
+    <t>Burned for Energy</t>
+  </si>
+  <si>
+    <t>Includes source-separated materials that are reported as recovered and sent to facilities that burn the material for energy generation.  Does not include incineration, energy recovery, and waste to energy.  Does not include waste to fuel or conversion technologies such as anaerobic digestion and pyrolysis.</t>
+  </si>
+  <si>
+    <t>Brown uncoated paper with a wavy core and uncontaminated (no plastic lining or wax coating); and brown paper bags.</t>
+  </si>
+  <si>
+    <t>As reported.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Includes asceptic packaging, tetra packs, and gable tops.  </t>
+  </si>
+  <si>
+    <t>Poly-coated beverage containers with plastic, foil, or wax lining, such as milk or juice cartons. This doesn’t include individual foil packets such as Capri Sun containers.</t>
+  </si>
+  <si>
+    <t>Category:  C&amp;D</t>
+  </si>
+  <si>
+    <t>Construction and demolition wastes.  Materials included:  Ash, Sand, &amp; Dust, Asphalt &amp; Concrete, Carpet &amp; Pad, Construction &amp; Demolition Debris, Gypsum, Landclearing Debris, Paint, Roofing Material, and Wood Waste.</t>
+  </si>
+  <si>
+    <t>Category:  Glass</t>
+  </si>
+  <si>
+    <t>Materials included: Container Glass and Other Glass.</t>
+  </si>
+  <si>
+    <t>Category:  Metal</t>
+  </si>
+  <si>
+    <t>Materials included:  Aluminum Cans, Appliances/White Goods, Other Ferrous Metal, Other Nonferrous Metal, and Steel Cans.</t>
+  </si>
+  <si>
+    <t>Category:  MRW</t>
+  </si>
+  <si>
+    <t>Moderate risk waste:  Materials included:  Antifreeze, Auto Lead Acid Batteries, Electronics, Fluorescent Light Bulbs, Household Batteries, Oil Filters, Other Batteries, Other Fuels, and Used Oil.</t>
+  </si>
+  <si>
+    <t>Category:  Organics</t>
+  </si>
+  <si>
+    <t>Materials included:  Agricultural Organics, Food Processing Waste, Food Scraps, Food recovered by food banks (rescued), Industrial Organics, Meats, Fats &amp; Oils, Other Organics, Yard Debris, and Yard Debris &amp; Food mixed.</t>
+  </si>
+  <si>
+    <t>Category:  Other</t>
+  </si>
+  <si>
+    <t>Materials included:  Clothing &amp; Household items, Mattresses, Miscellaneous, Photographic Films, Textiles, and Tires.</t>
+  </si>
+  <si>
+    <t>Category:  Paper</t>
+  </si>
+  <si>
+    <t>Materials included:  Cartons, Cardboard, High Grade Paper, Mixed Paper, Newspaper, and Other Recyclable Paper.</t>
+  </si>
+  <si>
+    <t>Category:  Plastic</t>
+  </si>
+  <si>
+    <t>Materials included:  Mixed Plastics, PET Plastics, HDPE Plastics, LDPE Plastics, and Other Recyclable Plastics.</t>
+  </si>
+  <si>
+    <t>Commercial Sector</t>
+  </si>
+  <si>
+    <t>Includes commercial generators of solid waste such as restaurants, office buildings and retail, institutions such as schools and hospitals, and industrial sites such as manufacturers.  The amount or percentage of commercial versus residential material is reported by recycling facilities.</t>
+  </si>
+  <si>
+    <t>Composting</t>
+  </si>
+  <si>
+    <t>The biological degradation and transformation of organic solid waste under controlled conditions designed to promote aerobic decomposition.  Included in dataset as reported on compost reports.  On-site composting is only included in dataset if reported.  Backyard composting is not included in any measure of composting, recycling or recovery.</t>
+  </si>
+  <si>
+    <t>While these materials are counted as recycled as reported by the recycling facility, the final disposition of some of this material may be burning in energy markets.</t>
+  </si>
+  <si>
+    <t>Mixed material generated as a result of a construction or demolition operation, including toilets, sinks, rock, brick, insulation, roofing, and combination materials. Exclude the following materials if possible: asphalt, concrete, metals, wood, carpet, and gypsum.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Includes dimensional lumber, pallets, crates and other construction and demolition related materials that are reused.  </t>
+  </si>
+  <si>
+    <t>Includes container glass recycled and used as aggregate.</t>
+  </si>
+  <si>
+    <t>Glass containers for food, beverage, and other material. Excludes refillable bottles.</t>
+  </si>
+  <si>
+    <t>Data reported on annual reports from permitted solid waste disposal facilities regulated under chapter 173-351 and 173-350 WAC.</t>
+  </si>
+  <si>
+    <t>Hard drives from computer towers and laptops; display screens such as monitors, CRTs, or TVs; cell or mobile phones, keyboards, mice, printers, and other peripherals.</t>
+  </si>
+  <si>
+    <t>Includes pre-consumer food waste such as pomace, sludges, and shells from food processing.  Retroactive adjustments for food waste pre-consumer anaerobically digested for 2000-2016.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Includes pre-consumer food processing waste and pre-consumer food waste that contains animal by-product that is source separated at the facility licensed to process food by the USDA, FDA or WSDA or other applicable agency.  Anaerobic digesters began reporting in 2009.  There is a reporting gap in 2014 for unknown reasons.   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prior to 2005, data included in "Other Organics" recycled or composted.  Includes food processing wastes such as cranberry waste; excludes potato dirt. </t>
+  </si>
+  <si>
+    <t>No data available prior to 2010.</t>
+  </si>
+  <si>
+    <t>Includes post-consumer food that has reached the final consumer or consumer outlet such as restaurant, grocery store, school or hospital and been discarded; post-consumer food waste reported on annual recycling or compost reports as recycled or composted; excludes fats and oils collected for rendering or processing in commercial quantities.  Prior to 2008, this category included fats and oils reported for recycling.  Adjustment in 2011 for food waste pre-consumer anaerobically digested.</t>
+  </si>
+  <si>
+    <t>Specify: food preparation wastes, food scraps, spoiled food, or donated edible food.</t>
+  </si>
+  <si>
+    <t>Drywall, wallboard.  As reported.</t>
+  </si>
+  <si>
+    <t>High-density polyethylene–clear and colored containers made from HDPE; coded (#2).</t>
+  </si>
+  <si>
+    <t>Computer paper, white bond, copy paper, notebook paper, and some colored paper.</t>
+  </si>
+  <si>
+    <t>Includes: flashlight (Alkaline, Ni-Cad), and button batteries (lithium).</t>
+  </si>
+  <si>
+    <t>Includes organics of industrial origin reported on annual reports, such as paper clarifier solids.  Prior to 2008, included in other organics category.</t>
+  </si>
+  <si>
+    <t>Land application</t>
+  </si>
+  <si>
+    <t>For 2000-2016, land application data is backed out of recycling and recovery data.  See also Other Organics land applied.</t>
+  </si>
+  <si>
+    <t>Mixed woody debris including stumps, brush, and limbs from landclearing related to construction and/or logging at non-residential locations.  Please specify use of the material (chipped for mulch, burned for energy, etc.).</t>
+  </si>
+  <si>
+    <t>Included in recycled landclearing debris prior to 2006.</t>
+  </si>
+  <si>
+    <t>Low-density polyethylene–includes mustard and some other squeezable containers; coded (#4).  Includes plastic bags and plastic film.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Includes mostly mercury-containing or fluorescent lamps, some high-intensity discharge (HID) and some other light bulbs.  Standard light bulbs are generally disposed of as garbage.  </t>
+  </si>
+  <si>
+    <t>Materials Collected for Recovery</t>
+  </si>
+  <si>
+    <t>See "Recovery".</t>
+  </si>
+  <si>
+    <t>See "Recycling".</t>
+  </si>
+  <si>
+    <t>All types of mattresses reported as collected for recycling.</t>
+  </si>
+  <si>
+    <t>Includes meat, animal fat and used cooking oil collected for rendering or processing in commercial quantities.  Prior to 2008, included in Food Scraps category.</t>
+  </si>
+  <si>
+    <t>For this dataset, includes aluminum cans, appliances/white goods, other nonferrous metals, steel cans, and other ferrous metals.</t>
+  </si>
+  <si>
+    <t>Material recovered for recycling that does not fit with any of the other materials on this list.</t>
+  </si>
+  <si>
+    <t>All other potentially recyclable paper, such as envelopes, telephone books, paperback books, cereal boxes, laundry soap boxes, and magazines.</t>
+  </si>
+  <si>
+    <t>Moderate risk waste such as used oil, antifreeze, and batteries.</t>
+  </si>
+  <si>
+    <t>Municipal solid waste &amp; commercial wastes.</t>
+  </si>
+  <si>
+    <t>Black and white newspaper, shredded newsprint, and including other paper normally distributed inside a newspaper such as colored advertisements, comics, and flyers.</t>
+  </si>
+  <si>
+    <t>Non-recoverable wastes disposed</t>
+  </si>
+  <si>
+    <t>Includes "cleanup" type wastes, such as contaminated soils, biosolids, and asbestos; reported by MSW landfills and other landfill types.  For 1999-2001, this includes waste reported by non-MSW landfills.</t>
+  </si>
+  <si>
+    <t>Organic Materials (Organics)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Substances and products of biological origin that have the potential to be returned to the soil, turned into biofuels, bioenergy, or other products.  Organic materials in this dataset include landscaping and yard waste, food waste, manures, crop residues, and wood.  </t>
+  </si>
+  <si>
+    <t>For this dataset, includes mattresses, photographic films, miscellaneous recyclables that did not fit well into the other categories, textiles, and tires.</t>
+  </si>
+  <si>
+    <t>Previously "Batteries - Industrial".</t>
+  </si>
+  <si>
+    <t>Magnetic metal items such as steel clothes hangers, sheet metal products, pipes, some automobile parts, auto bodies, and other miscellaneous, magnetic metal scraps.</t>
+  </si>
+  <si>
+    <t>Petroleum-based fuels as reported.  Can include gasoline, diesel, kerosene, butane, and others.</t>
+  </si>
+  <si>
+    <t>Includes window/flat, industrial and other glass.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Soils and soil blends excluded.  Not tracked prior to 1999. </t>
+  </si>
+  <si>
+    <t>Copper tubing, brass fixtures, insulated wire, small auto parts such as generators, water pumps.  Aluminum other than beverage cans.</t>
+  </si>
+  <si>
+    <t>Disposed materials reported in homogeneous loads by landfills and incinerators, that fall outside of the "municipal solid waste" designation.  Can include inert material, construction and demolition wastes, auto shredder residue, wood waste, medical wastes, tires, and more.</t>
+  </si>
+  <si>
+    <t>Includes organic materials that do not fall under the above categories, such as mortalities, carcasses, other animal parts, manures and animal bedding.  Prior to 2008, includes agricultural organics and industrial organics.  Adjustments for manures listed as other organics anaerobically digested for 2000-2016.</t>
+  </si>
+  <si>
+    <t>Includes livestock manure, bedding and other non-food materials digested.  Reported in gallons as a slurry; the following calculation is applied:  # gallons x 8.3 pounds per gallon x 5% solids / 2000 pounds per ton.  See also Anaerobic digesters above.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prior to 2005, data included in "Other Organics" recycled or composted.  Includes agricultural wastes; excludes potato dirt. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Includes post-industrial paper.  </t>
+  </si>
+  <si>
+    <t>Includes Post-Industrial and Other Recyclable Plastics.</t>
+  </si>
+  <si>
+    <t>All other plastics; recyclable plastics not included above.</t>
+  </si>
+  <si>
+    <t>Other Waste Types disposed (recoverable portion)</t>
+  </si>
+  <si>
+    <t>Includes non-MSW wastes reported in homogeneous loads by MSW landfills and other landfill types; includes tires disposed in out-of-state landfills reported on recycling reports.  Does not include "cleanup" type wastes, such as contaminated soils and asbestos, or other non-recoverable wastes.  For 1999-2001, this includes waste reported by non-MSW landfills.</t>
+  </si>
+  <si>
+    <t>Overall Waste Generation (recoverable &amp; non-recoverable)</t>
+  </si>
+  <si>
+    <t>Includes waste types excluded from recovery rate calculation, such as contaminated soils, sewage sludge and asbestos.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Paint </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Through 2016 alll paint reported as recovered was counted as reused based on MRW reports.  </t>
+  </si>
+  <si>
+    <t>Per Capita (lbs/person/day)</t>
+  </si>
+  <si>
+    <t>Pounds per person per day.</t>
+  </si>
+  <si>
+    <t>Polyethylene terephthalate–clear and colored beverage containers made from PET; coded (#1).</t>
+  </si>
+  <si>
+    <t>Source:  Washington Ofice of Financial Management (OFM) inter-censal estimates through 2010 (latest census available), and post-censal estimates 2011 to present (https://www.ofm.wa.gov/washington-data-research/population-demographics/population-estimates/historical-estimates-april-1-population-and-housing-state-counties-and-cities).</t>
+  </si>
+  <si>
+    <t>Recoverable</t>
+  </si>
+  <si>
+    <t>Material is counted as recoverable in this dataset if it has been reported by recycling and recovery facilities in recent years.  See also "Recovery".</t>
+  </si>
+  <si>
+    <t>Recovered Materials</t>
+  </si>
+  <si>
+    <t>Materials collected for recovery for recycling and other beneficial uses (see "Recovery" below).  Includes materials reported as collected for recycling.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Recovery  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Material that is diverted from the solid waste stream for the intended purpose of recycling, composting, burning source-separated materials for energy, anaerobic digestion, land application, and other beneficial uses.  </t>
+  </si>
+  <si>
+    <t>The recovery rate calculation includes materials collected for recycling and other forms of recovery in the nominator, and the recoverable portion of solid wastes generated, incluidng municipal solid waste and other waste types disposed in the denominator.  Excludes materials collected for reuse.</t>
+  </si>
+  <si>
+    <t>Recycling</t>
+  </si>
+  <si>
+    <t>"Recycling" means transforming or remanufacturing waste materials into usable or marketable materials for use other than landfill disposal or incineration. Recycling includes processing waste materials to produce tangible commodities.  Includes material collected for recycling (as reported), composting, typical curbside recycling materials, and source-separated materials.</t>
+  </si>
+  <si>
+    <t>Residential Sector</t>
+  </si>
+  <si>
+    <t>Single-family and multifamily residences.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Reused  </t>
+  </si>
+  <si>
+    <t>“Reuse” means using an object or material again, either for its original purpose or for a similar purpose, without significantly altering the physical form of the object or material. Reuse is not solid waste handling, but separating materials from other solid wastes for reuse is solid waste handling. Use of solid waste as fill or alternative daily cover is not reuse.</t>
+  </si>
+  <si>
+    <t>Reused Materials Reported</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Materials reported as reused on the recycling survey.  Reused materials do not count as solid waste as the facilities that handle these materials are generally not regulated as solid waste handling facilities. </t>
+  </si>
+  <si>
+    <t>As reported.  Can include asphaltic roofing, tile, aluminum, plastic and others.</t>
+  </si>
+  <si>
+    <t>Solid Waste Disposed</t>
+  </si>
+  <si>
+    <t>Solid waste disposed in landfills and incinerators.  Alternate daily cover is considered a disposed material.</t>
+  </si>
+  <si>
+    <t>Solid Waste Generated</t>
+  </si>
+  <si>
+    <t>Includes materials collected for recycling, recovery and disposal.  Does not include materials that do not enter the solid waste system, such as reused materials or litter that is not picked up.</t>
+  </si>
+  <si>
+    <t>Solid Waste Recovered</t>
+  </si>
+  <si>
+    <t>See "Recovered Materials".</t>
+  </si>
+  <si>
+    <t>Includes steel "tinned" cans and other food cans.</t>
+  </si>
+  <si>
+    <t>Clothing and apparel, shop rags, and blankets.</t>
+  </si>
+  <si>
+    <t>Automobile, truck, and bicycle tires.  Reports should specify if the material is re-treaded, reused, recycled, or burned for energy.  Baled tires are considered recycled.</t>
+  </si>
+  <si>
+    <t>Automotive and other used motor oil.  Reports should specify if the material is re-refined/recycled, or burned for energy recovery or heat.</t>
+  </si>
+  <si>
+    <t>Includes wood from construction or demolition, mill waste, sawdust and other wood used in composting, pallets, scrap lumber, wood toys, fencing, and crates.  Reports should specify if the material is composted, recycled, burned for energy recovery, or reused.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Municipal yard debris, including woody debris from small-scale resid+C47ential yards/gardens, lawn clippings, garden trimmings, weeds, leaves and branches.  Can include some food waste if program is collecting this in the mix.  Reports should specify if the material is composted, recycled, or burned for energy. </t>
+  </si>
+  <si>
+    <t>Yard debris and food waste collected in mixed loads, as reported.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
   </numFmts>
-  <fonts count="56" x14ac:knownFonts="1">
+  <fonts count="58">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1756,50 +1828,63 @@
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1" tint="0.499984740745262"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1" tint="0.499984740745262"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="9"/>
+      <color indexed="81"/>
+      <name val="Tahoma"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color indexed="81"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="34">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -1944,51 +2029,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="55">
+  <borders count="56">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
@@ -2606,50 +2691,61 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color rgb="FF7F7F7F"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF7F7F7F"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="593">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
@@ -3221,51 +3317,50 @@
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="17" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="55" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="55" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="55" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="142">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="45" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="45" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="44" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="165" applyFont="1"/>
     <xf numFmtId="164" fontId="44" fillId="0" borderId="0" xfId="165" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="45" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="44" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="45" fillId="0" borderId="0" xfId="165" applyFont="1"/>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="165" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="44" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="44" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="44" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="45" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="44" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="11" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="21" xfId="165" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="22" xfId="165" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="44" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="166" fontId="45" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="166" fontId="45" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="3" fontId="44" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
@@ -3379,83 +3474,84 @@
     </xf>
     <xf numFmtId="9" fontId="53" fillId="0" borderId="32" xfId="6" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="53" fillId="0" borderId="9" xfId="6" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="20" fillId="5" borderId="45" xfId="546" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="45" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="20" fillId="5" borderId="47" xfId="546" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="20" fillId="5" borderId="13" xfId="546" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="37" fontId="20" fillId="5" borderId="13" xfId="546" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="43" fontId="20" fillId="5" borderId="13" xfId="546" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="20" fillId="5" borderId="46" xfId="546" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="45" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="35" fillId="5" borderId="13" xfId="546" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="35" fillId="5" borderId="43" xfId="546" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="20" fillId="5" borderId="43" xfId="546" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="20" fillId="5" borderId="44" xfId="546" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="20" fillId="5" borderId="13" xfId="546" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="164" fontId="20" fillId="5" borderId="45" xfId="546" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="44" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="45" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="0" borderId="48" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="45" fillId="0" borderId="48" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="45" fillId="0" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="45" fillId="0" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="33" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="20" fillId="5" borderId="49" xfId="546" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="20" fillId="5" borderId="50" xfId="546" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="20" fillId="5" borderId="51" xfId="546" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="20" fillId="5" borderId="51" xfId="546" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="164" fontId="20" fillId="5" borderId="52" xfId="546" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="45" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="44" fillId="0" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="44" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="44" fillId="0" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="166" fontId="45" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="44" fillId="0" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="44" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="44" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="44" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="44" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="44" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="44" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="45" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -4163,51 +4259,51 @@
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1500" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="all" spc="100" normalizeH="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Waste Generation in Washington 2000 – 2022</a:t>
+              <a:t>Waste Generation in Washington 2000 – 2023</a:t>
             </a:r>
           </a:p>
         </c:rich>
       </c:tx>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="3.148818681259237E-2"/>
           <c:y val="2.3170089520800422E-2"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
@@ -4279,54 +4375,54 @@
                       <a:schemeClr val="lt1"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
                   </a:defRPr>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="0"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:numRef>
-              <c:f>'2-Charts'!$C$4:$Y$4</c:f>
+              <c:f>'2-Charts'!$C$4:$Z$4</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="21"/>
+                <c:ptCount val="22"/>
                 <c:pt idx="0">
                   <c:v>2000</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2001</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2002</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2003</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2004</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2005</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2006</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2007</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -4345,60 +4441,63 @@
                   <c:v>2012</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2013</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2014</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2015</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2016</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2017</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2018</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2021</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2022</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>2023</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'2-Charts'!$C$7:$Y$7</c:f>
+              <c:f>'2-Charts'!$C$7:$Z$7</c:f>
               <c:numCache>
                 <c:formatCode>0.0</c:formatCode>
-                <c:ptCount val="21"/>
+                <c:ptCount val="22"/>
                 <c:pt idx="0">
                   <c:v>3.6111656317359428</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>3.9122362677591362</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>4.3727297192445187</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>4.6488097800627743</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>5.4948007959598932</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>6.1391865817783229</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>6.5456582931247818</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>6.1123756271240399</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -4413,54 +4512,57 @@
                 <c:pt idx="11">
                   <c:v>6.6729169182403565</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>6.302720352400609</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>6.2137806897562013</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>5.991103964381626</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>5.8367581098279562</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>6.1366441792062565</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>6.2414046660434979</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>6.4009757942793453</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>6.1426831852184662</c:v>
+                  <c:v>6.1711279552237501</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>5.3905204138456631</c:v>
+                  <c:v>5.4497309502458657</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>5.1955291989081536</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-606B-481D-9D4B-9447E1846E3B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
               <c:f>'2-Charts'!$B$8</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Solid Waste Disposed "Trash" (lbs/person/day)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
@@ -4503,54 +4605,54 @@
                       <a:schemeClr val="lt1"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
                   </a:defRPr>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="0"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:numRef>
-              <c:f>'2-Charts'!$C$4:$Y$4</c:f>
+              <c:f>'2-Charts'!$C$4:$Z$4</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="21"/>
+                <c:ptCount val="22"/>
                 <c:pt idx="0">
                   <c:v>2000</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2001</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2002</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2003</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2004</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2005</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2006</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2007</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -4569,60 +4671,63 @@
                   <c:v>2012</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2013</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2014</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2015</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2016</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2017</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2018</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2021</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2022</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>2023</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'2-Charts'!$C$8:$Y$8</c:f>
+              <c:f>'2-Charts'!$C$8:$Z$8</c:f>
               <c:numCache>
                 <c:formatCode>0.0</c:formatCode>
-                <c:ptCount val="21"/>
+                <c:ptCount val="22"/>
                 <c:pt idx="0">
                   <c:v>6.1143607666676507</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>5.7431699556323714</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>5.501675685931037</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>5.4751011660446691</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>5.7597159557070512</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>6.6952763045657546</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>6.6235217126240116</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>6.7870811939575155</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -4637,54 +4742,57 @@
                 <c:pt idx="11">
                   <c:v>5.1133023072048207</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>5.7348360703086909</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>5.9867133159984025</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>6.4063271815573284</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>6.5731391183021328</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>6.7651962004545689</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>6.6161598082945083</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>6.7745098809118423</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>6.3658081107602635</c:v>
+                  <c:v>7.2688699025828898</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>7.2946745933869401</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>6.7213227551558612</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-606B-481D-9D4B-9447E1846E3B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:axId val="144729864"/>
         <c:axId val="230307104"/>
       </c:areaChart>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
@@ -4773,63 +4881,51 @@
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="4"/>
               <c:delete val="1"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000006-606B-481D-9D4B-9447E1846E3B}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="5"/>
               <c:delete val="1"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000007-606B-481D-9D4B-9447E1846E3B}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="6"/>
-              <c:layout>
-[...11 lines deleted...]
-              <c:showBubbleSize val="0"/>
+              <c:delete val="1"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000008-606B-481D-9D4B-9447E1846E3B}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="7"/>
               <c:delete val="1"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000009-606B-481D-9D4B-9447E1846E3B}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="8"/>
               <c:delete val="1"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{0000000A-606B-481D-9D4B-9447E1846E3B}"/>
                 </c:ext>
@@ -4913,50 +5009,70 @@
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000012-606B-481D-9D4B-9447E1846E3B}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="17"/>
               <c:delete val="1"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000000-89F0-4A57-BE4B-F3E25B240076}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="18"/>
               <c:delete val="1"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000000-2576-4BB9-B417-751EB808E51C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
+            <c:dLbl>
+              <c:idx val="19"/>
+              <c:delete val="1"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000000-5E3B-4886-AB16-08DFA7B8742F}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="20"/>
+              <c:delete val="1"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000001-5E3B-4886-AB16-08DFA7B8742F}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
             <c:numFmt formatCode="#,##0.0" sourceLinked="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="44688F"/>
               </a:solidFill>
               <a:ln>
                 <a:solidFill>
                   <a:schemeClr val="accent4">
                     <a:shade val="58000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="1400" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
@@ -4971,54 +5087,54 @@
             <c:dLblPos val="r"/>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:spPr xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart">
                   <a:prstGeom prst="roundRect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </c15:spPr>
                 <c15:showLeaderLines val="0"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:numRef>
-              <c:f>'2-Charts'!$C$4:$Y$4</c:f>
+              <c:f>'2-Charts'!$C$4:$Z$4</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="21"/>
+                <c:ptCount val="22"/>
                 <c:pt idx="0">
                   <c:v>2000</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2001</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2002</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2003</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2004</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2005</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2006</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2007</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -5037,60 +5153,63 @@
                   <c:v>2012</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2013</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2014</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2015</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2016</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2017</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2018</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2021</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2022</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>2023</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'2-Charts'!$C$5:$Y$5</c:f>
+              <c:f>'2-Charts'!$C$5:$Z$5</c:f>
               <c:numCache>
                 <c:formatCode>_(* #,##0_);_(* \(#,##0\);_(* "-"??_);_(@_)</c:formatCode>
-                <c:ptCount val="21"/>
+                <c:ptCount val="22"/>
                 <c:pt idx="0">
                   <c:v>10461564.91</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>10520602.940000001</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>10920054.43</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>11320176.079999998</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>12752010</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>14753605.929333564</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>15430196.092937453</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>15361119.278009433</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -5105,54 +5224,57 @@
                 <c:pt idx="11">
                   <c:v>14557651.440000001</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>14977645.616999999</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>15324284.09</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>15765701.921346031</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>15992725.460388441</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>16914638.509204928</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>17153659.277757447</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>17859786.189907566</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>17477570.768499702</c:v>
+                  <c:v>18779124.366806403</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>18206464.189715616</c:v>
+                  <c:v>18291446.289715618</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>17292363.628156487</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000014-606B-481D-9D4B-9447E1846E3B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="1"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="233741824"/>
         <c:axId val="231824384"/>
         <c:extLst>
           <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
@@ -5404,57 +5526,57 @@
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:defRPr>
                       </a:pPr>
                       <a:endParaRPr lang="en-US"/>
                     </a:p>
                   </c:txPr>
                   <c:showLegendKey val="0"/>
                   <c:showVal val="1"/>
                   <c:showCatName val="0"/>
                   <c:showSerName val="0"/>
                   <c:showPercent val="0"/>
                   <c:showBubbleSize val="0"/>
                   <c:showLeaderLines val="0"/>
                   <c:extLst>
                     <c:ext uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                       <c15:showLeaderLines val="0"/>
                     </c:ext>
                   </c:extLst>
                 </c:dLbls>
                 <c:cat>
                   <c:numRef>
                     <c:extLst>
                       <c:ext uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                         <c15:formulaRef>
-                          <c15:sqref>'2-Charts'!$C$4:$Y$4</c15:sqref>
+                          <c15:sqref>'2-Charts'!$C$4:$Z$4</c15:sqref>
                         </c15:formulaRef>
                       </c:ext>
                     </c:extLst>
                     <c:numCache>
                       <c:formatCode>General</c:formatCode>
-                      <c:ptCount val="21"/>
+                      <c:ptCount val="22"/>
                       <c:pt idx="0">
                         <c:v>2000</c:v>
                       </c:pt>
                       <c:pt idx="1">
                         <c:v>2001</c:v>
                       </c:pt>
                       <c:pt idx="2">
                         <c:v>2002</c:v>
                       </c:pt>
                       <c:pt idx="3">
                         <c:v>2003</c:v>
                       </c:pt>
                       <c:pt idx="4">
                         <c:v>2004</c:v>
                       </c:pt>
                       <c:pt idx="5">
                         <c:v>2005</c:v>
                       </c:pt>
                       <c:pt idx="6">
                         <c:v>2006</c:v>
                       </c:pt>
                       <c:pt idx="7">
                         <c:v>2007</c:v>
                       </c:pt>
                       <c:pt idx="8">
@@ -5473,50 +5595,53 @@
                         <c:v>2012</c:v>
                       </c:pt>
                       <c:pt idx="13">
                         <c:v>2013</c:v>
                       </c:pt>
                       <c:pt idx="14">
                         <c:v>2014</c:v>
                       </c:pt>
                       <c:pt idx="15">
                         <c:v>2015</c:v>
                       </c:pt>
                       <c:pt idx="16">
                         <c:v>2016</c:v>
                       </c:pt>
                       <c:pt idx="17">
                         <c:v>2017</c:v>
                       </c:pt>
                       <c:pt idx="18">
                         <c:v>2018</c:v>
                       </c:pt>
                       <c:pt idx="19">
                         <c:v>2021</c:v>
                       </c:pt>
                       <c:pt idx="20">
                         <c:v>2022</c:v>
+                      </c:pt>
+                      <c:pt idx="21">
+                        <c:v>2023</c:v>
                       </c:pt>
                     </c:numCache>
                   </c:numRef>
                 </c:cat>
                 <c:val>
                   <c:numRef>
                     <c:extLst>
                       <c:ext uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                         <c15:formulaRef>
                           <c15:sqref>'2-Charts'!$C$6:$S$6</c15:sqref>
                         </c15:formulaRef>
                       </c:ext>
                     </c:extLst>
                     <c:numCache>
                       <c:formatCode>_(* #,##0_);_(* \(#,##0\);_(* "-"??_);_(@_)</c:formatCode>
                       <c:ptCount val="17"/>
                       <c:pt idx="0">
                         <c:v>5894143</c:v>
                       </c:pt>
                       <c:pt idx="1">
                         <c:v>5970452</c:v>
                       </c:pt>
                       <c:pt idx="2">
                         <c:v>6059698</c:v>
                       </c:pt>
@@ -5745,147 +5870,156 @@
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="233741824"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
         <c:dispUnits>
           <c:builtInUnit val="millions"/>
         </c:dispUnits>
       </c:valAx>
       <c:valAx>
         <c:axId val="230307104"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="r"/>
         <c:title>
           <c:tx>
             <c:rich>
               <a:bodyPr rot="5400000" spcFirstLastPara="1" vertOverflow="ellipsis" wrap="square" anchor="ctr" anchorCtr="1"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
-                  <a:defRPr sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                  <a:defRPr sz="2400" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                     <a:ln w="3175">
                       <a:noFill/>
                     </a:ln>
                     <a:solidFill>
                       <a:schemeClr val="lt1"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
                   </a:defRPr>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-US" sz="2800">
+                  <a:rPr lang="en-US" sz="2200">
                     <a:ln w="3175">
                       <a:noFill/>
                     </a:ln>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:rPr>
                   <a:t>Trash </a:t>
                 </a:r>
                 <a:r>
-                  <a:rPr lang="en-US" sz="2800">
+                  <a:rPr lang="en-US" sz="2200">
                     <a:ln w="3175">
                       <a:noFill/>
                     </a:ln>
                     <a:solidFill>
                       <a:sysClr val="windowText" lastClr="000000"/>
                     </a:solidFill>
                   </a:rPr>
                   <a:t>and</a:t>
                 </a:r>
                 <a:r>
-                  <a:rPr lang="en-US" sz="2800">
+                  <a:rPr lang="en-US" sz="2200">
                     <a:ln w="3175">
                       <a:noFill/>
                     </a:ln>
                   </a:rPr>
                   <a:t> </a:t>
                 </a:r>
                 <a:r>
-                  <a:rPr lang="en-US" sz="2800">
+                  <a:rPr lang="en-US" sz="2200">
                     <a:ln w="3175">
                       <a:noFill/>
                     </a:ln>
                     <a:solidFill>
                       <a:schemeClr val="accent3"/>
                     </a:solidFill>
                   </a:rPr>
                   <a:t>recycling</a:t>
                 </a:r>
                 <a:r>
-                  <a:rPr lang="en-US" sz="2800">
+                  <a:rPr lang="en-US" sz="2200">
                     <a:ln w="3175">
                       <a:noFill/>
                     </a:ln>
                   </a:rPr>
                   <a:t> </a:t>
                 </a:r>
+              </a:p>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="2400">
+                    <a:ln w="3175">
+                      <a:noFill/>
+                    </a:ln>
+                  </a:defRPr>
+                </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-US" sz="2800">
+                  <a:rPr lang="en-US" sz="2200">
                     <a:ln w="3175">
                       <a:noFill/>
                     </a:ln>
                     <a:solidFill>
                       <a:sysClr val="windowText" lastClr="000000"/>
                     </a:solidFill>
                   </a:rPr>
                   <a:t>lbs/person/day</a:t>
                 </a:r>
               </a:p>
             </c:rich>
           </c:tx>
           <c:layout>
             <c:manualLayout>
               <c:xMode val="edge"/>
               <c:yMode val="edge"/>
-              <c:x val="0.90120644432927843"/>
-              <c:y val="0.30737826510344946"/>
+              <c:x val="0.91944097083598675"/>
+              <c:y val="0.38621968448720756"/>
             </c:manualLayout>
           </c:layout>
           <c:overlay val="0"/>
           <c:spPr>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:txPr>
             <a:bodyPr rot="5400000" spcFirstLastPara="1" vertOverflow="ellipsis" wrap="square" anchor="ctr" anchorCtr="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr>
-                <a:defRPr sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:defRPr sz="2400" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                   <a:ln w="3175">
                     <a:noFill/>
                   </a:ln>
                   <a:solidFill>
                     <a:schemeClr val="lt1"/>
                   </a:solidFill>
                   <a:latin typeface="+mn-lt"/>
                   <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="+mn-cs"/>
                 </a:defRPr>
               </a:pPr>
               <a:endParaRPr lang="en-US"/>
             </a:p>
           </c:txPr>
         </c:title>
         <c:numFmt formatCode="0" sourceLinked="0"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
@@ -6192,54 +6326,54 @@
                   <c:v>2014</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2015</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2016</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2017</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2018</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2021</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2022</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'2-Charts'!$C$7:$Y$7</c:f>
+              <c:f>'2-Charts'!$C$7:$Z$7</c:f>
               <c:numCache>
                 <c:formatCode>0.0</c:formatCode>
-                <c:ptCount val="21"/>
+                <c:ptCount val="22"/>
                 <c:pt idx="0">
                   <c:v>3.6111656317359428</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>3.9122362677591362</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>4.3727297192445187</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>4.6488097800627743</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>5.4948007959598932</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>6.1391865817783229</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>6.5456582931247818</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>6.1123756271240399</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -6254,54 +6388,57 @@
                 <c:pt idx="11">
                   <c:v>6.6729169182403565</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>6.302720352400609</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>6.2137806897562013</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>5.991103964381626</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>5.8367581098279562</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>6.1366441792062565</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>6.2414046660434979</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>6.4009757942793453</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>6.1426831852184662</c:v>
+                  <c:v>6.1711279552237501</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>5.3905204138456631</c:v>
+                  <c:v>5.4497309502458657</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>5.1955291989081536</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-CD4B-4D87-A5A8-46C4DC933E30}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
               <c:f>'2-Charts'!$B$8</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Solid Waste Disposed "Trash" (lbs/person/day)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
@@ -6416,54 +6553,54 @@
                   <c:v>2014</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2015</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2016</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2017</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2018</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2021</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2022</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'2-Charts'!$C$8:$Y$8</c:f>
+              <c:f>'2-Charts'!$C$8:$Z$8</c:f>
               <c:numCache>
                 <c:formatCode>0.0</c:formatCode>
-                <c:ptCount val="21"/>
+                <c:ptCount val="22"/>
                 <c:pt idx="0">
                   <c:v>6.1143607666676507</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>5.7431699556323714</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>5.501675685931037</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>5.4751011660446691</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>5.7597159557070512</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>6.6952763045657546</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>6.6235217126240116</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>6.7870811939575155</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -6478,54 +6615,57 @@
                 <c:pt idx="11">
                   <c:v>5.1133023072048207</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>5.7348360703086909</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>5.9867133159984025</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>6.4063271815573284</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>6.5731391183021328</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>6.7651962004545689</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>6.6161598082945083</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>6.7745098809118423</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>6.3658081107602635</c:v>
+                  <c:v>7.2688699025828898</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>7.2946745933869401</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>6.7213227551558612</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-CD4B-4D87-A5A8-46C4DC933E30}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:axId val="144729864"/>
         <c:axId val="230307104"/>
       </c:areaChart>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
@@ -6606,54 +6746,54 @@
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </c15:spPr>
                 <c15:showLeaderLines val="1"/>
                 <c15:leaderLines>
                   <c:spPr>
                     <a:ln w="9525">
                       <a:solidFill>
                         <a:schemeClr val="accent4">
                           <a:lumMod val="60000"/>
                           <a:lumOff val="40000"/>
                         </a:schemeClr>
                       </a:solidFill>
                     </a:ln>
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:numRef>
-              <c:f>'2-Charts'!$C$4:$Y$4</c:f>
+              <c:f>'2-Charts'!$C$4:$Z$4</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="21"/>
+                <c:ptCount val="22"/>
                 <c:pt idx="0">
                   <c:v>2000</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2001</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2002</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2003</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2004</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2005</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2006</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2007</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -6672,60 +6812,63 @@
                   <c:v>2012</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2013</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2014</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2015</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2016</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2017</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2018</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2021</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2022</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>2023</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'2-Charts'!$C$9:$Y$9</c:f>
+              <c:f>'2-Charts'!$C$9:$Z$9</c:f>
               <c:numCache>
                 <c:formatCode>0.0</c:formatCode>
-                <c:ptCount val="21"/>
+                <c:ptCount val="22"/>
                 <c:pt idx="0">
                   <c:v>9.7255263984035931</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>9.6554062233915072</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>9.8744054051755548</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>10.123910946107443</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>11.254516751666944</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>12.834462886344078</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>13.169180005748792</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>12.899456821081555</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -6740,54 +6883,57 @@
                 <c:pt idx="11">
                   <c:v>11.786219225445176</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>12.037556422709301</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>12.200494005754603</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>12.397431145938954</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>12.409897228130088</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>12.901840379660825</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>12.857564474338005</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>13.175485675191187</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>12.508491295978729</c:v>
+                  <c:v>13.43999785780664</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>12.685195007232604</c:v>
+                  <c:v>12.744405543632805</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>11.916851954064015</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-DE85-4215-8E53-F5486679CF03}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="1"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="233741824"/>
         <c:axId val="231824384"/>
         <c:extLst>
           <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
@@ -7087,57 +7233,57 @@
                   <c:showCatName val="0"/>
                   <c:showSerName val="0"/>
                   <c:showPercent val="0"/>
                   <c:showBubbleSize val="0"/>
                   <c:showLeaderLines val="0"/>
                   <c:extLst>
                     <c:ext uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                       <c15:spPr xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart">
                         <a:prstGeom prst="roundRect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </c15:spPr>
                       <c15:showLeaderLines val="0"/>
                     </c:ext>
                   </c:extLst>
                 </c:dLbls>
                 <c:cat>
                   <c:numRef>
                     <c:extLst>
                       <c:ext uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                         <c15:formulaRef>
-                          <c15:sqref>'2-Charts'!$C$4:$Y$4</c15:sqref>
+                          <c15:sqref>'2-Charts'!$C$4:$Z$4</c15:sqref>
                         </c15:formulaRef>
                       </c:ext>
                     </c:extLst>
                     <c:numCache>
                       <c:formatCode>General</c:formatCode>
-                      <c:ptCount val="21"/>
+                      <c:ptCount val="22"/>
                       <c:pt idx="0">
                         <c:v>2000</c:v>
                       </c:pt>
                       <c:pt idx="1">
                         <c:v>2001</c:v>
                       </c:pt>
                       <c:pt idx="2">
                         <c:v>2002</c:v>
                       </c:pt>
                       <c:pt idx="3">
                         <c:v>2003</c:v>
                       </c:pt>
                       <c:pt idx="4">
                         <c:v>2004</c:v>
                       </c:pt>
                       <c:pt idx="5">
                         <c:v>2005</c:v>
                       </c:pt>
                       <c:pt idx="6">
                         <c:v>2006</c:v>
                       </c:pt>
                       <c:pt idx="7">
                         <c:v>2007</c:v>
                       </c:pt>
                       <c:pt idx="8">
@@ -7156,50 +7302,53 @@
                         <c:v>2012</c:v>
                       </c:pt>
                       <c:pt idx="13">
                         <c:v>2013</c:v>
                       </c:pt>
                       <c:pt idx="14">
                         <c:v>2014</c:v>
                       </c:pt>
                       <c:pt idx="15">
                         <c:v>2015</c:v>
                       </c:pt>
                       <c:pt idx="16">
                         <c:v>2016</c:v>
                       </c:pt>
                       <c:pt idx="17">
                         <c:v>2017</c:v>
                       </c:pt>
                       <c:pt idx="18">
                         <c:v>2018</c:v>
                       </c:pt>
                       <c:pt idx="19">
                         <c:v>2021</c:v>
                       </c:pt>
                       <c:pt idx="20">
                         <c:v>2022</c:v>
+                      </c:pt>
+                      <c:pt idx="21">
+                        <c:v>2023</c:v>
                       </c:pt>
                     </c:numCache>
                   </c:numRef>
                 </c:cat>
                 <c:val>
                   <c:numRef>
                     <c:extLst>
                       <c:ext uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                         <c15:formulaRef>
                           <c15:sqref>'2-Charts'!$C$5:$T$5</c15:sqref>
                         </c15:formulaRef>
                       </c:ext>
                     </c:extLst>
                     <c:numCache>
                       <c:formatCode>_(* #,##0_);_(* \(#,##0\);_(* "-"??_);_(@_)</c:formatCode>
                       <c:ptCount val="18"/>
                       <c:pt idx="0">
                         <c:v>10461564.91</c:v>
                       </c:pt>
                       <c:pt idx="1">
                         <c:v>10520602.940000001</c:v>
                       </c:pt>
                       <c:pt idx="2">
                         <c:v>10920054.43</c:v>
                       </c:pt>
@@ -7507,57 +7656,57 @@
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:defRPr>
                       </a:pPr>
                       <a:endParaRPr lang="en-US"/>
                     </a:p>
                   </c:txPr>
                   <c:showLegendKey val="0"/>
                   <c:showVal val="1"/>
                   <c:showCatName val="0"/>
                   <c:showSerName val="0"/>
                   <c:showPercent val="0"/>
                   <c:showBubbleSize val="0"/>
                   <c:showLeaderLines val="0"/>
                   <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart">
                     <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                       <c15:showLeaderLines val="0"/>
                     </c:ext>
                   </c:extLst>
                 </c:dLbls>
                 <c:cat>
                   <c:numRef>
                     <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart">
                       <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                         <c15:formulaRef>
-                          <c15:sqref>'2-Charts'!$C$4:$Y$4</c15:sqref>
+                          <c15:sqref>'2-Charts'!$C$4:$Z$4</c15:sqref>
                         </c15:formulaRef>
                       </c:ext>
                     </c:extLst>
                     <c:numCache>
                       <c:formatCode>General</c:formatCode>
-                      <c:ptCount val="21"/>
+                      <c:ptCount val="22"/>
                       <c:pt idx="0">
                         <c:v>2000</c:v>
                       </c:pt>
                       <c:pt idx="1">
                         <c:v>2001</c:v>
                       </c:pt>
                       <c:pt idx="2">
                         <c:v>2002</c:v>
                       </c:pt>
                       <c:pt idx="3">
                         <c:v>2003</c:v>
                       </c:pt>
                       <c:pt idx="4">
                         <c:v>2004</c:v>
                       </c:pt>
                       <c:pt idx="5">
                         <c:v>2005</c:v>
                       </c:pt>
                       <c:pt idx="6">
                         <c:v>2006</c:v>
                       </c:pt>
                       <c:pt idx="7">
                         <c:v>2007</c:v>
                       </c:pt>
                       <c:pt idx="8">
@@ -7576,50 +7725,53 @@
                         <c:v>2012</c:v>
                       </c:pt>
                       <c:pt idx="13">
                         <c:v>2013</c:v>
                       </c:pt>
                       <c:pt idx="14">
                         <c:v>2014</c:v>
                       </c:pt>
                       <c:pt idx="15">
                         <c:v>2015</c:v>
                       </c:pt>
                       <c:pt idx="16">
                         <c:v>2016</c:v>
                       </c:pt>
                       <c:pt idx="17">
                         <c:v>2017</c:v>
                       </c:pt>
                       <c:pt idx="18">
                         <c:v>2018</c:v>
                       </c:pt>
                       <c:pt idx="19">
                         <c:v>2021</c:v>
                       </c:pt>
                       <c:pt idx="20">
                         <c:v>2022</c:v>
+                      </c:pt>
+                      <c:pt idx="21">
+                        <c:v>2023</c:v>
                       </c:pt>
                     </c:numCache>
                   </c:numRef>
                 </c:cat>
                 <c:val>
                   <c:numRef>
                     <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart">
                       <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                         <c15:formulaRef>
                           <c15:sqref>'2-Charts'!$C$6:$Y$6</c15:sqref>
                         </c15:formulaRef>
                       </c:ext>
                     </c:extLst>
                     <c:numCache>
                       <c:formatCode>_(* #,##0_);_(* \(#,##0\);_(* "-"??_);_(@_)</c:formatCode>
                       <c:ptCount val="21"/>
                       <c:pt idx="0">
                         <c:v>5894143</c:v>
                       </c:pt>
                       <c:pt idx="1">
                         <c:v>5970452</c:v>
                       </c:pt>
                       <c:pt idx="2">
                         <c:v>6059698</c:v>
                       </c:pt>
@@ -7796,118 +7948,127 @@
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="r"/>
         <c:title>
           <c:tx>
             <c:rich>
               <a:bodyPr rot="5400000" spcFirstLastPara="1" vertOverflow="ellipsis" wrap="square" anchor="ctr" anchorCtr="1"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                     <a:ln w="3175">
                       <a:noFill/>
                     </a:ln>
                     <a:solidFill>
                       <a:schemeClr val="lt1"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
                   </a:defRPr>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-US" sz="2800">
+                  <a:rPr lang="en-US" sz="2200">
                     <a:ln w="3175">
                       <a:noFill/>
                     </a:ln>
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:rPr>
                   <a:t>Trash </a:t>
                 </a:r>
                 <a:r>
-                  <a:rPr lang="en-US" sz="2800">
+                  <a:rPr lang="en-US" sz="2200">
                     <a:ln w="3175">
                       <a:noFill/>
                     </a:ln>
                     <a:solidFill>
                       <a:sysClr val="windowText" lastClr="000000"/>
                     </a:solidFill>
                   </a:rPr>
                   <a:t>and</a:t>
                 </a:r>
                 <a:r>
-                  <a:rPr lang="en-US" sz="2800">
+                  <a:rPr lang="en-US" sz="2200">
                     <a:ln w="3175">
                       <a:noFill/>
                     </a:ln>
                   </a:rPr>
                   <a:t> </a:t>
                 </a:r>
                 <a:r>
-                  <a:rPr lang="en-US" sz="2800">
+                  <a:rPr lang="en-US" sz="2200">
                     <a:ln w="3175">
                       <a:noFill/>
                     </a:ln>
                     <a:solidFill>
                       <a:schemeClr val="accent3"/>
                     </a:solidFill>
                   </a:rPr>
                   <a:t>recycling</a:t>
                 </a:r>
+              </a:p>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="2800">
+                    <a:ln w="3175">
+                      <a:noFill/>
+                    </a:ln>
+                  </a:defRPr>
+                </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-US" sz="2800">
+                  <a:rPr lang="en-US" sz="2200">
                     <a:ln w="3175">
                       <a:noFill/>
                     </a:ln>
                   </a:rPr>
                   <a:t> </a:t>
                 </a:r>
                 <a:r>
-                  <a:rPr lang="en-US" sz="2800">
+                  <a:rPr lang="en-US" sz="2200">
                     <a:ln w="3175">
                       <a:noFill/>
                     </a:ln>
                     <a:solidFill>
                       <a:sysClr val="windowText" lastClr="000000"/>
                     </a:solidFill>
                   </a:rPr>
                   <a:t>lbs/person/day</a:t>
                 </a:r>
               </a:p>
             </c:rich>
           </c:tx>
           <c:layout>
             <c:manualLayout>
               <c:xMode val="edge"/>
               <c:yMode val="edge"/>
-              <c:x val="0.90677379319354623"/>
-              <c:y val="0.28940333507262639"/>
+              <c:x val="0.9259802721778807"/>
+              <c:y val="0.38535792207756525"/>
             </c:manualLayout>
           </c:layout>
           <c:overlay val="0"/>
           <c:spPr>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:txPr>
             <a:bodyPr rot="5400000" spcFirstLastPara="1" vertOverflow="ellipsis" wrap="square" anchor="ctr" anchorCtr="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr>
                 <a:defRPr sz="2800" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                   <a:ln w="3175">
                     <a:noFill/>
                   </a:ln>
                   <a:solidFill>
                     <a:schemeClr val="lt1"/>
                   </a:solidFill>
                   <a:latin typeface="+mn-lt"/>
                   <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="+mn-cs"/>
@@ -8110,52 +8271,52 @@
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Recovery Rate (new measure)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="57150" cap="rnd">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="0"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="-3.3888904795991423E-2"/>
-                  <c:y val="-4.3746779676255884E-2"/>
+                  <c:x val="-2.7265071136331243E-2"/>
+                  <c:y val="3.3260910880536565E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000000-E8FA-4D06-890A-3DDD15338397}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="1"/>
               <c:delete val="1"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000001-E8FA-4D06-890A-3DDD15338397}"/>
                 </c:ext>
               </c:extLst>
@@ -8232,52 +8393,52 @@
             </c:dLbl>
             <c:dLbl>
               <c:idx val="9"/>
               <c:delete val="1"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000009-E8FA-4D06-890A-3DDD15338397}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="10"/>
               <c:delete val="1"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{0000000A-E8FA-4D06-890A-3DDD15338397}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="11"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="9.747458840372137E-3"/>
-                  <c:y val="-2.6179805587542664E-2"/>
+                  <c:x val="-1.6747905049630061E-2"/>
+                  <c:y val="-3.0580281077192888E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{0000000B-E8FA-4D06-890A-3DDD15338397}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="12"/>
               <c:delete val="1"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{0000000C-E8FA-4D06-890A-3DDD15338397}"/>
                 </c:ext>
               </c:extLst>
@@ -8321,120 +8482,140 @@
                   <c16:uniqueId val="{00000010-E8FA-4D06-890A-3DDD15338397}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="17"/>
               <c:delete val="1"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000000-D7C4-4F15-B251-9DD8950A66E6}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="18"/>
               <c:delete val="1"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000000-6CE0-4354-A14F-EE0C2B20D8EB}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
+              <c:idx val="19"/>
+              <c:delete val="1"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000000-2143-4A88-90CF-CC4C97CCC920}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
               <c:idx val="20"/>
+              <c:delete val="1"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000000-8A33-4306-8F7F-007CA93CB795}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="21"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="-1.3878379060346069E-16"/>
-                  <c:y val="2.6402635689884067E-2"/>
+                  <c:x val="-8.5163764405288209E-3"/>
+                  <c:y val="3.5203514253178712E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000000-8A33-4306-8F7F-007CA93CB795}"/>
+                  <c16:uniqueId val="{00000001-2143-4A88-90CF-CC4C97CCC920}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                     <a:solidFill>
                       <a:schemeClr val="tx1">
                         <a:lumMod val="75000"/>
                         <a:lumOff val="25000"/>
                       </a:schemeClr>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
                   </a:defRPr>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:dLblPos val="r"/>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="0"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:numRef>
-              <c:f>'2-Charts'!$C$53:$Y$53</c:f>
+              <c:f>'2-Charts'!$C$53:$Z$53</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="21"/>
+                <c:ptCount val="22"/>
                 <c:pt idx="0">
                   <c:v>2000</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2001</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2002</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2003</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2004</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2005</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2006</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2007</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -8453,60 +8634,63 @@
                   <c:v>2012</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2013</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2014</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2015</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2016</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2017</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2018</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2021</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2022</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>2023</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'2-Charts'!$C$54:$Y$54</c:f>
+              <c:f>'2-Charts'!$C$54:$Z$54</c:f>
               <c:numCache>
                 <c:formatCode>0.0%</c:formatCode>
-                <c:ptCount val="21"/>
+                <c:ptCount val="22"/>
                 <c:pt idx="0">
                   <c:v>0.37130798722922609</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0.40518608717686289</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0.44283473685945718</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0.45919109767062916</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0.48823071813776808</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0.47833607344101975</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0.49704372559775029</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0.4738475202408986</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -8521,54 +8705,57 @@
                 <c:pt idx="11">
                   <c:v>0.5661626337166924</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>0.52358802161128737</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>0.50930566310063752</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>0.48325365907308476</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>0.4703308981961194</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>0.47564099373608759</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>0.48542666680773905</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>0.48582465588589857</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>0.49108106164595855</c:v>
+                  <c:v>0.45916137937769402</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>0.42494580578163743</c:v>
+                  <c:v>0.42761750884242605</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>0.43598168534235404</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000011-E8FA-4D06-890A-3DDD15338397}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:dLblPos val="t"/>
           <c:showLegendKey val="0"/>
           <c:showVal val="1"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="232312496"/>
         <c:axId val="232312888"/>
       </c:lineChart>
       <c:catAx>
@@ -10609,68 +10796,68 @@
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:lvl9pPr>
         </a:lstStyle>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:r>
             <a:rPr lang="en-US" sz="2800" b="1">
               <a:ln w="3175">
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="44688F"/>
               </a:solidFill>
             </a:rPr>
             <a:t>Waste generation</a:t>
           </a:r>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
-      <cdr:x>0.87686</cdr:x>
-      <cdr:y>0.21932</cdr:y>
+      <cdr:x>0.88847</cdr:x>
+      <cdr:y>0.28678</cdr:y>
     </cdr:from>
     <cdr:to>
-      <cdr:x>0.95174</cdr:x>
-      <cdr:y>0.30907</cdr:y>
+      <cdr:x>0.96335</cdr:x>
+      <cdr:y>0.37653</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="5" name="Bent Arrow 4"/>
         <cdr:cNvSpPr>
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" flipH="1">
-          <a:off x="12037868" y="1277304"/>
-          <a:ext cx="1028049" cy="522694"/>
+          <a:off x="11848126" y="1670207"/>
+          <a:ext cx="998561" cy="522697"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="bentArrow">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:schemeClr val="accent4"/>
         </a:solidFill>
         <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:noFill/>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
       </cdr:spPr>
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:lvl1pPr marL="0" indent="0">
             <a:defRPr sz="1100">
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
@@ -10719,68 +10906,68 @@
           </a:lvl7pPr>
           <a:lvl8pPr marL="3200400" indent="0">
             <a:defRPr sz="1100">
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:lvl8pPr>
           <a:lvl9pPr marL="3657600" indent="0">
             <a:defRPr sz="1100">
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:lvl9pPr>
         </a:lstStyle>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="l"/>
           <a:endParaRPr lang="en-US" sz="1100"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
-      <cdr:x>0.87674</cdr:x>
-      <cdr:y>0.80137</cdr:y>
+      <cdr:x>0.88835</cdr:x>
+      <cdr:y>0.79115</cdr:y>
     </cdr:from>
     <cdr:to>
-      <cdr:x>0.95174</cdr:x>
-      <cdr:y>0.89192</cdr:y>
+      <cdr:x>0.96335</cdr:x>
+      <cdr:y>0.8817</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="6" name="Bent Arrow 5"/>
         <cdr:cNvSpPr>
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" flipH="1" flipV="1">
-          <a:off x="12036284" y="4667112"/>
-          <a:ext cx="1029634" cy="527348"/>
+          <a:off x="11846527" y="4607581"/>
+          <a:ext cx="1000161" cy="527355"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="bentArrow">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:srgbClr val="7AA456"/>
         </a:solidFill>
         <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:noFill/>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
       </cdr:spPr>
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:lvl1pPr marL="0" indent="0">
             <a:defRPr sz="1100">
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
@@ -10944,68 +11131,68 @@
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:lvl8pPr>
           <a:lvl9pPr marL="3657600" indent="0">
             <a:defRPr sz="1100">
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:lvl9pPr>
         </a:lstStyle>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="l"/>
           <a:endParaRPr lang="en-US" sz="1100"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
-      <cdr:x>0.86665</cdr:x>
-      <cdr:y>0.1958</cdr:y>
+      <cdr:x>0.86949</cdr:x>
+      <cdr:y>0.28576</cdr:y>
     </cdr:from>
     <cdr:to>
-      <cdr:x>0.96773</cdr:x>
-      <cdr:y>0.28829</cdr:y>
+      <cdr:x>0.97057</cdr:x>
+      <cdr:y>0.37825</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="5" name="Bent Arrow 4"/>
         <cdr:cNvSpPr>
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" flipH="1">
-          <a:off x="10193445" y="1139886"/>
-          <a:ext cx="1188929" cy="538420"/>
+          <a:off x="10923854" y="1664133"/>
+          <a:ext cx="1269916" cy="538624"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="bentArrow">
           <a:avLst>
             <a:gd name="adj1" fmla="val 25000"/>
             <a:gd name="adj2" fmla="val 25000"/>
             <a:gd name="adj3" fmla="val 25000"/>
             <a:gd name="adj4" fmla="val 41932"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:schemeClr val="accent4"/>
         </a:solidFill>
         <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:noFill/>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
       </cdr:spPr>
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:lvl1pPr marL="0" indent="0">
@@ -11059,68 +11246,68 @@
           </a:lvl7pPr>
           <a:lvl8pPr marL="3200400" indent="0">
             <a:defRPr sz="1100">
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:lvl8pPr>
           <a:lvl9pPr marL="3657600" indent="0">
             <a:defRPr sz="1100">
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:lvl9pPr>
         </a:lstStyle>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="l"/>
           <a:endParaRPr lang="en-US" sz="1100"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
-      <cdr:x>0.86746</cdr:x>
-      <cdr:y>0.79362</cdr:y>
+      <cdr:x>0.86936</cdr:x>
+      <cdr:y>0.78953</cdr:y>
     </cdr:from>
     <cdr:to>
-      <cdr:x>0.96874</cdr:x>
-      <cdr:y>0.88343</cdr:y>
+      <cdr:x>0.97064</cdr:x>
+      <cdr:y>0.87934</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="6" name="Bent Arrow 5"/>
         <cdr:cNvSpPr>
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" flipH="1" flipV="1">
-          <a:off x="10202974" y="4620221"/>
-          <a:ext cx="1191306" cy="522799"/>
+          <a:off x="10922125" y="4597901"/>
+          <a:ext cx="1272429" cy="523017"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="bentArrow">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:srgbClr val="7AA456"/>
         </a:solidFill>
         <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:noFill/>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
       </cdr:spPr>
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:lvl1pPr marL="0" indent="0">
             <a:defRPr sz="1100">
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
@@ -11711,101 +11898,101 @@
           <a:pathLst/>
         </a:custGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFC000"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AC102"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <pane xSplit="3" ySplit="4" topLeftCell="V5" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="3" ySplit="4" topLeftCell="Y5" activePane="bottomRight" state="frozen"/>
+      <selection pane="bottomRight"/>
+      <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
-      <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="AD10" sqref="AD10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="2.42578125" style="2" customWidth="1"/>
     <col min="2" max="2" width="25.7109375" style="2" customWidth="1"/>
-    <col min="3" max="3" width="47.28515625" style="30" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="47.28515625" style="29" bestFit="1" customWidth="1"/>
     <col min="4" max="21" width="12.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="12.140625" style="2" customWidth="1"/>
     <col min="23" max="24" width="12.140625" style="2" hidden="1" customWidth="1"/>
-    <col min="25" max="26" width="12.140625" style="2" customWidth="1"/>
-    <col min="27" max="16384" width="9" style="2"/>
+    <col min="25" max="27" width="12.140625" style="2" customWidth="1"/>
+    <col min="28" max="16384" width="9" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:26" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.2">
-[...11 lines deleted...]
-      <c r="C4" s="31"/>
+    <row r="1" spans="1:27" ht="8.4499999999999993" customHeight="1">
+      <c r="A1" s="107" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:27" s="1" customFormat="1" ht="15.75">
+      <c r="B2" s="56" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:27" ht="7.9" customHeight="1"/>
+    <row r="4" spans="1:27" s="1" customFormat="1" ht="13.5" thickBot="1">
+      <c r="C4" s="30"/>
       <c r="D4" s="10">
         <v>2000</v>
       </c>
       <c r="E4" s="10">
         <v>2001</v>
       </c>
       <c r="F4" s="10">
         <v>2002</v>
       </c>
       <c r="G4" s="10">
         <v>2003</v>
       </c>
       <c r="H4" s="10">
         <v>2004</v>
       </c>
       <c r="I4" s="10">
         <v>2005</v>
       </c>
       <c r="J4" s="10">
         <v>2006</v>
       </c>
       <c r="K4" s="10">
         <v>2007</v>
       </c>
       <c r="L4" s="10">
@@ -11831,6517 +12018,6786 @@
       </c>
       <c r="S4" s="11">
         <v>2015</v>
       </c>
       <c r="T4" s="11">
         <v>2016</v>
       </c>
       <c r="U4" s="11">
         <v>2017</v>
       </c>
       <c r="V4" s="11">
         <v>2018</v>
       </c>
       <c r="W4" s="11">
         <v>2019</v>
       </c>
       <c r="X4" s="11">
         <v>2020</v>
       </c>
       <c r="Y4" s="11">
         <v>2021</v>
       </c>
       <c r="Z4" s="11">
         <v>2022</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B5" s="68" t="s">
+      <c r="AA4" s="11">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="5" spans="1:27" s="1" customFormat="1">
+      <c r="B5" s="67" t="s">
+        <v>2</v>
+      </c>
+      <c r="C5" s="66" t="s">
+        <v>3</v>
+      </c>
+      <c r="D5" s="20"/>
+      <c r="E5" s="20"/>
+      <c r="F5" s="20"/>
+      <c r="G5" s="20"/>
+      <c r="H5" s="20"/>
+      <c r="I5" s="20"/>
+      <c r="J5" s="20"/>
+      <c r="K5" s="20"/>
+      <c r="L5" s="20"/>
+      <c r="M5" s="20"/>
+      <c r="N5" s="20"/>
+      <c r="O5" s="21"/>
+      <c r="P5" s="21"/>
+      <c r="Q5" s="21"/>
+      <c r="R5" s="21"/>
+      <c r="S5" s="21"/>
+      <c r="T5" s="21"/>
+      <c r="U5" s="21"/>
+      <c r="V5" s="21"/>
+      <c r="W5" s="21"/>
+      <c r="X5" s="21"/>
+      <c r="Y5" s="21"/>
+      <c r="Z5" s="21"/>
+      <c r="AA5" s="22"/>
+    </row>
+    <row r="6" spans="1:27" s="15" customFormat="1">
+      <c r="B6" s="68" t="s">
+        <v>4</v>
+      </c>
+      <c r="C6" s="29" t="s">
+        <v>5</v>
+      </c>
+      <c r="D6" s="88">
+        <v>10000</v>
+      </c>
+      <c r="E6" s="88">
+        <v>12333</v>
+      </c>
+      <c r="F6" s="88">
+        <v>290</v>
+      </c>
+      <c r="G6" s="88">
+        <v>10576.2</v>
+      </c>
+      <c r="H6" s="88">
+        <v>40409</v>
+      </c>
+      <c r="I6" s="88">
+        <v>14587.779910087585</v>
+      </c>
+      <c r="J6" s="88">
+        <v>4008.260009765625</v>
+      </c>
+      <c r="K6" s="88">
+        <v>2520.9899999999998</v>
+      </c>
+      <c r="L6" s="88">
+        <v>0</v>
+      </c>
+      <c r="M6" s="88">
+        <v>344</v>
+      </c>
+      <c r="N6" s="88">
+        <v>20364</v>
+      </c>
+      <c r="O6" s="88">
+        <v>0</v>
+      </c>
+      <c r="P6" s="88">
+        <v>0</v>
+      </c>
+      <c r="Q6" s="88">
+        <v>0</v>
+      </c>
+      <c r="R6" s="88">
+        <v>0</v>
+      </c>
+      <c r="S6" s="88">
+        <v>0</v>
+      </c>
+      <c r="T6" s="88">
+        <v>0</v>
+      </c>
+      <c r="U6" s="88">
+        <v>0</v>
+      </c>
+      <c r="V6" s="110">
+        <v>0</v>
+      </c>
+      <c r="W6" s="88"/>
+      <c r="X6" s="88"/>
+      <c r="Y6" s="88">
+        <v>0</v>
+      </c>
+      <c r="Z6" s="88">
+        <v>0</v>
+      </c>
+      <c r="AA6" s="85">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="7" spans="1:27">
+      <c r="B7" s="68" t="s">
+        <v>4</v>
+      </c>
+      <c r="C7" s="29" t="s">
+        <v>6</v>
+      </c>
+      <c r="D7" s="88">
+        <v>893218</v>
+      </c>
+      <c r="E7" s="88">
+        <v>1116870.96</v>
+      </c>
+      <c r="F7" s="88">
+        <v>1451958.69</v>
+      </c>
+      <c r="G7" s="88">
+        <v>1600288.21</v>
+      </c>
+      <c r="H7" s="88">
+        <v>2002171</v>
+      </c>
+      <c r="I7" s="88">
+        <v>1783418.3775436878</v>
+      </c>
+      <c r="J7" s="88">
+        <v>2295277.6902919449</v>
+      </c>
+      <c r="K7" s="88">
+        <v>2089972.4152999993</v>
+      </c>
+      <c r="L7" s="88">
+        <v>1510051.15</v>
+      </c>
+      <c r="M7" s="88">
+        <v>2186429.15</v>
+      </c>
+      <c r="N7" s="88">
+        <v>2188200.0550000002</v>
+      </c>
+      <c r="O7" s="88">
+        <v>2211888.54</v>
+      </c>
+      <c r="P7" s="88">
+        <v>1887580.274</v>
+      </c>
+      <c r="Q7" s="88">
+        <v>2196139.23</v>
+      </c>
+      <c r="R7" s="88">
+        <v>2389936.48</v>
+      </c>
+      <c r="S7" s="88">
+        <v>2109808.5700000003</v>
+      </c>
+      <c r="T7" s="88">
+        <v>2387248.88</v>
+      </c>
+      <c r="U7" s="88">
+        <v>2736135.8999999994</v>
+      </c>
+      <c r="V7" s="110">
+        <v>2998371.946</v>
+      </c>
+      <c r="W7" s="88"/>
+      <c r="X7" s="88"/>
+      <c r="Y7" s="88">
+        <v>2861300.5382600003</v>
+      </c>
+      <c r="Z7" s="88">
+        <v>2290530.9800000004</v>
+      </c>
+      <c r="AA7" s="85">
+        <v>2305148.9819999998</v>
+      </c>
+    </row>
+    <row r="8" spans="1:27" s="15" customFormat="1">
+      <c r="B8" s="68" t="s">
+        <v>4</v>
+      </c>
+      <c r="C8" s="29" t="s">
+        <v>7</v>
+      </c>
+      <c r="D8" s="88">
+        <v>97.1</v>
+      </c>
+      <c r="E8" s="88">
+        <v>819.54</v>
+      </c>
+      <c r="F8" s="88">
+        <v>148.49</v>
+      </c>
+      <c r="G8" s="88">
+        <v>257.58</v>
+      </c>
+      <c r="H8" s="88">
+        <v>304</v>
+      </c>
+      <c r="I8" s="88">
+        <v>186.03000548481941</v>
+      </c>
+      <c r="J8" s="88">
+        <v>896.59000468812883</v>
+      </c>
+      <c r="K8" s="88">
+        <v>1193.3777000000002</v>
+      </c>
+      <c r="L8" s="88">
+        <v>3297.03</v>
+      </c>
+      <c r="M8" s="88">
+        <v>3316.69</v>
+      </c>
+      <c r="N8" s="88">
+        <v>3867.29</v>
+      </c>
+      <c r="O8" s="88">
+        <v>3652.55</v>
+      </c>
+      <c r="P8" s="88">
+        <v>2420.31</v>
+      </c>
+      <c r="Q8" s="88">
+        <v>4340.6099999999997</v>
+      </c>
+      <c r="R8" s="88">
+        <v>7461.42</v>
+      </c>
+      <c r="S8" s="88">
+        <v>2312.58</v>
+      </c>
+      <c r="T8" s="88">
+        <v>2114.27</v>
+      </c>
+      <c r="U8" s="88">
+        <v>3141.1</v>
+      </c>
+      <c r="V8" s="110">
+        <v>2109.21</v>
+      </c>
+      <c r="W8" s="88"/>
+      <c r="X8" s="88"/>
+      <c r="Y8" s="88">
+        <v>224.25700000000003</v>
+      </c>
+      <c r="Z8" s="88">
+        <v>1975</v>
+      </c>
+      <c r="AA8" s="85">
+        <v>518.92799999999988</v>
+      </c>
+    </row>
+    <row r="9" spans="1:27" s="19" customFormat="1">
+      <c r="B9" s="68" t="s">
+        <v>4</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D9" s="88">
+        <v>376683.5</v>
+      </c>
+      <c r="E9" s="88">
+        <v>131921.78</v>
+      </c>
+      <c r="F9" s="88">
+        <v>131700.57</v>
+      </c>
+      <c r="G9" s="88">
+        <v>143844.31</v>
+      </c>
+      <c r="H9" s="88">
+        <v>166325</v>
+      </c>
+      <c r="I9" s="88">
+        <v>521086.70803022385</v>
+      </c>
+      <c r="J9" s="88">
+        <v>300819.73170493898</v>
+      </c>
+      <c r="K9" s="88">
+        <v>302089.27000000014</v>
+      </c>
+      <c r="L9" s="88">
+        <v>339066.49000000011</v>
+      </c>
+      <c r="M9" s="88">
+        <v>302835.87</v>
+      </c>
+      <c r="N9" s="88">
+        <v>269602.59999999998</v>
+      </c>
+      <c r="O9" s="88">
+        <v>271715.65000000002</v>
+      </c>
+      <c r="P9" s="88">
+        <v>399208.63199999998</v>
+      </c>
+      <c r="Q9" s="88">
+        <v>343522.92</v>
+      </c>
+      <c r="R9" s="88">
+        <v>233607.65</v>
+      </c>
+      <c r="S9" s="88">
+        <v>464402.83209411916</v>
+      </c>
+      <c r="T9" s="88">
+        <v>437857.65</v>
+      </c>
+      <c r="U9" s="88">
+        <v>434196.65000000008</v>
+      </c>
+      <c r="V9" s="110">
+        <v>596109.77</v>
+      </c>
+      <c r="W9" s="88"/>
+      <c r="X9" s="88"/>
+      <c r="Y9" s="88">
+        <v>692316.00312000012</v>
+      </c>
+      <c r="Z9" s="88">
+        <v>587819.17000000016</v>
+      </c>
+      <c r="AA9" s="85">
+        <v>204221.272</v>
+      </c>
+    </row>
+    <row r="10" spans="1:27">
+      <c r="B10" s="68" t="s">
+        <v>4</v>
+      </c>
+      <c r="C10" s="29" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" s="88">
+        <v>36692</v>
+      </c>
+      <c r="E10" s="88">
+        <v>29883.48</v>
+      </c>
+      <c r="F10" s="88">
+        <v>51089.03</v>
+      </c>
+      <c r="G10" s="88">
+        <v>76945.67</v>
+      </c>
+      <c r="H10" s="88">
+        <v>35648</v>
+      </c>
+      <c r="I10" s="88">
+        <v>56618.139918208122</v>
+      </c>
+      <c r="J10" s="88">
+        <v>62481.769966749474</v>
+      </c>
+      <c r="K10" s="88">
+        <v>52767.267100000005</v>
+      </c>
+      <c r="L10" s="88">
+        <v>86603.48</v>
+      </c>
+      <c r="M10" s="88">
+        <v>38661.86</v>
+      </c>
+      <c r="N10" s="88">
+        <v>30882.32</v>
+      </c>
+      <c r="O10" s="88">
+        <v>39901.75</v>
+      </c>
+      <c r="P10" s="88">
+        <v>86901.88</v>
+      </c>
+      <c r="Q10" s="88">
+        <v>110227.95</v>
+      </c>
+      <c r="R10" s="88">
+        <v>77364.2</v>
+      </c>
+      <c r="S10" s="88">
+        <v>63736.969999999994</v>
+      </c>
+      <c r="T10" s="88">
+        <v>69980.97</v>
+      </c>
+      <c r="U10" s="88">
+        <v>56668.719999999994</v>
+      </c>
+      <c r="V10" s="110">
+        <v>54980.449999999983</v>
+      </c>
+      <c r="W10" s="88"/>
+      <c r="X10" s="88"/>
+      <c r="Y10" s="88">
+        <v>49802.756399999998</v>
+      </c>
+      <c r="Z10" s="88">
+        <v>44771.61</v>
+      </c>
+      <c r="AA10" s="85">
+        <v>78022.957999999984</v>
+      </c>
+    </row>
+    <row r="11" spans="1:27" s="19" customFormat="1">
+      <c r="B11" s="68" t="s">
+        <v>4</v>
+      </c>
+      <c r="C11" s="29" t="s">
+        <v>10</v>
+      </c>
+      <c r="D11" s="88">
+        <v>0</v>
+      </c>
+      <c r="E11" s="88">
+        <v>151463.63</v>
+      </c>
+      <c r="F11" s="88">
+        <v>286201.11</v>
+      </c>
+      <c r="G11" s="88">
+        <v>160157.69</v>
+      </c>
+      <c r="H11" s="88">
+        <v>268486</v>
+      </c>
+      <c r="I11" s="88">
+        <v>475015.07955598802</v>
+      </c>
+      <c r="J11" s="88">
+        <v>258562.60011601448</v>
+      </c>
+      <c r="K11" s="88">
+        <v>168007.33390000003</v>
+      </c>
+      <c r="L11" s="88">
+        <v>169427.82</v>
+      </c>
+      <c r="M11" s="88">
+        <v>162938.96</v>
+      </c>
+      <c r="N11" s="88">
+        <v>150287.35999999999</v>
+      </c>
+      <c r="O11" s="88">
+        <v>160085.59</v>
+      </c>
+      <c r="P11" s="88">
+        <v>171961.58</v>
+      </c>
+      <c r="Q11" s="88">
+        <v>144764.91</v>
+      </c>
+      <c r="R11" s="88">
+        <v>164662.13</v>
+      </c>
+      <c r="S11" s="88">
+        <v>253153.11000000007</v>
+      </c>
+      <c r="T11" s="88">
+        <v>189859.41999999998</v>
+      </c>
+      <c r="U11" s="88">
+        <v>118539.51000000001</v>
+      </c>
+      <c r="V11" s="110">
+        <v>168547.04</v>
+      </c>
+      <c r="W11" s="88"/>
+      <c r="X11" s="88"/>
+      <c r="Y11" s="88">
+        <v>208349.62594</v>
+      </c>
+      <c r="Z11" s="88">
+        <v>190185.44</v>
+      </c>
+      <c r="AA11" s="85">
+        <v>101949.55</v>
+      </c>
+    </row>
+    <row r="12" spans="1:27" s="15" customFormat="1">
+      <c r="B12" s="68" t="s">
+        <v>4</v>
+      </c>
+      <c r="C12" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" s="88">
+        <v>14412</v>
+      </c>
+      <c r="E12" s="88">
+        <v>11726.71</v>
+      </c>
+      <c r="F12" s="88">
+        <v>13825</v>
+      </c>
+      <c r="G12" s="88">
+        <v>6493</v>
+      </c>
+      <c r="H12" s="88">
+        <v>8186</v>
+      </c>
+      <c r="I12" s="88">
+        <v>2353</v>
+      </c>
+      <c r="J12" s="88">
+        <v>9119.5299072265625</v>
+      </c>
+      <c r="K12" s="88">
+        <v>10187.83</v>
+      </c>
+      <c r="L12" s="88">
+        <v>10205.32</v>
+      </c>
+      <c r="M12" s="88">
+        <v>10872.13</v>
+      </c>
+      <c r="N12" s="88">
+        <v>14518.365</v>
+      </c>
+      <c r="O12" s="88">
+        <v>15469.73</v>
+      </c>
+      <c r="P12" s="88">
+        <v>13021.107</v>
+      </c>
+      <c r="Q12" s="88">
+        <v>10898.91</v>
+      </c>
+      <c r="R12" s="88">
+        <v>8272.23</v>
+      </c>
+      <c r="S12" s="88">
+        <v>15612.02</v>
+      </c>
+      <c r="T12" s="88">
+        <v>13108</v>
+      </c>
+      <c r="U12" s="88">
+        <v>29807.599999999999</v>
+      </c>
+      <c r="V12" s="110">
+        <v>11817.1</v>
+      </c>
+      <c r="W12" s="88"/>
+      <c r="X12" s="88"/>
+      <c r="Y12" s="88">
+        <v>16466.45</v>
+      </c>
+      <c r="Z12" s="88">
+        <v>14447.2</v>
+      </c>
+      <c r="AA12" s="85">
+        <v>18147.516</v>
+      </c>
+    </row>
+    <row r="13" spans="1:27">
+      <c r="B13" s="68" t="s">
+        <v>4</v>
+      </c>
+      <c r="C13" s="29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" s="88">
+        <v>215211.3</v>
+      </c>
+      <c r="E13" s="88">
+        <v>538242.31999999995</v>
+      </c>
+      <c r="F13" s="88">
+        <v>394261.28</v>
+      </c>
+      <c r="G13" s="88">
+        <v>208920.22</v>
+      </c>
+      <c r="H13" s="88">
+        <v>257495</v>
+      </c>
+      <c r="I13" s="88">
+        <v>351855.30905842781</v>
+      </c>
+      <c r="J13" s="88">
+        <v>289611.59192636795</v>
+      </c>
+      <c r="K13" s="88">
+        <v>228145.66200000004</v>
+      </c>
+      <c r="L13" s="88">
+        <v>381865.69219999999</v>
+      </c>
+      <c r="M13" s="88">
+        <v>200979.78</v>
+      </c>
+      <c r="N13" s="88">
+        <v>347137.46</v>
+      </c>
+      <c r="O13" s="88">
+        <v>178403.44</v>
+      </c>
+      <c r="P13" s="88">
+        <v>244907.19</v>
+      </c>
+      <c r="Q13" s="88">
+        <v>167002.29999999999</v>
+      </c>
+      <c r="R13" s="88">
+        <v>198487.14500000002</v>
+      </c>
+      <c r="S13" s="88">
+        <v>187275.37000000002</v>
+      </c>
+      <c r="T13" s="88">
+        <v>195625.93800000005</v>
+      </c>
+      <c r="U13" s="88">
+        <v>210731.90000000005</v>
+      </c>
+      <c r="V13" s="110">
+        <v>169607.32264953703</v>
+      </c>
+      <c r="W13" s="88"/>
+      <c r="X13" s="88"/>
+      <c r="Y13" s="88">
+        <v>211887.04570999998</v>
+      </c>
+      <c r="Z13" s="88">
+        <v>271840.245</v>
+      </c>
+      <c r="AA13" s="85">
+        <v>265764.92309999996</v>
+      </c>
+    </row>
+    <row r="14" spans="1:27">
+      <c r="B14" s="68" t="s">
+        <v>13</v>
+      </c>
+      <c r="C14" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="D14" s="88">
+        <v>84061.93</v>
+      </c>
+      <c r="E14" s="88">
+        <v>81632.350000000006</v>
+      </c>
+      <c r="F14" s="88">
+        <v>64936.639999999999</v>
+      </c>
+      <c r="G14" s="88">
+        <v>74126.149999999994</v>
+      </c>
+      <c r="H14" s="88">
+        <v>81405</v>
+      </c>
+      <c r="I14" s="88">
+        <v>82773.199784770608</v>
+      </c>
+      <c r="J14" s="88">
+        <v>90991.759997513145</v>
+      </c>
+      <c r="K14" s="88">
+        <v>96934.074999999983</v>
+      </c>
+      <c r="L14" s="88">
+        <v>94076.785999999993</v>
+      </c>
+      <c r="M14" s="88">
+        <v>100822.87</v>
+      </c>
+      <c r="N14" s="88">
+        <v>113127.79</v>
+      </c>
+      <c r="O14" s="88">
+        <v>116110.94</v>
+      </c>
+      <c r="P14" s="88">
+        <v>141279.77900000001</v>
+      </c>
+      <c r="Q14" s="88">
+        <v>103913.25</v>
+      </c>
+      <c r="R14" s="88">
+        <v>112212.45</v>
+      </c>
+      <c r="S14" s="88">
+        <v>116313.01161698293</v>
+      </c>
+      <c r="T14" s="88">
+        <v>145403.98417062886</v>
+      </c>
+      <c r="U14" s="88">
+        <v>146064.98111466627</v>
+      </c>
+      <c r="V14" s="110">
+        <v>84163.471852456816</v>
+      </c>
+      <c r="W14" s="88"/>
+      <c r="X14" s="88"/>
+      <c r="Y14" s="88">
+        <v>77519.701979999983</v>
+      </c>
+      <c r="Z14" s="88">
+        <v>108433.91185725562</v>
+      </c>
+      <c r="AA14" s="85">
+        <v>77763.31955519371</v>
+      </c>
+    </row>
+    <row r="15" spans="1:27" s="15" customFormat="1">
+      <c r="B15" s="68" t="s">
+        <v>13</v>
+      </c>
+      <c r="C15" s="29" t="s">
+        <v>15</v>
+      </c>
+      <c r="D15" s="88">
+        <v>0</v>
+      </c>
+      <c r="E15" s="88">
+        <v>0</v>
+      </c>
+      <c r="F15" s="88">
+        <v>2364</v>
+      </c>
+      <c r="G15" s="88">
+        <v>2976</v>
+      </c>
+      <c r="H15" s="88">
+        <v>2253</v>
+      </c>
+      <c r="I15" s="88">
+        <v>4869.9899415969849</v>
+      </c>
+      <c r="J15" s="88">
+        <v>5404.2800006866455</v>
+      </c>
+      <c r="K15" s="88">
+        <v>1706</v>
+      </c>
+      <c r="L15" s="88">
+        <v>0</v>
+      </c>
+      <c r="M15" s="88">
+        <v>1750</v>
+      </c>
+      <c r="N15" s="88">
+        <v>2389.81</v>
+      </c>
+      <c r="O15" s="88">
+        <v>1229.53</v>
+      </c>
+      <c r="P15" s="88">
+        <v>3661.06</v>
+      </c>
+      <c r="Q15" s="88">
+        <v>1604.81</v>
+      </c>
+      <c r="R15" s="88">
+        <v>64.59</v>
+      </c>
+      <c r="S15" s="88">
+        <v>0</v>
+      </c>
+      <c r="T15" s="88">
+        <v>0</v>
+      </c>
+      <c r="U15" s="88">
+        <v>0</v>
+      </c>
+      <c r="V15" s="110">
+        <v>9388.14</v>
+      </c>
+      <c r="W15" s="88"/>
+      <c r="X15" s="88"/>
+      <c r="Y15" s="88">
+        <v>0</v>
+      </c>
+      <c r="Z15" s="88">
+        <v>0</v>
+      </c>
+      <c r="AA15" s="85">
+        <v>2793.21</v>
+      </c>
+    </row>
+    <row r="16" spans="1:27">
+      <c r="B16" s="68" t="s">
+        <v>16</v>
+      </c>
+      <c r="C16" s="29" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="67" t="s">
-[...27 lines deleted...]
-      <c r="B6" s="69" t="s">
+      <c r="D16" s="88">
+        <v>17944.5</v>
+      </c>
+      <c r="E16" s="88">
+        <v>12539.76</v>
+      </c>
+      <c r="F16" s="88">
+        <v>12718.21</v>
+      </c>
+      <c r="G16" s="88">
+        <v>17608.27</v>
+      </c>
+      <c r="H16" s="88">
+        <v>16010</v>
+      </c>
+      <c r="I16" s="88">
+        <v>15440.999981977046</v>
+      </c>
+      <c r="J16" s="88">
+        <v>14951.100022045075</v>
+      </c>
+      <c r="K16" s="88">
+        <v>14004.678600000001</v>
+      </c>
+      <c r="L16" s="88">
+        <v>12842.031500000001</v>
+      </c>
+      <c r="M16" s="88">
+        <v>21097.57</v>
+      </c>
+      <c r="N16" s="88">
+        <v>13654.665000000001</v>
+      </c>
+      <c r="O16" s="88">
+        <v>13115.38</v>
+      </c>
+      <c r="P16" s="88">
+        <v>13634.529</v>
+      </c>
+      <c r="Q16" s="88">
+        <v>16679.38</v>
+      </c>
+      <c r="R16" s="88">
+        <v>14309.29</v>
+      </c>
+      <c r="S16" s="88">
+        <v>11463.413172446535</v>
+      </c>
+      <c r="T16" s="88">
+        <v>10888.95</v>
+      </c>
+      <c r="U16" s="88">
+        <v>11069.827225622921</v>
+      </c>
+      <c r="V16" s="110">
+        <v>13328.831613974819</v>
+      </c>
+      <c r="W16" s="88"/>
+      <c r="X16" s="88"/>
+      <c r="Y16" s="88">
+        <v>14214.504656243249</v>
+      </c>
+      <c r="Z16" s="88">
+        <v>14914.584187892859</v>
+      </c>
+      <c r="AA16" s="85">
+        <v>17295.013935903218</v>
+      </c>
+    </row>
+    <row r="17" spans="2:27" s="15" customFormat="1">
+      <c r="B17" s="68" t="s">
+        <v>16</v>
+      </c>
+      <c r="C17" s="29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" s="88">
+        <v>35427</v>
+      </c>
+      <c r="E17" s="88">
+        <v>39180.28</v>
+      </c>
+      <c r="F17" s="88">
+        <v>43832.59</v>
+      </c>
+      <c r="G17" s="88">
+        <v>53353.26</v>
+      </c>
+      <c r="H17" s="88">
+        <v>56920</v>
+      </c>
+      <c r="I17" s="88">
+        <v>47301.677887739614</v>
+      </c>
+      <c r="J17" s="88">
+        <v>49796.420258583501</v>
+      </c>
+      <c r="K17" s="88">
+        <v>44666.549999999996</v>
+      </c>
+      <c r="L17" s="88">
+        <v>43400.62</v>
+      </c>
+      <c r="M17" s="88">
+        <v>39776.67</v>
+      </c>
+      <c r="N17" s="88">
+        <v>48881.482499999998</v>
+      </c>
+      <c r="O17" s="88">
+        <v>44174</v>
+      </c>
+      <c r="P17" s="88">
+        <v>54578.343000000001</v>
+      </c>
+      <c r="Q17" s="88">
+        <v>31192.080000000002</v>
+      </c>
+      <c r="R17" s="88">
+        <v>37881.550000000003</v>
+      </c>
+      <c r="S17" s="88">
+        <v>27370.930000000004</v>
+      </c>
+      <c r="T17" s="88">
+        <v>58427.45</v>
+      </c>
+      <c r="U17" s="88">
+        <v>54130.570999999996</v>
+      </c>
+      <c r="V17" s="110">
+        <v>80006.010000000009</v>
+      </c>
+      <c r="W17" s="88"/>
+      <c r="X17" s="88"/>
+      <c r="Y17" s="88">
+        <v>80286.380000000019</v>
+      </c>
+      <c r="Z17" s="88">
+        <v>68796.755800000014</v>
+      </c>
+      <c r="AA17" s="85">
+        <v>63040.838400000001</v>
+      </c>
+    </row>
+    <row r="18" spans="2:27">
+      <c r="B18" s="68" t="s">
+        <v>16</v>
+      </c>
+      <c r="C18" s="29" t="s">
         <v>19</v>
       </c>
-      <c r="C6" s="30" t="s">
+      <c r="D18" s="88">
+        <v>357220</v>
+      </c>
+      <c r="E18" s="88">
+        <v>254104.19</v>
+      </c>
+      <c r="F18" s="88">
+        <v>432778.25</v>
+      </c>
+      <c r="G18" s="88">
+        <v>709880.61</v>
+      </c>
+      <c r="H18" s="88">
+        <v>866641</v>
+      </c>
+      <c r="I18" s="88">
+        <v>974535.32616748998</v>
+      </c>
+      <c r="J18" s="88">
+        <v>1048885.2502383869</v>
+      </c>
+      <c r="K18" s="88">
+        <v>1009825.5920000002</v>
+      </c>
+      <c r="L18" s="88">
+        <v>1013551.6200000002</v>
+      </c>
+      <c r="M18" s="88">
+        <v>998720.95</v>
+      </c>
+      <c r="N18" s="88">
+        <v>1332254.4545</v>
+      </c>
+      <c r="O18" s="88">
+        <v>1458201.09</v>
+      </c>
+      <c r="P18" s="88">
+        <v>1370691.6470000001</v>
+      </c>
+      <c r="Q18" s="88">
+        <v>1173096.94</v>
+      </c>
+      <c r="R18" s="88">
+        <v>1069075.2839999998</v>
+      </c>
+      <c r="S18" s="88">
+        <v>1153167.2850000001</v>
+      </c>
+      <c r="T18" s="88">
+        <v>1108243.8999999999</v>
+      </c>
+      <c r="U18" s="88">
+        <v>1336616.3472202006</v>
+      </c>
+      <c r="V18" s="110">
+        <v>1324096.6396068742</v>
+      </c>
+      <c r="W18" s="88"/>
+      <c r="X18" s="88"/>
+      <c r="Y18" s="88">
+        <v>1433651.22967</v>
+      </c>
+      <c r="Z18" s="88">
+        <v>1136703.3098559999</v>
+      </c>
+      <c r="AA18" s="85">
+        <v>1302663.5491383516</v>
+      </c>
+    </row>
+    <row r="19" spans="2:27">
+      <c r="B19" s="68" t="s">
+        <v>16</v>
+      </c>
+      <c r="C19" s="29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" s="88">
+        <v>51273.4</v>
+      </c>
+      <c r="E19" s="88">
+        <v>41615.18</v>
+      </c>
+      <c r="F19" s="88">
+        <v>61240.23</v>
+      </c>
+      <c r="G19" s="88">
+        <v>114604.4</v>
+      </c>
+      <c r="H19" s="88">
+        <v>99317</v>
+      </c>
+      <c r="I19" s="88">
+        <v>122490.33112679981</v>
+      </c>
+      <c r="J19" s="88">
+        <v>135976.49980245344</v>
+      </c>
+      <c r="K19" s="88">
+        <v>115718.27339999998</v>
+      </c>
+      <c r="L19" s="88">
+        <v>94340.108999999997</v>
+      </c>
+      <c r="M19" s="88">
+        <v>142930.96</v>
+      </c>
+      <c r="N19" s="88">
+        <v>123679.99450000003</v>
+      </c>
+      <c r="O19" s="88">
+        <v>146163.64000000001</v>
+      </c>
+      <c r="P19" s="88">
+        <v>121710.988</v>
+      </c>
+      <c r="Q19" s="88">
+        <v>175791.9</v>
+      </c>
+      <c r="R19" s="88">
+        <v>195149.99832067822</v>
+      </c>
+      <c r="S19" s="88">
+        <v>150563.92272012061</v>
+      </c>
+      <c r="T19" s="88">
+        <v>100481.25</v>
+      </c>
+      <c r="U19" s="88">
+        <v>127197.78612663454</v>
+      </c>
+      <c r="V19" s="110">
+        <v>143033.05364541212</v>
+      </c>
+      <c r="W19" s="88"/>
+      <c r="X19" s="88"/>
+      <c r="Y19" s="88">
+        <v>109193.91417622256</v>
+      </c>
+      <c r="Z19" s="88">
+        <v>88857.259246724119</v>
+      </c>
+      <c r="AA19" s="85">
+        <v>105697.76600000002</v>
+      </c>
+    </row>
+    <row r="20" spans="2:27">
+      <c r="B20" s="68" t="s">
+        <v>16</v>
+      </c>
+      <c r="C20" s="29" t="s">
+        <v>21</v>
+      </c>
+      <c r="D20" s="88">
+        <v>22631.93</v>
+      </c>
+      <c r="E20" s="88">
+        <v>11483.1</v>
+      </c>
+      <c r="F20" s="88">
+        <v>9417.1299999999992</v>
+      </c>
+      <c r="G20" s="88">
+        <v>9491.6200000000008</v>
+      </c>
+      <c r="H20" s="88">
+        <v>10082</v>
+      </c>
+      <c r="I20" s="88">
+        <v>12132.880030661821</v>
+      </c>
+      <c r="J20" s="88">
+        <v>13936.079973092377</v>
+      </c>
+      <c r="K20" s="88">
+        <v>22315.047000000002</v>
+      </c>
+      <c r="L20" s="88">
+        <v>10525.92</v>
+      </c>
+      <c r="M20" s="88">
+        <v>17293.11</v>
+      </c>
+      <c r="N20" s="88">
+        <v>15059.514999999999</v>
+      </c>
+      <c r="O20" s="88">
+        <v>17975.36</v>
+      </c>
+      <c r="P20" s="88">
+        <v>15305.54</v>
+      </c>
+      <c r="Q20" s="88">
+        <v>19552.34</v>
+      </c>
+      <c r="R20" s="88">
+        <v>17325.669999999998</v>
+      </c>
+      <c r="S20" s="88">
+        <v>14613.673250382713</v>
+      </c>
+      <c r="T20" s="88">
+        <v>13798.11</v>
+      </c>
+      <c r="U20" s="88">
+        <v>14234.870214718634</v>
+      </c>
+      <c r="V20" s="110">
+        <v>14953.959254765341</v>
+      </c>
+      <c r="W20" s="88"/>
+      <c r="X20" s="88"/>
+      <c r="Y20" s="88">
+        <v>12486.458308931176</v>
+      </c>
+      <c r="Z20" s="88">
+        <v>13776.141013188055</v>
+      </c>
+      <c r="AA20" s="85">
+        <v>15338.535657547924</v>
+      </c>
+    </row>
+    <row r="21" spans="2:27">
+      <c r="B21" s="68" t="s">
+        <v>22</v>
+      </c>
+      <c r="C21" s="29" t="s">
         <v>23</v>
       </c>
-      <c r="D6" s="89">
-[...23 lines deleted...]
-      <c r="L6" s="89">
+      <c r="D21" s="88">
+        <v>2475</v>
+      </c>
+      <c r="E21" s="88">
+        <v>4157.13</v>
+      </c>
+      <c r="F21" s="88">
+        <v>4505.6499999999996</v>
+      </c>
+      <c r="G21" s="88">
+        <v>4721.58</v>
+      </c>
+      <c r="H21" s="88">
+        <v>8050</v>
+      </c>
+      <c r="I21" s="88">
+        <v>8767.4264229089022</v>
+      </c>
+      <c r="J21" s="88">
+        <v>7506.510008526966</v>
+      </c>
+      <c r="K21" s="88">
+        <v>7055.1</v>
+      </c>
+      <c r="L21" s="88">
+        <v>6586.01</v>
+      </c>
+      <c r="M21" s="88">
+        <v>5193.9799999999996</v>
+      </c>
+      <c r="N21" s="88">
+        <v>4782.749499999999</v>
+      </c>
+      <c r="O21" s="88">
+        <v>4871.6899999999996</v>
+      </c>
+      <c r="P21" s="88">
+        <v>6797.07</v>
+      </c>
+      <c r="Q21" s="88">
+        <v>4803.5</v>
+      </c>
+      <c r="R21" s="88">
+        <v>4954.58</v>
+      </c>
+      <c r="S21" s="88">
+        <v>4389.78</v>
+      </c>
+      <c r="T21" s="88">
+        <v>3846.190000000001</v>
+      </c>
+      <c r="U21" s="88">
+        <v>3346.53</v>
+      </c>
+      <c r="V21" s="110">
+        <v>3632.7100000000005</v>
+      </c>
+      <c r="W21" s="88"/>
+      <c r="X21" s="88"/>
+      <c r="Y21" s="88">
+        <v>2217.694</v>
+      </c>
+      <c r="Z21" s="88">
+        <v>4218.46</v>
+      </c>
+      <c r="AA21" s="85">
+        <v>5160.6439999999993</v>
+      </c>
+    </row>
+    <row r="22" spans="2:27" s="15" customFormat="1">
+      <c r="B22" s="68" t="s">
+        <v>22</v>
+      </c>
+      <c r="C22" s="29" t="s">
+        <v>24</v>
+      </c>
+      <c r="D22" s="88">
+        <v>10756.6</v>
+      </c>
+      <c r="E22" s="88">
+        <v>16296.75</v>
+      </c>
+      <c r="F22" s="88">
+        <v>12158.08</v>
+      </c>
+      <c r="G22" s="88">
+        <v>18780.43</v>
+      </c>
+      <c r="H22" s="88">
+        <v>25518</v>
+      </c>
+      <c r="I22" s="88">
+        <v>28902.955148814246</v>
+      </c>
+      <c r="J22" s="88">
+        <v>25414.460041061044</v>
+      </c>
+      <c r="K22" s="88">
+        <v>25734.2703</v>
+      </c>
+      <c r="L22" s="88">
+        <v>25219.03</v>
+      </c>
+      <c r="M22" s="88">
+        <v>21492.53</v>
+      </c>
+      <c r="N22" s="88">
+        <v>26986.221000000001</v>
+      </c>
+      <c r="O22" s="88">
+        <v>27296.7</v>
+      </c>
+      <c r="P22" s="88">
+        <v>23355.955000000002</v>
+      </c>
+      <c r="Q22" s="88">
+        <v>21744.46</v>
+      </c>
+      <c r="R22" s="88">
+        <v>19198.419999999998</v>
+      </c>
+      <c r="S22" s="88">
+        <v>17580.940299999998</v>
+      </c>
+      <c r="T22" s="88">
+        <v>19884.169999999998</v>
+      </c>
+      <c r="U22" s="88">
+        <v>17127.379999999997</v>
+      </c>
+      <c r="V22" s="110">
+        <v>15960.190000000002</v>
+      </c>
+      <c r="W22" s="88"/>
+      <c r="X22" s="88"/>
+      <c r="Y22" s="88">
+        <v>16578.595000000001</v>
+      </c>
+      <c r="Z22" s="88">
+        <v>11124.33</v>
+      </c>
+      <c r="AA22" s="85">
+        <v>13420.822499999997</v>
+      </c>
+    </row>
+    <row r="23" spans="2:27">
+      <c r="B23" s="68" t="s">
+        <v>22</v>
+      </c>
+      <c r="C23" s="29" t="s">
+        <v>25</v>
+      </c>
+      <c r="D23" s="88">
+        <v>255</v>
+      </c>
+      <c r="E23" s="88">
+        <v>317.19</v>
+      </c>
+      <c r="F23" s="88">
+        <v>1414.37</v>
+      </c>
+      <c r="G23" s="88">
+        <v>3587.3</v>
+      </c>
+      <c r="H23" s="88">
+        <v>6568</v>
+      </c>
+      <c r="I23" s="88">
+        <v>8534.0309029482287</v>
+      </c>
+      <c r="J23" s="88">
+        <v>11385.960154581815</v>
+      </c>
+      <c r="K23" s="88">
+        <v>12325.329800000009</v>
+      </c>
+      <c r="L23" s="88">
+        <v>17264.68</v>
+      </c>
+      <c r="M23" s="88">
+        <v>22190.31</v>
+      </c>
+      <c r="N23" s="88">
+        <v>25569.298000000006</v>
+      </c>
+      <c r="O23" s="88">
+        <v>31147.63</v>
+      </c>
+      <c r="P23" s="88">
+        <v>38236.506999999998</v>
+      </c>
+      <c r="Q23" s="88">
+        <v>32694.080000000002</v>
+      </c>
+      <c r="R23" s="88">
+        <v>37067.99</v>
+      </c>
+      <c r="S23" s="88">
+        <v>33174.67</v>
+      </c>
+      <c r="T23" s="88">
+        <v>24104.77</v>
+      </c>
+      <c r="U23" s="88">
+        <v>19964.96</v>
+      </c>
+      <c r="V23" s="110">
+        <v>17813.120000000003</v>
+      </c>
+      <c r="W23" s="88"/>
+      <c r="X23" s="88"/>
+      <c r="Y23" s="88">
+        <v>10552.67</v>
+      </c>
+      <c r="Z23" s="88">
+        <v>11477.987000000001</v>
+      </c>
+      <c r="AA23" s="85">
+        <v>8981.2414749999971</v>
+      </c>
+    </row>
+    <row r="24" spans="2:27">
+      <c r="B24" s="68" t="s">
+        <v>22</v>
+      </c>
+      <c r="C24" s="29" t="s">
+        <v>26</v>
+      </c>
+      <c r="D24" s="88">
+        <v>39</v>
+      </c>
+      <c r="E24" s="88">
+        <v>38.08</v>
+      </c>
+      <c r="F24" s="88">
+        <v>332.51</v>
+      </c>
+      <c r="G24" s="88">
+        <v>142.72999999999999</v>
+      </c>
+      <c r="H24" s="88">
+        <v>149</v>
+      </c>
+      <c r="I24" s="88">
+        <v>294.08299901708961</v>
+      </c>
+      <c r="J24" s="88">
+        <v>1349.5199844483286</v>
+      </c>
+      <c r="K24" s="88">
+        <v>1755.0988333333325</v>
+      </c>
+      <c r="L24" s="88">
+        <v>2270.0720000000001</v>
+      </c>
+      <c r="M24" s="88">
+        <v>534.54</v>
+      </c>
+      <c r="N24" s="88">
+        <v>458.37</v>
+      </c>
+      <c r="O24" s="88">
+        <v>464.84</v>
+      </c>
+      <c r="P24" s="88">
+        <v>402.31</v>
+      </c>
+      <c r="Q24" s="88">
+        <v>818.82</v>
+      </c>
+      <c r="R24" s="88">
+        <v>472.59999999999997</v>
+      </c>
+      <c r="S24" s="88">
+        <v>702.39</v>
+      </c>
+      <c r="T24" s="88">
+        <v>918.27000000000021</v>
+      </c>
+      <c r="U24" s="88">
+        <v>693.32000000000016</v>
+      </c>
+      <c r="V24" s="110">
+        <v>907.11999999999978</v>
+      </c>
+      <c r="W24" s="88"/>
+      <c r="X24" s="88"/>
+      <c r="Y24" s="88">
+        <v>1132.04</v>
+      </c>
+      <c r="Z24" s="88">
+        <v>409.98500000000013</v>
+      </c>
+      <c r="AA24" s="85">
+        <v>842.9699999999998</v>
+      </c>
+    </row>
+    <row r="25" spans="2:27">
+      <c r="B25" s="68" t="s">
+        <v>22</v>
+      </c>
+      <c r="C25" s="29" t="s">
+        <v>27</v>
+      </c>
+      <c r="D25" s="88">
+        <v>160</v>
+      </c>
+      <c r="E25" s="88">
+        <v>345.98</v>
+      </c>
+      <c r="F25" s="88">
+        <v>417</v>
+      </c>
+      <c r="G25" s="88">
+        <v>772.27</v>
+      </c>
+      <c r="H25" s="88">
+        <v>732</v>
+      </c>
+      <c r="I25" s="88">
+        <v>728.54001605138183</v>
+      </c>
+      <c r="J25" s="88">
+        <v>1062.76</v>
+      </c>
+      <c r="K25" s="88">
+        <v>978.53525300000013</v>
+      </c>
+      <c r="L25" s="88">
+        <v>1599.6039999999998</v>
+      </c>
+      <c r="M25" s="88">
+        <v>1229</v>
+      </c>
+      <c r="N25" s="88">
+        <v>1086.5119999999999</v>
+      </c>
+      <c r="O25" s="88">
+        <v>1096.03</v>
+      </c>
+      <c r="P25" s="88">
+        <v>1398.3</v>
+      </c>
+      <c r="Q25" s="88">
+        <v>1286.33</v>
+      </c>
+      <c r="R25" s="88">
+        <v>1553.37</v>
+      </c>
+      <c r="S25" s="88">
+        <v>1258.7928999999999</v>
+      </c>
+      <c r="T25" s="88">
+        <v>1691.942</v>
+      </c>
+      <c r="U25" s="88">
+        <v>1794.2599999999995</v>
+      </c>
+      <c r="V25" s="110">
+        <v>988.95</v>
+      </c>
+      <c r="W25" s="88"/>
+      <c r="X25" s="88"/>
+      <c r="Y25" s="88">
+        <v>933.8</v>
+      </c>
+      <c r="Z25" s="88">
+        <v>757.91300000000001</v>
+      </c>
+      <c r="AA25" s="85">
+        <v>1020.7900000000001</v>
+      </c>
+    </row>
+    <row r="26" spans="2:27">
+      <c r="B26" s="68" t="s">
+        <v>22</v>
+      </c>
+      <c r="C26" s="29" t="s">
+        <v>28</v>
+      </c>
+      <c r="D26" s="88">
+        <v>835</v>
+      </c>
+      <c r="E26" s="88">
+        <v>5942.02</v>
+      </c>
+      <c r="F26" s="88">
+        <v>5022.88</v>
+      </c>
+      <c r="G26" s="88">
+        <v>1749.65</v>
+      </c>
+      <c r="H26" s="88">
+        <v>3719</v>
+      </c>
+      <c r="I26" s="88">
+        <v>2720.8600207660347</v>
+      </c>
+      <c r="J26" s="88">
+        <v>2188.9800149835646</v>
+      </c>
+      <c r="K26" s="88">
+        <v>2634.82</v>
+      </c>
+      <c r="L26" s="88">
+        <v>2639.4700000000003</v>
+      </c>
+      <c r="M26" s="88">
+        <v>2534.69</v>
+      </c>
+      <c r="N26" s="88">
+        <v>1774.7660000000001</v>
+      </c>
+      <c r="O26" s="88">
+        <v>2228.8000000000002</v>
+      </c>
+      <c r="P26" s="88">
+        <v>3544.46</v>
+      </c>
+      <c r="Q26" s="88">
+        <v>1781.32</v>
+      </c>
+      <c r="R26" s="88">
+        <v>2358.8000000000002</v>
+      </c>
+      <c r="S26" s="88">
+        <v>1082.6404999999997</v>
+      </c>
+      <c r="T26" s="88">
+        <v>6657.6554500000002</v>
+      </c>
+      <c r="U26" s="88">
+        <v>1534.6499999999996</v>
+      </c>
+      <c r="V26" s="110">
+        <v>2637.5499999999997</v>
+      </c>
+      <c r="W26" s="88"/>
+      <c r="X26" s="88"/>
+      <c r="Y26" s="88">
+        <v>1519.3699999999997</v>
+      </c>
+      <c r="Z26" s="88">
+        <v>1251.49</v>
+      </c>
+      <c r="AA26" s="85">
+        <v>2282.7099999999996</v>
+      </c>
+    </row>
+    <row r="27" spans="2:27">
+      <c r="B27" s="68" t="s">
+        <v>22</v>
+      </c>
+      <c r="C27" s="29" t="s">
+        <v>29</v>
+      </c>
+      <c r="D27" s="88">
+        <v>738</v>
+      </c>
+      <c r="E27" s="88">
         <v>0</v>
       </c>
-      <c r="M6" s="89">
-[...5 lines deleted...]
-      <c r="O6" s="89">
+      <c r="F27" s="88">
+        <v>5</v>
+      </c>
+      <c r="G27" s="88">
+        <v>30</v>
+      </c>
+      <c r="H27" s="88">
+        <v>29</v>
+      </c>
+      <c r="I27" s="88">
         <v>0</v>
       </c>
-      <c r="P6" s="89">
+      <c r="J27" s="88">
         <v>0</v>
       </c>
-      <c r="Q6" s="89">
+      <c r="K27" s="88">
         <v>0</v>
       </c>
-      <c r="R6" s="89">
+      <c r="L27" s="88">
         <v>0</v>
       </c>
-      <c r="S6" s="89">
+      <c r="M27" s="88">
+        <v>99.19</v>
+      </c>
+      <c r="N27" s="88">
+        <v>1</v>
+      </c>
+      <c r="O27" s="88">
+        <v>1619.68</v>
+      </c>
+      <c r="P27" s="88">
+        <v>1582.41</v>
+      </c>
+      <c r="Q27" s="88">
+        <v>1805.77</v>
+      </c>
+      <c r="R27" s="88">
+        <v>1970.1</v>
+      </c>
+      <c r="S27" s="88">
+        <v>2214.0501999999997</v>
+      </c>
+      <c r="T27" s="88">
+        <v>625.23000000000013</v>
+      </c>
+      <c r="U27" s="88">
+        <v>681.7399999999999</v>
+      </c>
+      <c r="V27" s="110">
+        <v>85.969999999999985</v>
+      </c>
+      <c r="W27" s="88"/>
+      <c r="X27" s="88"/>
+      <c r="Y27" s="88">
+        <v>517.72000000000014</v>
+      </c>
+      <c r="Z27" s="88">
+        <v>189.86</v>
+      </c>
+      <c r="AA27" s="85">
+        <v>247.39</v>
+      </c>
+    </row>
+    <row r="28" spans="2:27">
+      <c r="B28" s="68" t="s">
+        <v>22</v>
+      </c>
+      <c r="C28" s="29" t="s">
+        <v>30</v>
+      </c>
+      <c r="D28" s="88"/>
+      <c r="E28" s="88"/>
+      <c r="F28" s="88"/>
+      <c r="G28" s="88"/>
+      <c r="H28" s="88"/>
+      <c r="I28" s="88"/>
+      <c r="J28" s="88"/>
+      <c r="K28" s="88"/>
+      <c r="L28" s="88"/>
+      <c r="M28" s="88"/>
+      <c r="N28" s="88"/>
+      <c r="O28" s="88"/>
+      <c r="P28" s="88"/>
+      <c r="Q28" s="88"/>
+      <c r="R28" s="88"/>
+      <c r="S28" s="88"/>
+      <c r="T28" s="88"/>
+      <c r="U28" s="88">
+        <v>51.22</v>
+      </c>
+      <c r="V28" s="110">
+        <v>265.95</v>
+      </c>
+      <c r="W28" s="88"/>
+      <c r="X28" s="88"/>
+      <c r="Y28" s="88">
+        <v>5390.9581783017993</v>
+      </c>
+      <c r="Z28" s="88">
+        <v>6394.3374698048192</v>
+      </c>
+      <c r="AA28" s="85">
+        <v>5866.1769967106602</v>
+      </c>
+    </row>
+    <row r="29" spans="2:27" s="15" customFormat="1">
+      <c r="B29" s="68" t="s">
+        <v>22</v>
+      </c>
+      <c r="C29" s="29" t="s">
+        <v>31</v>
+      </c>
+      <c r="D29" s="88">
+        <v>8353</v>
+      </c>
+      <c r="E29" s="88">
+        <v>38288.32</v>
+      </c>
+      <c r="F29" s="88">
+        <v>43367.24</v>
+      </c>
+      <c r="G29" s="88">
+        <v>56343.91</v>
+      </c>
+      <c r="H29" s="88">
+        <v>104211</v>
+      </c>
+      <c r="I29" s="88">
+        <v>111692.09281379683</v>
+      </c>
+      <c r="J29" s="88">
+        <v>87304.120356306434</v>
+      </c>
+      <c r="K29" s="88">
+        <v>86173.590000000026</v>
+      </c>
+      <c r="L29" s="88">
+        <v>78442.802200000006</v>
+      </c>
+      <c r="M29" s="88">
+        <v>110037.5</v>
+      </c>
+      <c r="N29" s="88">
+        <v>71724.988000000012</v>
+      </c>
+      <c r="O29" s="89">
+        <v>76611.66</v>
+      </c>
+      <c r="P29" s="88">
+        <v>74113.52</v>
+      </c>
+      <c r="Q29" s="88">
+        <v>54936.26</v>
+      </c>
+      <c r="R29" s="88">
+        <v>69456.72</v>
+      </c>
+      <c r="S29" s="88">
+        <v>82462.20808595432</v>
+      </c>
+      <c r="T29" s="88">
+        <v>71809.490000000005</v>
+      </c>
+      <c r="U29" s="88">
+        <v>59557.440000000002</v>
+      </c>
+      <c r="V29" s="110">
+        <v>56285.469999999994</v>
+      </c>
+      <c r="W29" s="88"/>
+      <c r="X29" s="88"/>
+      <c r="Y29" s="88">
+        <v>31762.809999999998</v>
+      </c>
+      <c r="Z29" s="88">
+        <v>16846.300000000003</v>
+      </c>
+      <c r="AA29" s="85">
+        <v>65219.37999999999</v>
+      </c>
+    </row>
+    <row r="30" spans="2:27" s="15" customFormat="1">
+      <c r="B30" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="C30" s="29" t="s">
+        <v>33</v>
+      </c>
+      <c r="D30" s="90">
         <v>0</v>
       </c>
-      <c r="T6" s="89">
+      <c r="E30" s="90">
         <v>0</v>
       </c>
-      <c r="U6" s="89">
+      <c r="F30" s="90">
         <v>0</v>
       </c>
-      <c r="V6" s="112">
+      <c r="G30" s="90">
         <v>0</v>
       </c>
-      <c r="W6" s="89"/>
-[...1 lines deleted...]
-      <c r="Y6" s="89">
+      <c r="H30" s="90">
         <v>0</v>
       </c>
-      <c r="Z6" s="86">
+      <c r="I30" s="90">
         <v>0</v>
       </c>
-    </row>
-[...223 lines deleted...]
-      <c r="C10" s="30" t="s">
+      <c r="J30" s="90">
         <v>0</v>
       </c>
-      <c r="D10" s="89">
-[...72 lines deleted...]
-      <c r="D11" s="89">
+      <c r="K30" s="90">
         <v>0</v>
       </c>
-      <c r="E11" s="89">
-[...1373 lines deleted...]
-      <c r="L30" s="89">
+      <c r="L30" s="88">
         <v>31800</v>
       </c>
-      <c r="M30" s="89">
+      <c r="M30" s="88">
         <v>45431.29</v>
       </c>
-      <c r="N30" s="89">
+      <c r="N30" s="88">
         <v>55688.55</v>
       </c>
-      <c r="O30" s="89">
+      <c r="O30" s="88">
         <f>76644.67-706.51-2865.58-508-180-42.8-2042.2</f>
         <v>70299.58</v>
       </c>
-      <c r="P30" s="89">
+      <c r="P30" s="88">
         <f>102732.5-600-1239.97-3574.06-1891.7</f>
         <v>95426.77</v>
       </c>
-      <c r="Q30" s="89">
+      <c r="Q30" s="88">
         <f>97270.41-625-1759-4815.31-7727-8032.22-10400-419-3014</f>
         <v>60478.880000000005</v>
       </c>
-      <c r="R30" s="89">
+      <c r="R30" s="88">
         <f>66660.4-6128.69-626-5799.1-1016</f>
         <v>53090.609999999993</v>
       </c>
-      <c r="S30" s="89">
+      <c r="S30" s="88">
         <f>57048.12-457-4308.88-675.3-1570-3386-2898-2067-2746-1651</f>
         <v>37288.94</v>
       </c>
-      <c r="T30" s="89">
+      <c r="T30" s="88">
         <f>55719.37-457-5562-20.1-8931-1834</f>
         <v>38915.270000000004</v>
       </c>
-      <c r="U30" s="89">
+      <c r="U30" s="88">
         <v>42406.73</v>
       </c>
-      <c r="V30" s="112">
+      <c r="V30" s="110">
         <v>31659.810000000005</v>
       </c>
-      <c r="W30" s="89"/>
-[...4 lines deleted...]
-      <c r="Z30" s="86">
+      <c r="W30" s="88"/>
+      <c r="X30" s="88"/>
+      <c r="Y30" s="88">
+        <v>21916.13</v>
+      </c>
+      <c r="Z30" s="88">
         <v>22707.329999999998</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D31" s="89">
+      <c r="AA30" s="85">
+        <v>19372.460000000003</v>
+      </c>
+    </row>
+    <row r="31" spans="2:27">
+      <c r="B31" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="C31" s="29" t="s">
+        <v>34</v>
+      </c>
+      <c r="D31" s="88">
         <v>0</v>
       </c>
-      <c r="E31" s="89">
+      <c r="E31" s="88">
         <v>0</v>
       </c>
-      <c r="F31" s="89">
+      <c r="F31" s="88">
         <v>0</v>
       </c>
-      <c r="G31" s="89">
+      <c r="G31" s="88">
         <v>3774</v>
       </c>
-      <c r="H31" s="89">
+      <c r="H31" s="88">
         <v>3185</v>
       </c>
-      <c r="I31" s="89">
+      <c r="I31" s="88">
         <v>38822.770172119053</v>
       </c>
-      <c r="J31" s="89">
+      <c r="J31" s="88">
         <v>25369.360247612</v>
       </c>
-      <c r="K31" s="89">
+      <c r="K31" s="88">
         <v>0</v>
       </c>
-      <c r="L31" s="89">
+      <c r="L31" s="88">
         <v>3494.45</v>
       </c>
-      <c r="M31" s="89">
+      <c r="M31" s="88">
         <v>14027.31</v>
       </c>
-      <c r="N31" s="89">
+      <c r="N31" s="88">
         <v>27762.400000000001</v>
       </c>
-      <c r="O31" s="89">
+      <c r="O31" s="88">
         <v>59220.08</v>
       </c>
-      <c r="P31" s="89">
+      <c r="P31" s="88">
         <f>102035.09-116.5-4326.86</f>
         <v>97591.73</v>
       </c>
-      <c r="Q31" s="89">
+      <c r="Q31" s="88">
         <f>126074.4-5409.75</f>
         <v>120664.65</v>
       </c>
-      <c r="R31" s="89">
+      <c r="R31" s="88">
         <f>150496.1-9</f>
         <v>150487.1</v>
       </c>
-      <c r="S31" s="89">
+      <c r="S31" s="88">
         <v>168306.42</v>
       </c>
-      <c r="T31" s="89">
+      <c r="T31" s="88">
         <v>161394.97</v>
       </c>
-      <c r="U31" s="89">
+      <c r="U31" s="88">
         <v>172204.90000000002</v>
       </c>
-      <c r="V31" s="112">
+      <c r="V31" s="110">
         <v>53663.97</v>
       </c>
-      <c r="W31" s="89"/>
-[...4 lines deleted...]
-      <c r="Z31" s="86">
+      <c r="W31" s="88"/>
+      <c r="X31" s="88"/>
+      <c r="Y31" s="88">
+        <v>60936.14</v>
+      </c>
+      <c r="Z31" s="88">
         <v>60095.76</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D32" s="89">
+      <c r="AA31" s="85">
+        <v>74392.72</v>
+      </c>
+    </row>
+    <row r="32" spans="2:27">
+      <c r="B32" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="C32" s="29" t="s">
+        <v>35</v>
+      </c>
+      <c r="D32" s="88">
         <v>73894.899999999994</v>
       </c>
-      <c r="E32" s="89">
+      <c r="E32" s="88">
         <v>193023.57</v>
       </c>
-      <c r="F32" s="89">
+      <c r="F32" s="88">
         <v>70903.789999999994</v>
       </c>
-      <c r="G32" s="89">
+      <c r="G32" s="88">
         <v>100754.63</v>
       </c>
-      <c r="H32" s="89">
+      <c r="H32" s="88">
         <v>126257</v>
       </c>
-      <c r="I32" s="89">
+      <c r="I32" s="88">
         <v>125389.50033551455</v>
       </c>
-      <c r="J32" s="89">
+      <c r="J32" s="88">
         <v>73958.149999999994</v>
       </c>
-      <c r="K32" s="89">
+      <c r="K32" s="88">
         <v>50303.884500000007</v>
       </c>
-      <c r="L32" s="89">
+      <c r="L32" s="88">
         <v>48663.91</v>
       </c>
-      <c r="M32" s="89">
+      <c r="M32" s="88">
         <v>77699.03</v>
       </c>
-      <c r="N32" s="89">
+      <c r="N32" s="88">
         <v>62040.84</v>
       </c>
-      <c r="O32" s="89">
+      <c r="O32" s="88">
         <f>129228.7-7758.27</f>
         <v>121470.43</v>
       </c>
-      <c r="P32" s="89">
+      <c r="P32" s="88">
         <v>65727.14</v>
       </c>
-      <c r="Q32" s="89">
+      <c r="Q32" s="88">
         <f>110095.6-100.3</f>
         <v>109995.3</v>
       </c>
-      <c r="R32" s="89">
+      <c r="R32" s="88">
         <v>104571.33</v>
       </c>
-      <c r="S32" s="89">
+      <c r="S32" s="88">
         <f>29276.88-94.39</f>
         <v>29182.49</v>
       </c>
-      <c r="T32" s="89">
+      <c r="T32" s="88">
         <f>23608.66406-44.6</f>
         <v>23564.064060000001</v>
       </c>
-      <c r="U32" s="89">
+      <c r="U32" s="88">
         <v>9077.11</v>
       </c>
-      <c r="V32" s="112">
+      <c r="V32" s="110">
         <v>103105.41000000002</v>
       </c>
-      <c r="W32" s="89"/>
-[...4 lines deleted...]
-      <c r="Z32" s="86">
+      <c r="W32" s="88"/>
+      <c r="X32" s="88"/>
+      <c r="Y32" s="88">
+        <v>107204.91999999998</v>
+      </c>
+      <c r="Z32" s="88">
         <v>117939.66999999998</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D33" s="91">
+      <c r="AA32" s="85">
+        <v>110986.51110000003</v>
+      </c>
+    </row>
+    <row r="33" spans="2:27">
+      <c r="B33" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="C33" s="29" t="s">
+        <v>36</v>
+      </c>
+      <c r="D33" s="90">
         <v>0</v>
       </c>
-      <c r="E33" s="91">
+      <c r="E33" s="90">
         <v>0</v>
       </c>
-      <c r="F33" s="91">
+      <c r="F33" s="90">
         <v>0</v>
       </c>
-      <c r="G33" s="89">
+      <c r="G33" s="88">
         <v>13766.88</v>
       </c>
-      <c r="H33" s="89">
+      <c r="H33" s="88">
         <v>213</v>
       </c>
-      <c r="I33" s="89">
+      <c r="I33" s="88">
         <v>0</v>
       </c>
-      <c r="J33" s="89">
+      <c r="J33" s="88">
         <v>0</v>
       </c>
-      <c r="K33" s="89">
+      <c r="K33" s="88">
         <v>0</v>
       </c>
-      <c r="L33" s="89">
+      <c r="L33" s="88">
         <v>45585.78</v>
       </c>
-      <c r="M33" s="89">
+      <c r="M33" s="88">
         <v>85692.34</v>
       </c>
-      <c r="N33" s="89">
+      <c r="N33" s="88">
         <v>83681</v>
       </c>
-      <c r="O33" s="89">
+      <c r="O33" s="88">
         <v>46544.1</v>
       </c>
-      <c r="P33" s="89">
+      <c r="P33" s="88">
         <v>57063.4</v>
       </c>
-      <c r="Q33" s="89">
+      <c r="Q33" s="88">
         <v>51244.1</v>
       </c>
-      <c r="R33" s="89">
+      <c r="R33" s="88">
         <v>62942.85</v>
       </c>
-      <c r="S33" s="89">
+      <c r="S33" s="88">
         <v>48758.9</v>
       </c>
-      <c r="T33" s="89">
+      <c r="T33" s="88">
         <v>45551.01</v>
       </c>
-      <c r="U33" s="89">
+      <c r="U33" s="88">
         <v>37115.56</v>
       </c>
-      <c r="V33" s="112">
+      <c r="V33" s="110">
         <v>11229.27</v>
       </c>
-      <c r="W33" s="89"/>
-[...4 lines deleted...]
-      <c r="Z33" s="86">
+      <c r="W33" s="88"/>
+      <c r="X33" s="88"/>
+      <c r="Y33" s="88">
+        <v>43515</v>
+      </c>
+      <c r="Z33" s="88">
         <v>21680.6</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D34" s="89">
+      <c r="AA33" s="85">
+        <v>20865.12</v>
+      </c>
+    </row>
+    <row r="34" spans="2:27" s="15" customFormat="1">
+      <c r="B34" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="C34" s="29" t="s">
+        <v>37</v>
+      </c>
+      <c r="D34" s="88">
         <v>0</v>
       </c>
-      <c r="E34" s="89">
+      <c r="E34" s="88">
         <v>0</v>
       </c>
-      <c r="F34" s="89">
+      <c r="F34" s="88">
         <v>0</v>
       </c>
-      <c r="G34" s="89">
+      <c r="G34" s="88">
         <v>0</v>
       </c>
-      <c r="H34" s="89">
+      <c r="H34" s="88">
         <v>0</v>
       </c>
-      <c r="I34" s="89">
+      <c r="I34" s="88">
         <v>0</v>
       </c>
-      <c r="J34" s="89">
+      <c r="J34" s="88">
         <v>97786.084999999977</v>
       </c>
-      <c r="K34" s="89">
+      <c r="K34" s="88">
         <v>116964.15850000002</v>
       </c>
-      <c r="L34" s="89">
+      <c r="L34" s="88">
         <v>124289.49800000002</v>
       </c>
-      <c r="M34" s="89">
+      <c r="M34" s="88">
         <v>92344.97</v>
       </c>
-      <c r="N34" s="89">
+      <c r="N34" s="88">
         <v>91050.319999999963</v>
       </c>
-      <c r="O34" s="89">
+      <c r="O34" s="88">
         <v>128511.44</v>
       </c>
-      <c r="P34" s="89">
+      <c r="P34" s="88">
         <v>86863.66</v>
       </c>
-      <c r="Q34" s="89">
+      <c r="Q34" s="88">
         <v>125798.98</v>
       </c>
-      <c r="R34" s="89">
+      <c r="R34" s="88">
         <v>74265.23</v>
       </c>
-      <c r="S34" s="89">
+      <c r="S34" s="88">
         <v>110887.37999999999</v>
       </c>
-      <c r="T34" s="89">
+      <c r="T34" s="88">
         <v>89837.48</v>
       </c>
-      <c r="U34" s="89">
+      <c r="U34" s="88">
         <v>87045.12000000001</v>
       </c>
-      <c r="V34" s="112">
+      <c r="V34" s="110">
         <v>99501.802257500007</v>
       </c>
-      <c r="W34" s="89"/>
-[...15 lines deleted...]
-      <c r="D35" s="89">
+      <c r="W34" s="88"/>
+      <c r="X34" s="88"/>
+      <c r="Y34" s="88">
+        <v>46044.78</v>
+      </c>
+      <c r="Z34" s="88">
+        <v>44729.090000000004</v>
+      </c>
+      <c r="AA34" s="85">
+        <v>43760.609999999993</v>
+      </c>
+    </row>
+    <row r="35" spans="2:27">
+      <c r="B35" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="C35" s="29" t="s">
+        <v>38</v>
+      </c>
+      <c r="D35" s="88">
         <v>89678.1</v>
       </c>
-      <c r="E35" s="89">
+      <c r="E35" s="88">
         <v>91495.09</v>
       </c>
-      <c r="F35" s="89">
+      <c r="F35" s="88">
         <v>67338.28</v>
       </c>
-      <c r="G35" s="89">
+      <c r="G35" s="88">
         <v>36049.379999999997</v>
       </c>
-      <c r="H35" s="89">
+      <c r="H35" s="88">
         <v>44419</v>
       </c>
-      <c r="I35" s="89">
+      <c r="I35" s="88">
         <v>81904.159568786621</v>
       </c>
-      <c r="J35" s="89">
+      <c r="J35" s="88">
         <v>121453.60971029103</v>
       </c>
-      <c r="K35" s="89">
+      <c r="K35" s="88">
         <v>149491.82</v>
       </c>
-      <c r="L35" s="89">
+      <c r="L35" s="88">
         <v>86190.94</v>
       </c>
-      <c r="M35" s="89">
+      <c r="M35" s="88">
         <v>47429.95</v>
       </c>
-      <c r="N35" s="89">
+      <c r="N35" s="88">
         <v>145250.76</v>
       </c>
-      <c r="O35" s="89">
+      <c r="O35" s="88">
         <f>149509.75-28525.13</f>
         <v>120984.62</v>
       </c>
-      <c r="P35" s="89">
+      <c r="P35" s="88">
         <f>126096.02-35306.67</f>
         <v>90789.35</v>
       </c>
-      <c r="Q35" s="89">
+      <c r="Q35" s="88">
         <f>112840.09-33229</f>
         <v>79611.09</v>
       </c>
-      <c r="R35" s="89">
+      <c r="R35" s="88">
         <f>92136.42-6337.84-2410.7</f>
         <v>83387.88</v>
       </c>
-      <c r="S35" s="89">
+      <c r="S35" s="88">
         <v>86683.58</v>
       </c>
-      <c r="T35" s="89">
+      <c r="T35" s="88">
         <v>123597.43</v>
       </c>
-      <c r="U35" s="89">
+      <c r="U35" s="88">
         <v>91157.559999999983</v>
       </c>
-      <c r="V35" s="112">
+      <c r="V35" s="110">
         <v>121555.10999999999</v>
       </c>
-      <c r="W35" s="89"/>
-[...4 lines deleted...]
-      <c r="Z35" s="86">
+      <c r="W35" s="88"/>
+      <c r="X35" s="88"/>
+      <c r="Y35" s="88">
+        <v>109330.68</v>
+      </c>
+      <c r="Z35" s="88">
         <v>99529.87</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C36" s="30" t="s">
+      <c r="AA35" s="85">
+        <v>100167.23000000001</v>
+      </c>
+    </row>
+    <row r="36" spans="2:27" s="19" customFormat="1">
+      <c r="B36" s="68" t="s">
         <v>32</v>
       </c>
-      <c r="D36" s="89">
+      <c r="C36" s="29" t="s">
+        <v>39</v>
+      </c>
+      <c r="D36" s="88">
         <v>450761.4</v>
       </c>
-      <c r="E36" s="89">
+      <c r="E36" s="88">
         <v>448221.53</v>
       </c>
-      <c r="F36" s="89">
+      <c r="F36" s="88">
         <v>380882.21</v>
       </c>
-      <c r="G36" s="89">
+      <c r="G36" s="88">
         <v>546487.23</v>
       </c>
-      <c r="H36" s="89">
+      <c r="H36" s="88">
         <v>646674</v>
       </c>
-      <c r="I36" s="89">
+      <c r="I36" s="88">
         <v>643375.9210100174</v>
       </c>
-      <c r="J36" s="89">
+      <c r="J36" s="88">
         <v>665902.01781919226</v>
       </c>
-      <c r="K36" s="89">
+      <c r="K36" s="88">
         <v>684180.80999999982</v>
       </c>
-      <c r="L36" s="89">
+      <c r="L36" s="88">
         <v>641130.05999999994</v>
       </c>
-      <c r="M36" s="89">
+      <c r="M36" s="88">
         <v>689848.6399999999</v>
       </c>
-      <c r="N36" s="89">
+      <c r="N36" s="88">
         <v>537442.2108</v>
       </c>
-      <c r="O36" s="89">
+      <c r="O36" s="88">
         <v>608946.56999999995</v>
       </c>
-      <c r="P36" s="89">
+      <c r="P36" s="88">
         <v>656841.14</v>
       </c>
-      <c r="Q36" s="89">
+      <c r="Q36" s="88">
         <v>616799.86</v>
       </c>
-      <c r="R36" s="89">
+      <c r="R36" s="88">
         <v>531221.07000000007</v>
       </c>
-      <c r="S36" s="89">
+      <c r="S36" s="88">
         <v>560877.59</v>
       </c>
-      <c r="T36" s="89">
+      <c r="T36" s="88">
         <v>523566.22000000003</v>
       </c>
-      <c r="U36" s="89">
+      <c r="U36" s="88">
         <v>455398.21</v>
       </c>
-      <c r="V36" s="112">
+      <c r="V36" s="110">
         <v>561869.45000000007</v>
       </c>
-      <c r="W36" s="89"/>
-[...15 lines deleted...]
-      <c r="D37" s="89">
+      <c r="W36" s="88"/>
+      <c r="X36" s="88"/>
+      <c r="Y36" s="88">
+        <v>645973.24099999992</v>
+      </c>
+      <c r="Z36" s="88">
+        <v>630958.54000000015</v>
+      </c>
+      <c r="AA36" s="85">
+        <v>546082.39100000006</v>
+      </c>
+    </row>
+    <row r="37" spans="2:27">
+      <c r="B37" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="C37" s="29" t="s">
+        <v>40</v>
+      </c>
+      <c r="D37" s="88">
         <v>0</v>
       </c>
-      <c r="E37" s="89">
+      <c r="E37" s="88">
         <v>0</v>
       </c>
-      <c r="F37" s="89">
+      <c r="F37" s="88">
         <v>0</v>
       </c>
-      <c r="G37" s="89">
+      <c r="G37" s="88">
         <v>0</v>
       </c>
-      <c r="H37" s="89">
+      <c r="H37" s="88">
         <v>0</v>
       </c>
-      <c r="I37" s="89">
+      <c r="I37" s="88">
         <v>0</v>
       </c>
-      <c r="J37" s="89">
+      <c r="J37" s="88">
         <v>0</v>
       </c>
-      <c r="K37" s="89">
+      <c r="K37" s="88">
         <v>0</v>
       </c>
-      <c r="L37" s="89">
+      <c r="L37" s="88">
         <v>0</v>
       </c>
-      <c r="M37" s="89">
+      <c r="M37" s="88">
         <v>0</v>
       </c>
-      <c r="N37" s="89">
+      <c r="N37" s="88">
         <v>285964.62</v>
       </c>
-      <c r="O37" s="89">
+      <c r="O37" s="88">
         <v>209363.64</v>
       </c>
-      <c r="P37" s="89">
+      <c r="P37" s="88">
         <v>261221.28</v>
       </c>
-      <c r="Q37" s="89">
+      <c r="Q37" s="88">
         <v>216407.06</v>
       </c>
-      <c r="R37" s="89">
+      <c r="R37" s="88">
         <v>211845.93</v>
       </c>
-      <c r="S37" s="89">
+      <c r="S37" s="88">
         <v>225412.65</v>
       </c>
-      <c r="T37" s="89">
+      <c r="T37" s="88">
         <v>349221.49400000001</v>
       </c>
-      <c r="U37" s="89">
+      <c r="U37" s="88">
         <v>421493.18</v>
       </c>
-      <c r="V37" s="112">
+      <c r="V37" s="110">
         <v>394527.12</v>
       </c>
-      <c r="W37" s="89"/>
-[...15 lines deleted...]
-      <c r="D38" s="91">
+      <c r="W37" s="88"/>
+      <c r="X37" s="88"/>
+      <c r="Y37" s="88">
+        <v>410452.31</v>
+      </c>
+      <c r="Z37" s="88">
+        <v>498237.26</v>
+      </c>
+      <c r="AA37" s="85">
+        <v>453837.4499999999</v>
+      </c>
+    </row>
+    <row r="38" spans="2:27">
+      <c r="B38" s="68" t="s">
+        <v>41</v>
+      </c>
+      <c r="C38" s="29" t="s">
+        <v>42</v>
+      </c>
+      <c r="D38" s="90">
         <v>0</v>
       </c>
-      <c r="E38" s="89">
+      <c r="E38" s="88">
         <v>16.16</v>
       </c>
-      <c r="F38" s="89">
+      <c r="F38" s="88">
         <v>76.7</v>
       </c>
-      <c r="G38" s="91">
+      <c r="G38" s="90">
         <v>0</v>
       </c>
-      <c r="H38" s="91">
+      <c r="H38" s="90">
         <v>0</v>
       </c>
-      <c r="I38" s="91">
+      <c r="I38" s="90">
         <v>0</v>
       </c>
-      <c r="J38" s="91">
+      <c r="J38" s="90">
         <v>0</v>
       </c>
-      <c r="K38" s="91">
+      <c r="K38" s="90">
         <v>0</v>
       </c>
-      <c r="L38" s="89">
+      <c r="L38" s="88">
         <v>0</v>
       </c>
-      <c r="M38" s="89">
+      <c r="M38" s="88">
         <v>0</v>
       </c>
-      <c r="N38" s="89">
+      <c r="N38" s="88">
         <v>0</v>
       </c>
-      <c r="O38" s="89">
+      <c r="O38" s="88">
         <v>1212.6500000000001</v>
       </c>
-      <c r="P38" s="89">
+      <c r="P38" s="88">
         <v>852</v>
       </c>
-      <c r="Q38" s="89">
+      <c r="Q38" s="88">
         <v>668.14</v>
       </c>
-      <c r="R38" s="89">
+      <c r="R38" s="88">
         <v>259.47000000000003</v>
       </c>
-      <c r="S38" s="89">
+      <c r="S38" s="88">
         <v>230.46999999999997</v>
       </c>
-      <c r="T38" s="89">
+      <c r="T38" s="88">
         <v>111.71000000000001</v>
       </c>
-      <c r="U38" s="89">
+      <c r="U38" s="88">
         <v>115.48</v>
       </c>
-      <c r="V38" s="112">
+      <c r="V38" s="110">
         <v>139.87</v>
       </c>
-      <c r="W38" s="89"/>
-[...1 lines deleted...]
-      <c r="Y38" s="89">
+      <c r="W38" s="88"/>
+      <c r="X38" s="88"/>
+      <c r="Y38" s="88">
         <v>361.64</v>
       </c>
-      <c r="Z38" s="86">
+      <c r="Z38" s="88">
         <v>293.13</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D39" s="89">
+      <c r="AA38" s="85">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="39" spans="2:27" s="15" customFormat="1">
+      <c r="B39" s="68" t="s">
+        <v>41</v>
+      </c>
+      <c r="C39" s="29" t="s">
+        <v>43</v>
+      </c>
+      <c r="D39" s="88">
         <f>428.7+6</f>
         <v>434.7</v>
       </c>
-      <c r="E39" s="89">
+      <c r="E39" s="88">
         <f>373.6+87.24</f>
         <v>460.84000000000003</v>
       </c>
-      <c r="F39" s="89">
+      <c r="F39" s="88">
         <f>165.59+516.77</f>
         <v>682.36</v>
       </c>
-      <c r="G39" s="89">
+      <c r="G39" s="88">
         <f>44.79+530.47</f>
         <v>575.26</v>
       </c>
-      <c r="H39" s="89">
+      <c r="H39" s="88">
         <f>17+522</f>
         <v>539</v>
       </c>
-      <c r="I39" s="89">
+      <c r="I39" s="88">
         <f>139.470002137124+487.42</f>
         <v>626.89000213712404</v>
       </c>
-      <c r="J39" s="89">
+      <c r="J39" s="88">
         <f>41.3900002017617+457.62</f>
         <v>499.01000020176173</v>
       </c>
-      <c r="K39" s="89">
+      <c r="K39" s="88">
         <f>50.13+429.39</f>
         <v>479.52</v>
       </c>
-      <c r="L39" s="89">
+      <c r="L39" s="88">
         <f>6+441.85</f>
         <v>447.85</v>
       </c>
-      <c r="M39" s="89">
+      <c r="M39" s="88">
         <f>21+354.39</f>
         <v>375.39</v>
       </c>
-      <c r="N39" s="89">
+      <c r="N39" s="88">
         <f>67.47+433.47</f>
         <v>500.94000000000005</v>
       </c>
-      <c r="O39" s="89">
+      <c r="O39" s="88">
         <f>510.36+2073.67</f>
         <v>2584.0300000000002</v>
       </c>
-      <c r="P39" s="89">
+      <c r="P39" s="88">
         <f>589.43+116.91</f>
         <v>706.33999999999992</v>
       </c>
-      <c r="Q39" s="89">
+      <c r="Q39" s="88">
         <f>612.69+88.3</f>
         <v>700.99</v>
       </c>
-      <c r="R39" s="89">
+      <c r="R39" s="88">
         <v>631.76</v>
       </c>
-      <c r="S39" s="89">
+      <c r="S39" s="88">
         <f>770.5217+89.6</f>
         <v>860.12170000000003</v>
       </c>
-      <c r="T39" s="89">
+      <c r="T39" s="88">
         <f>519.33+81.29</f>
         <v>600.62</v>
       </c>
-      <c r="U39" s="89">
+      <c r="U39" s="88">
         <f>558.15+82.4</f>
         <v>640.54999999999995</v>
       </c>
-      <c r="V39" s="112">
+      <c r="V39" s="110">
         <f>21652.26+32.6</f>
         <v>21684.859999999997</v>
       </c>
-      <c r="W39" s="89"/>
-[...16 lines deleted...]
-      <c r="D40" s="89">
+      <c r="W39" s="88"/>
+      <c r="X39" s="88"/>
+      <c r="Y39" s="88">
+        <v>953.32</v>
+      </c>
+      <c r="Z39" s="88">
+        <v>1907.0918599999995</v>
+      </c>
+      <c r="AA39" s="85">
+        <v>2078.9024999999997</v>
+      </c>
+    </row>
+    <row r="40" spans="2:27" s="19" customFormat="1">
+      <c r="B40" s="68" t="s">
+        <v>41</v>
+      </c>
+      <c r="C40" s="29" t="s">
+        <v>44</v>
+      </c>
+      <c r="D40" s="88">
         <v>15961</v>
       </c>
-      <c r="E40" s="89">
+      <c r="E40" s="88">
         <v>10126.75</v>
       </c>
-      <c r="F40" s="89">
+      <c r="F40" s="88">
         <v>9440.01</v>
       </c>
-      <c r="G40" s="89">
+      <c r="G40" s="88">
         <v>15496.98</v>
       </c>
-      <c r="H40" s="89">
+      <c r="H40" s="88">
         <v>28927</v>
       </c>
-      <c r="I40" s="89">
+      <c r="I40" s="88">
         <v>28749.729952335358</v>
       </c>
-      <c r="J40" s="89">
+      <c r="J40" s="88">
         <v>28724.270092822611</v>
       </c>
-      <c r="K40" s="89">
+      <c r="K40" s="88">
         <v>65286.16</v>
       </c>
-      <c r="L40" s="89">
+      <c r="L40" s="88">
         <v>19945.855</v>
       </c>
-      <c r="M40" s="89">
+      <c r="M40" s="88">
         <v>16444.52</v>
       </c>
-      <c r="N40" s="89">
+      <c r="N40" s="88">
         <v>24976.431</v>
       </c>
-      <c r="O40" s="89">
+      <c r="O40" s="88">
         <v>25579.52</v>
       </c>
-      <c r="P40" s="89">
+      <c r="P40" s="88">
         <v>41687.887999999999</v>
       </c>
-      <c r="Q40" s="89">
+      <c r="Q40" s="88">
         <v>17470.310000000001</v>
       </c>
-      <c r="R40" s="89">
+      <c r="R40" s="88">
         <v>24612.78</v>
       </c>
-      <c r="S40" s="89">
+      <c r="S40" s="88">
         <v>29984.440000000002</v>
       </c>
-      <c r="T40" s="89">
+      <c r="T40" s="88">
         <v>19614.93</v>
       </c>
-      <c r="U40" s="89">
+      <c r="U40" s="88">
         <v>17706.25</v>
       </c>
-      <c r="V40" s="112">
+      <c r="V40" s="110">
         <v>37921.199999999997</v>
       </c>
-      <c r="W40" s="89"/>
-[...4 lines deleted...]
-      <c r="Z40" s="86">
+      <c r="W40" s="88"/>
+      <c r="X40" s="88"/>
+      <c r="Y40" s="88">
+        <v>27932.789999999997</v>
+      </c>
+      <c r="Z40" s="88">
         <v>15327.79</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D41" s="89">
+      <c r="AA40" s="85">
+        <v>23234.17</v>
+      </c>
+    </row>
+    <row r="41" spans="2:27">
+      <c r="B41" s="68" t="s">
+        <v>41</v>
+      </c>
+      <c r="C41" s="29" t="s">
+        <v>45</v>
+      </c>
+      <c r="D41" s="88">
         <v>12218.4</v>
       </c>
-      <c r="E41" s="89">
+      <c r="E41" s="88">
         <v>10305.89</v>
       </c>
-      <c r="F41" s="89">
+      <c r="F41" s="88">
         <v>27102.05</v>
       </c>
-      <c r="G41" s="89">
+      <c r="G41" s="88">
         <v>27752.89</v>
       </c>
-      <c r="H41" s="89">
+      <c r="H41" s="88">
         <v>37568</v>
       </c>
-      <c r="I41" s="89">
+      <c r="I41" s="88">
         <v>53777.019727993757</v>
       </c>
-      <c r="J41" s="89">
+      <c r="J41" s="88">
         <v>23528.07018814981</v>
       </c>
-      <c r="K41" s="89">
+      <c r="K41" s="88">
         <v>37529.268153100005</v>
       </c>
-      <c r="L41" s="89">
+      <c r="L41" s="88">
         <v>46036.043299999998</v>
       </c>
-      <c r="M41" s="89">
+      <c r="M41" s="88">
         <v>45111.64</v>
       </c>
-      <c r="N41" s="89">
+      <c r="N41" s="88">
         <v>26775.307499999995</v>
       </c>
-      <c r="O41" s="89">
+      <c r="O41" s="88">
         <v>30374.31</v>
       </c>
-      <c r="P41" s="89">
+      <c r="P41" s="88">
         <v>30890.38</v>
       </c>
-      <c r="Q41" s="89">
+      <c r="Q41" s="88">
         <v>20951.189999999999</v>
       </c>
-      <c r="R41" s="89">
+      <c r="R41" s="88">
         <v>25526.940000000002</v>
       </c>
-      <c r="S41" s="89">
+      <c r="S41" s="88">
         <v>35138.869999999988</v>
       </c>
-      <c r="T41" s="89">
+      <c r="T41" s="88">
         <v>27679.040000000001</v>
       </c>
-      <c r="U41" s="89">
+      <c r="U41" s="88">
         <v>34899.639999999992</v>
       </c>
-      <c r="V41" s="112">
+      <c r="V41" s="110">
         <v>36289.169999999991</v>
       </c>
-      <c r="W41" s="89"/>
-[...15 lines deleted...]
-      <c r="D42" s="89">
+      <c r="W41" s="88"/>
+      <c r="X41" s="88"/>
+      <c r="Y41" s="88">
+        <v>22999.468789999999</v>
+      </c>
+      <c r="Z41" s="88">
+        <v>18728.860000000004</v>
+      </c>
+      <c r="AA41" s="85">
+        <v>55552.116249999985</v>
+      </c>
+    </row>
+    <row r="42" spans="2:27" s="19" customFormat="1">
+      <c r="B42" s="68" t="s">
+        <v>46</v>
+      </c>
+      <c r="C42" s="29" t="s">
+        <v>47</v>
+      </c>
+      <c r="D42" s="88">
         <v>98</v>
       </c>
-      <c r="E42" s="89">
+      <c r="E42" s="88">
         <v>68.790000000000006</v>
       </c>
-      <c r="F42" s="89">
+      <c r="F42" s="88">
         <v>25.96</v>
       </c>
-      <c r="G42" s="89">
+      <c r="G42" s="88">
         <v>1789.07</v>
       </c>
-      <c r="H42" s="89">
+      <c r="H42" s="88">
         <v>8</v>
       </c>
-      <c r="I42" s="89">
+      <c r="I42" s="88">
         <v>4528.6599996685982</v>
       </c>
-      <c r="J42" s="89">
+      <c r="J42" s="88">
         <v>5754.9001951217651</v>
       </c>
-      <c r="K42" s="89">
+      <c r="K42" s="88">
         <v>5787.0100000000011</v>
       </c>
-      <c r="L42" s="89">
+      <c r="L42" s="88">
         <v>5475.17</v>
       </c>
-      <c r="M42" s="89">
+      <c r="M42" s="88">
         <v>5525.55</v>
       </c>
-      <c r="N42" s="89">
+      <c r="N42" s="88">
         <v>2762.99</v>
       </c>
-      <c r="O42" s="89">
+      <c r="O42" s="88">
         <v>704.86</v>
       </c>
-      <c r="P42" s="89">
+      <c r="P42" s="88">
         <v>6138.991</v>
       </c>
-      <c r="Q42" s="89">
+      <c r="Q42" s="88">
         <v>7406.86</v>
       </c>
-      <c r="R42" s="89">
+      <c r="R42" s="88">
         <v>0.5</v>
       </c>
-      <c r="S42" s="89">
+      <c r="S42" s="88">
         <v>109.08</v>
       </c>
-      <c r="T42" s="89">
+      <c r="T42" s="88">
         <v>98</v>
       </c>
-      <c r="U42" s="89">
+      <c r="U42" s="88">
         <v>19</v>
       </c>
-      <c r="V42" s="112">
+      <c r="V42" s="110">
         <v>64</v>
       </c>
-      <c r="W42" s="89"/>
-[...4 lines deleted...]
-      <c r="Z42" s="86">
+      <c r="W42" s="88"/>
+      <c r="X42" s="88"/>
+      <c r="Y42" s="88">
+        <v>1305.7329731818545</v>
+      </c>
+      <c r="Z42" s="88">
         <v>457.85728552385211</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D43" s="89">
+      <c r="AA42" s="85">
+        <v>1110.5065634134105</v>
+      </c>
+    </row>
+    <row r="43" spans="2:27">
+      <c r="B43" s="68" t="s">
+        <v>46</v>
+      </c>
+      <c r="C43" s="29" t="s">
+        <v>48</v>
+      </c>
+      <c r="D43" s="88">
         <v>495469.66</v>
       </c>
-      <c r="E43" s="89">
+      <c r="E43" s="88">
         <v>491230.43</v>
       </c>
-      <c r="F43" s="89">
+      <c r="F43" s="88">
         <v>417533.5</v>
       </c>
-      <c r="G43" s="89">
+      <c r="G43" s="88">
         <v>430750.09</v>
       </c>
-      <c r="H43" s="89">
+      <c r="H43" s="88">
         <v>535662</v>
       </c>
-      <c r="I43" s="89">
+      <c r="I43" s="88">
         <v>565698.3303829357</v>
       </c>
-      <c r="J43" s="89">
+      <c r="J43" s="88">
         <v>570802.16820052848</v>
       </c>
-      <c r="K43" s="89">
+      <c r="K43" s="88">
         <v>555756.6370000001</v>
       </c>
-      <c r="L43" s="89">
+      <c r="L43" s="88">
         <v>569688.31000000006</v>
       </c>
-      <c r="M43" s="89">
+      <c r="M43" s="88">
         <v>491265.57</v>
       </c>
-      <c r="N43" s="89">
+      <c r="N43" s="88">
         <v>471477.47460000002</v>
       </c>
-      <c r="O43" s="89">
+      <c r="O43" s="88">
         <v>542332.64</v>
       </c>
-      <c r="P43" s="89">
+      <c r="P43" s="88">
         <v>520584.58100000001</v>
       </c>
-      <c r="Q43" s="89">
+      <c r="Q43" s="88">
         <v>534494.06999999995</v>
       </c>
-      <c r="R43" s="89">
+      <c r="R43" s="88">
         <v>497912.17402535374</v>
       </c>
-      <c r="S43" s="89">
+      <c r="S43" s="88">
         <v>523478.36260547792</v>
       </c>
-      <c r="T43" s="89">
+      <c r="T43" s="88">
         <v>586652.31999999995</v>
       </c>
-      <c r="U43" s="89">
+      <c r="U43" s="88">
         <v>504179.3979559688</v>
       </c>
-      <c r="V43" s="112">
+      <c r="V43" s="110">
         <v>650681.95701670775</v>
       </c>
-      <c r="W43" s="89"/>
-[...15 lines deleted...]
-      <c r="D44" s="89">
+      <c r="W43" s="88"/>
+      <c r="X43" s="88"/>
+      <c r="Y43" s="88">
+        <v>659806.48332059267</v>
+      </c>
+      <c r="Z43" s="88">
+        <v>663636.59262081631</v>
+      </c>
+      <c r="AA43" s="85">
+        <v>714558.43899227411</v>
+      </c>
+    </row>
+    <row r="44" spans="2:27">
+      <c r="B44" s="68" t="s">
+        <v>46</v>
+      </c>
+      <c r="C44" s="29" t="s">
+        <v>49</v>
+      </c>
+      <c r="D44" s="88">
         <v>59976.24</v>
       </c>
-      <c r="E44" s="89">
+      <c r="E44" s="88">
         <v>58537.5</v>
       </c>
-      <c r="F44" s="89">
+      <c r="F44" s="88">
         <v>62311.64</v>
       </c>
-      <c r="G44" s="89">
+      <c r="G44" s="88">
         <v>59501.75</v>
       </c>
-      <c r="H44" s="89">
+      <c r="H44" s="88">
         <v>70210</v>
       </c>
-      <c r="I44" s="89">
+      <c r="I44" s="88">
         <v>58660.563073337078</v>
       </c>
-      <c r="J44" s="89">
+      <c r="J44" s="88">
         <v>71774.050310581923</v>
       </c>
-      <c r="K44" s="89">
+      <c r="K44" s="88">
         <v>82806.35000000002</v>
       </c>
-      <c r="L44" s="89">
+      <c r="L44" s="88">
         <v>57928.97</v>
       </c>
-      <c r="M44" s="89">
+      <c r="M44" s="88">
         <v>47266.15</v>
       </c>
-      <c r="N44" s="89">
+      <c r="N44" s="88">
         <v>76667.395000000004</v>
       </c>
-      <c r="O44" s="89">
+      <c r="O44" s="88">
         <v>66664.399999999994</v>
       </c>
-      <c r="P44" s="89">
+      <c r="P44" s="88">
         <v>39071.531999999999</v>
       </c>
-      <c r="Q44" s="89">
+      <c r="Q44" s="88">
         <v>52063.34</v>
       </c>
-      <c r="R44" s="89">
+      <c r="R44" s="88">
         <v>40920.65</v>
       </c>
-      <c r="S44" s="89">
+      <c r="S44" s="88">
         <v>62809.159999999989</v>
       </c>
-      <c r="T44" s="89">
+      <c r="T44" s="88">
         <v>42216.61686142793</v>
       </c>
-      <c r="U44" s="89">
+      <c r="U44" s="88">
         <v>58895.841660621219</v>
       </c>
-      <c r="V44" s="112">
+      <c r="V44" s="110">
         <v>53765.039999999994</v>
       </c>
-      <c r="W44" s="89"/>
-[...15 lines deleted...]
-      <c r="D45" s="89">
+      <c r="W44" s="88"/>
+      <c r="X44" s="88"/>
+      <c r="Y44" s="88">
+        <v>40059.429000000011</v>
+      </c>
+      <c r="Z44" s="88">
+        <v>38353.260000000009</v>
+      </c>
+      <c r="AA44" s="85">
+        <v>30142.130000000005</v>
+      </c>
+    </row>
+    <row r="45" spans="2:27" s="1" customFormat="1">
+      <c r="B45" s="68" t="s">
+        <v>46</v>
+      </c>
+      <c r="C45" s="29" t="s">
+        <v>50</v>
+      </c>
+      <c r="D45" s="88">
         <v>273493.63</v>
       </c>
-      <c r="E45" s="89">
+      <c r="E45" s="88">
         <v>231302.39999999999</v>
       </c>
-      <c r="F45" s="89">
+      <c r="F45" s="88">
         <v>206051.12</v>
       </c>
-      <c r="G45" s="89">
+      <c r="G45" s="88">
         <v>219111.07</v>
       </c>
-      <c r="H45" s="89">
+      <c r="H45" s="88">
         <v>230934</v>
       </c>
-      <c r="I45" s="89">
+      <c r="I45" s="88">
         <v>322732.4088585506</v>
       </c>
-      <c r="J45" s="89">
+      <c r="J45" s="88">
         <v>316874.0888314062</v>
       </c>
-      <c r="K45" s="89">
+      <c r="K45" s="88">
         <v>361042.97999999981</v>
       </c>
-      <c r="L45" s="89">
+      <c r="L45" s="88">
         <v>367833.75</v>
       </c>
-      <c r="M45" s="89">
+      <c r="M45" s="88">
         <v>274982.11</v>
       </c>
-      <c r="N45" s="89">
+      <c r="N45" s="88">
         <v>287813.58319999999</v>
       </c>
-      <c r="O45" s="89">
+      <c r="O45" s="88">
         <v>280054.53999999998</v>
       </c>
-      <c r="P45" s="89">
+      <c r="P45" s="88">
         <v>293424.30599999998</v>
       </c>
-      <c r="Q45" s="89">
+      <c r="Q45" s="88">
         <v>300119.78999999998</v>
       </c>
-      <c r="R45" s="89">
+      <c r="R45" s="88">
         <v>327341.84999999998</v>
       </c>
-      <c r="S45" s="89">
+      <c r="S45" s="88">
         <v>220864.60513303737</v>
       </c>
-      <c r="T45" s="89">
+      <c r="T45" s="88">
         <v>213486.07999999999</v>
       </c>
-      <c r="U45" s="89">
+      <c r="U45" s="88">
         <v>178153.39313848777</v>
       </c>
-      <c r="V45" s="112">
+      <c r="V45" s="110">
         <v>222117.34330398196</v>
       </c>
-      <c r="W45" s="89"/>
-[...15 lines deleted...]
-      <c r="D46" s="89">
+      <c r="W45" s="88"/>
+      <c r="X45" s="88"/>
+      <c r="Y45" s="88">
+        <v>213310.41402220348</v>
+      </c>
+      <c r="Z45" s="88">
+        <v>211331.8971218472</v>
+      </c>
+      <c r="AA45" s="85">
+        <v>276109.57128488878</v>
+      </c>
+    </row>
+    <row r="46" spans="2:27">
+      <c r="B46" s="68" t="s">
+        <v>46</v>
+      </c>
+      <c r="C46" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="D46" s="88">
         <v>219715.57</v>
       </c>
-      <c r="E46" s="89">
+      <c r="E46" s="88">
         <v>176392.09</v>
       </c>
-      <c r="F46" s="89">
+      <c r="F46" s="88">
         <v>187585.08</v>
       </c>
-      <c r="G46" s="89">
+      <c r="G46" s="88">
         <v>215882.04</v>
       </c>
-      <c r="H46" s="89">
+      <c r="H46" s="88">
         <v>261306</v>
       </c>
-      <c r="I46" s="89">
+      <c r="I46" s="88">
         <v>259157.13638679683</v>
       </c>
-      <c r="J46" s="89">
+      <c r="J46" s="88">
         <v>294886.68956247717</v>
       </c>
-      <c r="K46" s="89">
+      <c r="K46" s="88">
         <v>289249.74799999991</v>
       </c>
-      <c r="L46" s="89">
+      <c r="L46" s="88">
         <v>282980.72499999998</v>
       </c>
-      <c r="M46" s="89">
+      <c r="M46" s="88">
         <v>267524.25</v>
       </c>
-      <c r="N46" s="89">
+      <c r="N46" s="88">
         <v>233923.88199999998</v>
       </c>
-      <c r="O46" s="89">
+      <c r="O46" s="88">
         <v>275024.71000000002</v>
       </c>
-      <c r="P46" s="89">
+      <c r="P46" s="88">
         <v>170088.43100000001</v>
       </c>
-      <c r="Q46" s="89">
+      <c r="Q46" s="88">
         <v>225109.28</v>
       </c>
-      <c r="R46" s="89">
+      <c r="R46" s="88">
         <v>227737.18</v>
       </c>
-      <c r="S46" s="89">
+      <c r="S46" s="88">
         <v>212844.34750621504</v>
       </c>
-      <c r="T46" s="89">
+      <c r="T46" s="88">
         <v>240296.43</v>
       </c>
-      <c r="U46" s="89">
+      <c r="U46" s="88">
         <v>207276.58483390772</v>
       </c>
-      <c r="V46" s="112">
+      <c r="V46" s="110">
         <v>103867.20015958586</v>
       </c>
-      <c r="W46" s="89"/>
-[...25 lines deleted...]
-      <c r="N47" s="89">
+      <c r="W46" s="88"/>
+      <c r="X46" s="88"/>
+      <c r="Y46" s="88">
+        <v>76679.040548653633</v>
+      </c>
+      <c r="Z46" s="88">
+        <v>61288.495324990639</v>
+      </c>
+      <c r="AA46" s="85">
+        <v>51744.09783032001</v>
+      </c>
+    </row>
+    <row r="47" spans="2:27">
+      <c r="B47" s="68" t="s">
+        <v>46</v>
+      </c>
+      <c r="C47" s="29" t="s">
+        <v>52</v>
+      </c>
+      <c r="D47" s="90"/>
+      <c r="E47" s="90"/>
+      <c r="F47" s="90"/>
+      <c r="G47" s="88"/>
+      <c r="H47" s="88"/>
+      <c r="I47" s="88"/>
+      <c r="J47" s="88"/>
+      <c r="K47" s="88"/>
+      <c r="L47" s="88"/>
+      <c r="M47" s="88"/>
+      <c r="N47" s="88">
         <v>6475.97</v>
       </c>
-      <c r="O47" s="89">
+      <c r="O47" s="88">
         <v>3686</v>
       </c>
-      <c r="P47" s="89">
+      <c r="P47" s="88">
         <v>0</v>
       </c>
-      <c r="Q47" s="89">
+      <c r="Q47" s="88">
         <v>0</v>
       </c>
-      <c r="R47" s="89">
+      <c r="R47" s="88">
         <v>0</v>
       </c>
-      <c r="S47" s="89">
+      <c r="S47" s="88">
         <v>0</v>
       </c>
-      <c r="T47" s="89">
+      <c r="T47" s="88">
         <v>0</v>
       </c>
-      <c r="U47" s="89">
+      <c r="U47" s="88">
         <v>0</v>
       </c>
-      <c r="V47" s="112">
+      <c r="V47" s="110">
         <v>0</v>
       </c>
-      <c r="W47" s="89"/>
-[...1 lines deleted...]
-      <c r="Y47" s="89">
+      <c r="W47" s="88"/>
+      <c r="X47" s="88"/>
+      <c r="Y47" s="88">
         <v>8.9499999999999993</v>
       </c>
-      <c r="Z47" s="86">
-[...23 lines deleted...]
-      <c r="Q48" s="89">
+      <c r="Z47" s="88">
+        <v>10999.27</v>
+      </c>
+      <c r="AA47" s="85">
+        <v>14312</v>
+      </c>
+    </row>
+    <row r="48" spans="2:27">
+      <c r="B48" s="68" t="s">
+        <v>53</v>
+      </c>
+      <c r="C48" s="29" t="s">
+        <v>54</v>
+      </c>
+      <c r="D48" s="88"/>
+      <c r="E48" s="88"/>
+      <c r="F48" s="88"/>
+      <c r="G48" s="88"/>
+      <c r="H48" s="88"/>
+      <c r="I48" s="88"/>
+      <c r="J48" s="88"/>
+      <c r="K48" s="88"/>
+      <c r="L48" s="88"/>
+      <c r="M48" s="88"/>
+      <c r="N48" s="88"/>
+      <c r="O48" s="88"/>
+      <c r="P48" s="88"/>
+      <c r="Q48" s="88">
         <v>7826.55</v>
       </c>
-      <c r="R48" s="89">
+      <c r="R48" s="88">
         <v>997.94</v>
       </c>
-      <c r="S48" s="89">
+      <c r="S48" s="88">
         <v>424.2</v>
       </c>
-      <c r="T48" s="89">
+      <c r="T48" s="88">
         <v>3602.69</v>
       </c>
-      <c r="U48" s="89">
+      <c r="U48" s="88">
         <v>4048.3300000000004</v>
       </c>
-      <c r="V48" s="112">
+      <c r="V48" s="110">
         <v>831.27999999999986</v>
       </c>
-      <c r="W48" s="89"/>
-[...4 lines deleted...]
-      <c r="Z48" s="86">
+      <c r="W48" s="88"/>
+      <c r="X48" s="88"/>
+      <c r="Y48" s="88">
+        <v>14640.679999999995</v>
+      </c>
+      <c r="Z48" s="88">
         <v>4223.1900000000005</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D49" s="89">
+      <c r="AA48" s="85">
+        <v>13359.882386752475</v>
+      </c>
+    </row>
+    <row r="49" spans="2:27">
+      <c r="B49" s="68" t="s">
+        <v>53</v>
+      </c>
+      <c r="C49" s="29" t="s">
+        <v>55</v>
+      </c>
+      <c r="D49" s="88">
         <v>5099.51</v>
       </c>
-      <c r="E49" s="89">
+      <c r="E49" s="88">
         <v>4661.45</v>
       </c>
-      <c r="F49" s="89">
+      <c r="F49" s="88">
         <v>5885.91</v>
       </c>
-      <c r="G49" s="89">
+      <c r="G49" s="88">
         <v>6060.36</v>
       </c>
-      <c r="H49" s="89">
+      <c r="H49" s="88">
         <v>6748</v>
       </c>
-      <c r="I49" s="89">
+      <c r="I49" s="88">
         <v>8534.1400342341512</v>
       </c>
-      <c r="J49" s="89">
+      <c r="J49" s="88">
         <v>7558.4799780610201</v>
       </c>
-      <c r="K49" s="89">
+      <c r="K49" s="88">
         <v>14024.19</v>
       </c>
-      <c r="L49" s="89">
+      <c r="L49" s="88">
         <v>9827.02</v>
       </c>
-      <c r="M49" s="89">
+      <c r="M49" s="88">
         <v>16766.79</v>
       </c>
-      <c r="N49" s="89">
+      <c r="N49" s="88">
         <v>15803.223000000002</v>
       </c>
-      <c r="O49" s="89">
+      <c r="O49" s="88">
         <v>16986.32</v>
       </c>
-      <c r="P49" s="89">
+      <c r="P49" s="88">
         <v>18829.874</v>
       </c>
-      <c r="Q49" s="89">
+      <c r="Q49" s="88">
         <v>24029.02</v>
       </c>
-      <c r="R49" s="89">
+      <c r="R49" s="88">
         <v>22360.38</v>
       </c>
-      <c r="S49" s="89">
+      <c r="S49" s="88">
         <v>16627.435493163779</v>
       </c>
-      <c r="T49" s="89">
+      <c r="T49" s="88">
         <v>16978.57</v>
       </c>
-      <c r="U49" s="89">
+      <c r="U49" s="88">
         <v>18525.603150582629</v>
       </c>
-      <c r="V49" s="112">
+      <c r="V49" s="110">
         <v>21438.939882414499</v>
       </c>
-      <c r="W49" s="89"/>
-[...4 lines deleted...]
-      <c r="Z49" s="86">
+      <c r="W49" s="88"/>
+      <c r="X49" s="88"/>
+      <c r="Y49" s="88">
+        <v>20307.823980039495</v>
+      </c>
+      <c r="Z49" s="88">
         <v>22083.60790262256</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D50" s="89">
+      <c r="AA49" s="85">
+        <v>29530.509147630601</v>
+      </c>
+    </row>
+    <row r="50" spans="2:27">
+      <c r="B50" s="68" t="s">
+        <v>53</v>
+      </c>
+      <c r="C50" s="29" t="s">
+        <v>56</v>
+      </c>
+      <c r="D50" s="88">
         <v>5491.07</v>
       </c>
-      <c r="E50" s="89">
+      <c r="E50" s="88">
         <v>4841.28</v>
       </c>
-      <c r="F50" s="89">
+      <c r="F50" s="88">
         <v>6029.43</v>
       </c>
-      <c r="G50" s="89">
+      <c r="G50" s="88">
         <v>8484.6200000000008</v>
       </c>
-      <c r="H50" s="89">
+      <c r="H50" s="88">
         <v>7991</v>
       </c>
-      <c r="I50" s="89">
+      <c r="I50" s="88">
         <v>9319.4350114110857</v>
       </c>
-      <c r="J50" s="89">
+      <c r="J50" s="88">
         <v>8000.4999648891389</v>
       </c>
-      <c r="K50" s="89">
+      <c r="K50" s="88">
         <v>11348.483800000004</v>
       </c>
-      <c r="L50" s="89">
+      <c r="L50" s="88">
         <v>7741.71</v>
       </c>
-      <c r="M50" s="89">
+      <c r="M50" s="88">
         <v>13875.83</v>
       </c>
-      <c r="N50" s="89">
+      <c r="N50" s="88">
         <v>18824.281999999999</v>
       </c>
-      <c r="O50" s="89">
+      <c r="O50" s="88">
         <v>12475.4</v>
       </c>
-      <c r="P50" s="89">
+      <c r="P50" s="88">
         <v>16863.855</v>
       </c>
-      <c r="Q50" s="89">
+      <c r="Q50" s="88">
         <v>16720.259999999998</v>
       </c>
-      <c r="R50" s="89">
+      <c r="R50" s="88">
         <v>13744.44</v>
       </c>
-      <c r="S50" s="89">
+      <c r="S50" s="88">
         <v>13053.056787240739</v>
       </c>
-      <c r="T50" s="89">
+      <c r="T50" s="88">
         <v>14722.06</v>
       </c>
-      <c r="U50" s="89">
+      <c r="U50" s="88">
         <v>12216.463895948431</v>
       </c>
-      <c r="V50" s="112">
+      <c r="V50" s="110">
         <v>13732.682674109745</v>
       </c>
-      <c r="W50" s="89"/>
-[...4 lines deleted...]
-      <c r="Z50" s="86">
+      <c r="W50" s="88"/>
+      <c r="X50" s="88"/>
+      <c r="Y50" s="88">
+        <v>8443.3041124012016</v>
+      </c>
+      <c r="Z50" s="88">
         <v>10705.19092762635</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D51" s="89">
+      <c r="AA50" s="85">
+        <v>12620.649932749066</v>
+      </c>
+    </row>
+    <row r="51" spans="2:27">
+      <c r="B51" s="68" t="s">
+        <v>53</v>
+      </c>
+      <c r="C51" s="29" t="s">
+        <v>57</v>
+      </c>
+      <c r="D51" s="88">
         <v>4032.17</v>
       </c>
-      <c r="E51" s="89">
+      <c r="E51" s="88">
         <v>6603.43</v>
       </c>
-      <c r="F51" s="89">
+      <c r="F51" s="88">
         <v>9775.15</v>
       </c>
-      <c r="G51" s="89">
+      <c r="G51" s="88">
         <v>17925.34</v>
       </c>
-      <c r="H51" s="89">
+      <c r="H51" s="88">
         <v>10604</v>
       </c>
-      <c r="I51" s="89">
+      <c r="I51" s="88">
         <v>16208.550053494051</v>
       </c>
-      <c r="J51" s="89">
+      <c r="J51" s="88">
         <v>14928.150227399543</v>
       </c>
-      <c r="K51" s="89">
+      <c r="K51" s="88">
         <v>13695.040699999994</v>
       </c>
-      <c r="L51" s="89">
+      <c r="L51" s="88">
         <v>14039.89</v>
       </c>
-      <c r="M51" s="89">
+      <c r="M51" s="88">
         <v>15406.93</v>
       </c>
-      <c r="N51" s="89">
+      <c r="N51" s="88">
         <v>16772.348499999996</v>
       </c>
-      <c r="O51" s="89">
+      <c r="O51" s="88">
         <v>27023.65</v>
       </c>
-      <c r="P51" s="89">
+      <c r="P51" s="88">
         <v>23374.904999999999</v>
       </c>
-      <c r="Q51" s="89">
+      <c r="Q51" s="88">
         <v>20021.66</v>
       </c>
-      <c r="R51" s="89">
+      <c r="R51" s="88">
         <v>22303.4</v>
       </c>
-      <c r="S51" s="89">
+      <c r="S51" s="88">
         <v>28585.603346511496</v>
       </c>
-      <c r="T51" s="89">
+      <c r="T51" s="88">
         <v>21675.61</v>
       </c>
-      <c r="U51" s="89">
+      <c r="U51" s="88">
         <v>19072.692694329329</v>
       </c>
-      <c r="V51" s="112">
+      <c r="V51" s="110">
         <v>20801.904795324335</v>
       </c>
-      <c r="W51" s="89"/>
-[...4 lines deleted...]
-      <c r="Z51" s="86">
+      <c r="W51" s="88"/>
+      <c r="X51" s="88"/>
+      <c r="Y51" s="88">
+        <v>9715.7320793484669</v>
+      </c>
+      <c r="Z51" s="88">
         <v>14458.798662280704</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C52" s="73" t="s">
+      <c r="AA51" s="85">
+        <v>12525.151365623322</v>
+      </c>
+    </row>
+    <row r="52" spans="2:27">
+      <c r="B52" s="86" t="s">
         <v>53</v>
       </c>
-      <c r="D52" s="88">
+      <c r="C52" s="72" t="s">
+        <v>58</v>
+      </c>
+      <c r="D52" s="87">
         <v>6512.3</v>
       </c>
-      <c r="E52" s="88">
+      <c r="E52" s="87">
         <v>4067.44</v>
       </c>
-      <c r="F52" s="88">
+      <c r="F52" s="87">
         <v>9067.27</v>
       </c>
-      <c r="G52" s="88">
+      <c r="G52" s="87">
         <v>3482.18</v>
       </c>
-      <c r="H52" s="88">
+      <c r="H52" s="87">
         <v>7783</v>
       </c>
-      <c r="I52" s="88">
+      <c r="I52" s="87">
         <v>7943.7760068326024</v>
       </c>
-      <c r="J52" s="88">
+      <c r="J52" s="87">
         <v>7775.6000429373235</v>
       </c>
-      <c r="K52" s="88">
+      <c r="K52" s="87">
         <v>12350.157099999995</v>
       </c>
-      <c r="L52" s="88">
+      <c r="L52" s="87">
         <v>11244.91</v>
       </c>
-      <c r="M52" s="88">
+      <c r="M52" s="87">
         <v>12747.03</v>
       </c>
-      <c r="N52" s="88">
+      <c r="N52" s="87">
         <v>13009.374999999998</v>
       </c>
-      <c r="O52" s="88">
+      <c r="O52" s="87">
         <v>18194.310000000001</v>
       </c>
-      <c r="P52" s="88">
+      <c r="P52" s="87">
         <v>18366.582999999999</v>
       </c>
-      <c r="Q52" s="88">
+      <c r="Q52" s="87">
         <v>15910.3</v>
       </c>
-      <c r="R52" s="88">
+      <c r="R52" s="87">
         <v>12918.98</v>
       </c>
-      <c r="S52" s="88">
+      <c r="S52" s="87">
         <v>16161.756062742887</v>
       </c>
-      <c r="T52" s="88">
+      <c r="T52" s="87">
         <v>14606.93</v>
       </c>
-      <c r="U52" s="88">
+      <c r="U52" s="87">
         <v>13371.751525756099</v>
       </c>
-      <c r="V52" s="110">
+      <c r="V52" s="108">
         <v>14860.708659458121</v>
       </c>
-      <c r="W52" s="110"/>
-[...8 lines deleted...]
-    <row r="53" spans="2:26" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="W52" s="108"/>
+      <c r="X52" s="108"/>
+      <c r="Y52" s="108">
+        <v>12089.290671888968</v>
+      </c>
+      <c r="Z52" s="108">
+        <v>14106.032183377019</v>
+      </c>
+      <c r="AA52" s="91">
+        <v>13321.292806543737</v>
+      </c>
+    </row>
+    <row r="53" spans="2:27" ht="13.5" thickBot="1">
       <c r="B53" s="121" t="s">
-        <v>110</v>
+        <v>59</v>
       </c>
       <c r="C53" s="122"/>
-      <c r="D53" s="33">
+      <c r="D53" s="32">
         <f t="shared" ref="D53:Z53" si="0">SUM(D6:D52)</f>
         <v>3851320.9099999997</v>
       </c>
-      <c r="E53" s="33">
+      <c r="E53" s="32">
         <f t="shared" si="0"/>
         <v>4230556.3900000006</v>
       </c>
-      <c r="F53" s="33">
+      <c r="F53" s="32">
         <f t="shared" si="0"/>
         <v>4484674.4099999992</v>
       </c>
-      <c r="G53" s="33">
+      <c r="G53" s="32">
         <f t="shared" si="0"/>
         <v>4983294.8299999991</v>
       </c>
-      <c r="H53" s="33">
+      <c r="H53" s="32">
         <f t="shared" si="0"/>
         <v>6079656</v>
       </c>
-      <c r="I53" s="33">
+      <c r="I53" s="32">
         <f t="shared" si="0"/>
         <v>6851733.8078436106</v>
       </c>
-      <c r="J53" s="33">
+      <c r="J53" s="32">
         <f t="shared" si="0"/>
         <v>7052506.6651520375</v>
       </c>
-      <c r="K53" s="33">
+      <c r="K53" s="32">
         <f t="shared" si="0"/>
         <v>6747007.3239394324</v>
       </c>
-      <c r="L53" s="33">
+      <c r="L53" s="32">
         <f t="shared" si="0"/>
         <v>6277620.5781999985</v>
       </c>
-      <c r="M53" s="33">
+      <c r="M53" s="32">
         <f t="shared" si="0"/>
         <v>6651847.5999999996</v>
       </c>
-      <c r="N53" s="33">
+      <c r="N53" s="32">
         <f t="shared" si="0"/>
         <v>7290954.9686000012</v>
       </c>
-      <c r="O53" s="33">
+      <c r="O53" s="32">
         <f t="shared" si="0"/>
         <v>7491662.0200000005</v>
       </c>
-      <c r="P53" s="33">
+      <c r="P53" s="32">
         <f t="shared" si="0"/>
         <v>7268697.5269999998</v>
       </c>
-      <c r="Q53" s="33">
+      <c r="Q53" s="32">
         <f t="shared" si="0"/>
         <v>7243089.75</v>
       </c>
-      <c r="R53" s="33">
+      <c r="R53" s="32">
         <f t="shared" si="0"/>
         <v>7151923.1113460325</v>
       </c>
-      <c r="S53" s="33">
+      <c r="S53" s="32">
         <f t="shared" si="0"/>
         <v>7141228.6184743969</v>
       </c>
-      <c r="T53" s="33">
+      <c r="T53" s="32">
         <f t="shared" si="0"/>
         <v>7420566.0345420567</v>
       </c>
-      <c r="U53" s="33">
+      <c r="U53" s="32">
         <f t="shared" si="0"/>
         <v>7768306.6117574461</v>
       </c>
-      <c r="V53" s="33">
+      <c r="V53" s="32">
         <f t="shared" si="0"/>
         <v>8344398.0733721033</v>
       </c>
-      <c r="W53" s="33">
+      <c r="W53" s="32">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="X53" s="33">
+      <c r="X53" s="32">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="Y53" s="33">
+      <c r="Y53" s="32">
         <f t="shared" si="0"/>
-        <v>8407005.8902497049</v>
-[...1 lines deleted...]
-      <c r="Z53" s="117">
+        <v>8392291.8228980079</v>
+      </c>
+      <c r="Z53" s="32">
         <f t="shared" si="0"/>
-        <v>7387971.3333199508</v>
-[...2 lines deleted...]
-    <row r="54" spans="2:26" s="1" customFormat="1" ht="7.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+        <v>7469501.45331995</v>
+      </c>
+      <c r="AA53" s="114">
+        <f t="shared" ref="AA53" si="1">SUM(AA6:AA52)</f>
+        <v>7282682.3979188986</v>
+      </c>
+    </row>
+    <row r="54" spans="2:27" s="1" customFormat="1" ht="7.9" customHeight="1" thickBot="1">
       <c r="B54" s="2"/>
-      <c r="C54" s="31"/>
+      <c r="C54" s="30"/>
       <c r="D54" s="4"/>
       <c r="E54" s="4"/>
       <c r="F54" s="4"/>
       <c r="G54" s="4"/>
       <c r="H54" s="4"/>
       <c r="I54" s="4"/>
       <c r="J54" s="4"/>
       <c r="K54" s="4"/>
       <c r="L54" s="4"/>
       <c r="O54" s="5"/>
       <c r="P54" s="6"/>
       <c r="V54" s="7"/>
-      <c r="Z54" s="7"/>
-[...5 lines deleted...]
-      <c r="C55" s="67" t="s">
+      <c r="AA54" s="7"/>
+    </row>
+    <row r="55" spans="2:27">
+      <c r="B55" s="67" t="s">
+        <v>2</v>
+      </c>
+      <c r="C55" s="66" t="s">
+        <v>60</v>
+      </c>
+      <c r="D55" s="20"/>
+      <c r="E55" s="20"/>
+      <c r="F55" s="20"/>
+      <c r="G55" s="20"/>
+      <c r="H55" s="20"/>
+      <c r="I55" s="20"/>
+      <c r="J55" s="20"/>
+      <c r="K55" s="20"/>
+      <c r="L55" s="20"/>
+      <c r="M55" s="20"/>
+      <c r="N55" s="20"/>
+      <c r="O55" s="21"/>
+      <c r="P55" s="21"/>
+      <c r="Q55" s="21"/>
+      <c r="R55" s="21"/>
+      <c r="S55" s="21"/>
+      <c r="T55" s="21"/>
+      <c r="U55" s="21"/>
+      <c r="V55" s="21"/>
+      <c r="W55" s="21"/>
+      <c r="X55" s="21"/>
+      <c r="Y55" s="21"/>
+      <c r="Z55" s="21"/>
+      <c r="AA55" s="22"/>
+    </row>
+    <row r="56" spans="2:27">
+      <c r="B56" s="68" t="s">
+        <v>4</v>
+      </c>
+      <c r="C56" s="29" t="s">
+        <v>61</v>
+      </c>
+      <c r="D56" s="90">
+        <v>0</v>
+      </c>
+      <c r="E56" s="90">
+        <v>0</v>
+      </c>
+      <c r="F56" s="90">
+        <v>0</v>
+      </c>
+      <c r="G56" s="90">
+        <v>0</v>
+      </c>
+      <c r="H56" s="90">
+        <v>0</v>
+      </c>
+      <c r="I56" s="90">
+        <v>0</v>
+      </c>
+      <c r="J56" s="88">
+        <v>208010</v>
+      </c>
+      <c r="K56" s="88">
+        <v>136205</v>
+      </c>
+      <c r="L56" s="88">
+        <v>141405.93333333332</v>
+      </c>
+      <c r="M56" s="88">
+        <v>78018.320000000007</v>
+      </c>
+      <c r="N56" s="88">
+        <v>130765.52</v>
+      </c>
+      <c r="O56" s="88">
+        <v>100289.24</v>
+      </c>
+      <c r="P56" s="88">
+        <v>106485.94</v>
+      </c>
+      <c r="Q56" s="88">
+        <v>82964.42</v>
+      </c>
+      <c r="R56" s="88">
+        <v>78698.28</v>
+      </c>
+      <c r="S56" s="88">
+        <v>68534</v>
+      </c>
+      <c r="T56" s="88">
+        <v>171438.24000000002</v>
+      </c>
+      <c r="U56" s="88">
+        <v>119755.23000000001</v>
+      </c>
+      <c r="V56" s="110">
+        <v>40527.18</v>
+      </c>
+      <c r="W56" s="88"/>
+      <c r="X56" s="88"/>
+      <c r="Y56" s="88">
+        <v>52448.39</v>
+      </c>
+      <c r="Z56" s="88">
+        <v>55018.200000000004</v>
+      </c>
+      <c r="AA56" s="85">
+        <v>26727.090000000004</v>
+      </c>
+    </row>
+    <row r="57" spans="2:27">
+      <c r="B57" s="68" t="s">
+        <v>4</v>
+      </c>
+      <c r="C57" s="29" t="s">
+        <v>62</v>
+      </c>
+      <c r="D57" s="88">
+        <v>121</v>
+      </c>
+      <c r="E57" s="88">
+        <v>12460</v>
+      </c>
+      <c r="F57" s="88">
+        <v>196100.41</v>
+      </c>
+      <c r="G57" s="88">
+        <v>189583.58</v>
+      </c>
+      <c r="H57" s="88">
+        <v>129927</v>
+      </c>
+      <c r="I57" s="88">
+        <v>163407.92166042328</v>
+      </c>
+      <c r="J57" s="88">
+        <v>372677.60748297907</v>
+      </c>
+      <c r="K57" s="88">
+        <v>353682.75739999994</v>
+      </c>
+      <c r="L57" s="88">
+        <v>331528.13679999998</v>
+      </c>
+      <c r="M57" s="88">
+        <v>613888.35</v>
+      </c>
+      <c r="N57" s="88">
+        <v>698615</v>
+      </c>
+      <c r="O57" s="88">
+        <v>519075.02</v>
+      </c>
+      <c r="P57" s="88">
+        <v>323474.2</v>
+      </c>
+      <c r="Q57" s="88">
+        <v>367574.38</v>
+      </c>
+      <c r="R57" s="88">
+        <v>322181.65000000002</v>
+      </c>
+      <c r="S57" s="88">
+        <v>203283.91600000003</v>
+      </c>
+      <c r="T57" s="88">
+        <v>301589.63</v>
+      </c>
+      <c r="U57" s="88">
+        <v>301496.61500000005</v>
+      </c>
+      <c r="V57" s="110">
+        <v>152572.09735046292</v>
+      </c>
+      <c r="W57" s="88"/>
+      <c r="X57" s="88"/>
+      <c r="Y57" s="88">
+        <v>81751.134160000001</v>
+      </c>
+      <c r="Z57" s="88">
+        <v>197147.18999999997</v>
+      </c>
+      <c r="AA57" s="85">
+        <v>135949.12010000003</v>
+      </c>
+    </row>
+    <row r="58" spans="2:27">
+      <c r="B58" s="68" t="s">
+        <v>22</v>
+      </c>
+      <c r="C58" s="29" t="s">
+        <v>63</v>
+      </c>
+      <c r="D58" s="88">
+        <v>33020.699999999997</v>
+      </c>
+      <c r="E58" s="88">
+        <v>19785.55</v>
+      </c>
+      <c r="F58" s="88">
+        <v>30838.46</v>
+      </c>
+      <c r="G58" s="88">
+        <v>15579.73</v>
+      </c>
+      <c r="H58" s="88">
+        <v>825</v>
+      </c>
+      <c r="I58" s="88">
+        <v>305.89999432861805</v>
+      </c>
+      <c r="J58" s="88">
+        <v>1283.2300019189715</v>
+      </c>
+      <c r="K58" s="88">
+        <v>129.15</v>
+      </c>
+      <c r="L58" s="88">
+        <v>32.74</v>
+      </c>
+      <c r="M58" s="88">
+        <v>177.14</v>
+      </c>
+      <c r="N58" s="88">
+        <v>2567.62</v>
+      </c>
+      <c r="O58" s="88">
+        <v>2409.48</v>
+      </c>
+      <c r="P58" s="88">
+        <v>3432.16</v>
+      </c>
+      <c r="Q58" s="88">
+        <v>11018.62</v>
+      </c>
+      <c r="R58" s="88">
+        <v>14557.08</v>
+      </c>
+      <c r="S58" s="88">
+        <v>5605.3259140456812</v>
+      </c>
+      <c r="T58" s="88">
+        <v>13690.7598</v>
+      </c>
+      <c r="U58" s="88">
+        <v>8.31</v>
+      </c>
+      <c r="V58" s="110">
+        <v>46.75</v>
+      </c>
+      <c r="W58" s="88"/>
+      <c r="X58" s="88"/>
+      <c r="Y58" s="88">
+        <v>81.64</v>
+      </c>
+      <c r="Z58" s="88">
+        <v>15664.279999999999</v>
+      </c>
+      <c r="AA58" s="85">
+        <v>10701.83</v>
+      </c>
+    </row>
+    <row r="59" spans="2:27">
+      <c r="B59" s="68" t="s">
+        <v>22</v>
+      </c>
+      <c r="C59" s="29" t="s">
+        <v>64</v>
+      </c>
+      <c r="D59" s="88"/>
+      <c r="E59" s="88"/>
+      <c r="F59" s="88"/>
+      <c r="G59" s="88"/>
+      <c r="H59" s="88"/>
+      <c r="I59" s="88"/>
+      <c r="J59" s="88"/>
+      <c r="K59" s="88"/>
+      <c r="L59" s="88"/>
+      <c r="M59" s="88"/>
+      <c r="N59" s="88"/>
+      <c r="O59" s="88"/>
+      <c r="P59" s="88"/>
+      <c r="Q59" s="88"/>
+      <c r="R59" s="88"/>
+      <c r="S59" s="88"/>
+      <c r="T59" s="88"/>
+      <c r="U59" s="88"/>
+      <c r="V59" s="110"/>
+      <c r="W59" s="88"/>
+      <c r="X59" s="88"/>
+      <c r="Y59" s="88">
+        <v>152.64297258448923</v>
+      </c>
+      <c r="Z59" s="88">
+        <v>390.47621327866801</v>
+      </c>
+      <c r="AA59" s="85">
+        <v>326.60549758993409</v>
+      </c>
+    </row>
+    <row r="60" spans="2:27">
+      <c r="B60" s="68" t="s">
+        <v>22</v>
+      </c>
+      <c r="C60" s="29" t="s">
+        <v>65</v>
+      </c>
+      <c r="D60" s="88">
+        <v>0</v>
+      </c>
+      <c r="E60" s="88">
+        <v>0</v>
+      </c>
+      <c r="F60" s="88">
+        <v>121348.64</v>
+      </c>
+      <c r="G60" s="88">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="H60" s="88">
+        <v>115</v>
+      </c>
+      <c r="I60" s="88">
+        <v>16.329999640583992</v>
+      </c>
+      <c r="J60" s="88">
+        <v>1.1499999910593033</v>
+      </c>
+      <c r="K60" s="88">
+        <v>0.25</v>
+      </c>
+      <c r="L60" s="88">
+        <v>0</v>
+      </c>
+      <c r="M60" s="88">
+        <v>0</v>
+      </c>
+      <c r="N60" s="88">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="O60" s="88">
+        <v>174.86</v>
+      </c>
+      <c r="P60" s="88">
+        <v>0</v>
+      </c>
+      <c r="Q60" s="88">
+        <v>0</v>
+      </c>
+      <c r="R60" s="88">
+        <v>0</v>
+      </c>
+      <c r="S60" s="88">
+        <v>0</v>
+      </c>
+      <c r="T60" s="88">
+        <v>0</v>
+      </c>
+      <c r="U60" s="88">
+        <v>9800</v>
+      </c>
+      <c r="V60" s="110">
+        <v>20866.8</v>
+      </c>
+      <c r="W60" s="88"/>
+      <c r="X60" s="88"/>
+      <c r="Y60" s="88">
+        <v>0</v>
+      </c>
+      <c r="Z60" s="88">
+        <v>0</v>
+      </c>
+      <c r="AA60" s="85">
+        <v>35.200000000000003</v>
+      </c>
+    </row>
+    <row r="61" spans="2:27" ht="26.45" customHeight="1">
+      <c r="B61" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="C61" s="29" t="s">
         <v>66</v>
       </c>
-      <c r="D55" s="21"/>
-[...364 lines deleted...]
-      <c r="M61" s="89">
+      <c r="D61" s="88"/>
+      <c r="E61" s="88"/>
+      <c r="F61" s="88"/>
+      <c r="G61" s="88"/>
+      <c r="H61" s="88"/>
+      <c r="I61" s="88"/>
+      <c r="J61" s="88"/>
+      <c r="K61" s="88"/>
+      <c r="L61" s="88"/>
+      <c r="M61" s="88">
         <v>1697</v>
       </c>
-      <c r="N61" s="89">
+      <c r="N61" s="88">
         <v>3500</v>
       </c>
-      <c r="O61" s="89">
+      <c r="O61" s="88">
         <v>5493</v>
       </c>
-      <c r="P61" s="89">
+      <c r="P61" s="88">
         <v>4482</v>
       </c>
-      <c r="Q61" s="89">
+      <c r="Q61" s="88">
         <v>4559.93</v>
       </c>
-      <c r="R61" s="89">
+      <c r="R61" s="88">
         <v>3.11</v>
       </c>
-      <c r="S61" s="89">
+      <c r="S61" s="88">
         <v>3988</v>
       </c>
-      <c r="T61" s="89">
+      <c r="T61" s="88">
         <v>5643</v>
       </c>
-      <c r="U61" s="89">
+      <c r="U61" s="88">
         <v>5764.58</v>
       </c>
-      <c r="V61" s="112">
+      <c r="V61" s="110">
         <v>11818.917757500003</v>
       </c>
-      <c r="W61" s="89"/>
-[...1 lines deleted...]
-      <c r="Y61" s="89">
+      <c r="W61" s="88"/>
+      <c r="X61" s="88"/>
+      <c r="Y61" s="88">
         <v>3555.4494875</v>
       </c>
-      <c r="Z61" s="86">
+      <c r="Z61" s="88">
         <v>3702.26</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="I62" s="89">
+      <c r="AA61" s="85">
+        <v>2930.5005050000009</v>
+      </c>
+    </row>
+    <row r="62" spans="2:27">
+      <c r="B62" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="C62" s="29" t="s">
+        <v>67</v>
+      </c>
+      <c r="D62" s="88"/>
+      <c r="E62" s="88"/>
+      <c r="F62" s="88"/>
+      <c r="G62" s="88"/>
+      <c r="H62" s="88"/>
+      <c r="I62" s="88">
         <f>4920+120+497.84</f>
         <v>5537.84</v>
       </c>
-      <c r="J62" s="89">
+      <c r="J62" s="88">
         <f>167+337</f>
         <v>504</v>
       </c>
-      <c r="K62" s="89">
+      <c r="K62" s="88">
         <v>0</v>
       </c>
-      <c r="L62" s="89">
+      <c r="L62" s="88">
         <f>2042+24+12+56</f>
         <v>2134</v>
       </c>
-      <c r="M62" s="89">
+      <c r="M62" s="88">
         <f>916+81.6+163.27</f>
         <v>1160.8700000000001</v>
       </c>
-      <c r="N62" s="89">
+      <c r="N62" s="88">
         <f>45.8+1692+89.25</f>
         <v>1827.05</v>
       </c>
-      <c r="O62" s="89">
+      <c r="O62" s="88">
         <f>42.8</f>
         <v>42.8</v>
       </c>
-      <c r="P62" s="89">
+      <c r="P62" s="88">
         <f>116.5+1891.7+58.5</f>
         <v>2066.6999999999998</v>
       </c>
-      <c r="Q62" s="89">
+      <c r="Q62" s="88">
         <f>100.3+419+81.11</f>
         <v>600.41</v>
       </c>
-      <c r="R62" s="89">
+      <c r="R62" s="88">
         <f>9+1016</f>
         <v>1025</v>
       </c>
-      <c r="S62" s="89">
+      <c r="S62" s="88">
         <f>1651+94.39</f>
         <v>1745.39</v>
       </c>
-      <c r="T62" s="89">
+      <c r="T62" s="88">
         <f>20.1+1834+44.6</f>
         <v>1898.6999999999998</v>
       </c>
-      <c r="U62" s="89">
+      <c r="U62" s="88">
         <v>2617.9499999999998</v>
       </c>
-      <c r="V62" s="112">
+      <c r="V62" s="110">
         <v>3740.489</v>
       </c>
-      <c r="W62" s="89"/>
-[...4 lines deleted...]
-      <c r="Z62" s="86">
+      <c r="W62" s="88"/>
+      <c r="X62" s="88"/>
+      <c r="Y62" s="88">
+        <v>22986.16</v>
+      </c>
+      <c r="Z62" s="88">
         <v>8881.485999999999</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="M63" s="89">
+      <c r="AA62" s="85">
+        <v>7577</v>
+      </c>
+    </row>
+    <row r="63" spans="2:27">
+      <c r="B63" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="C63" s="29" t="s">
+        <v>68</v>
+      </c>
+      <c r="D63" s="88"/>
+      <c r="E63" s="88"/>
+      <c r="F63" s="88"/>
+      <c r="G63" s="88"/>
+      <c r="H63" s="88"/>
+      <c r="I63" s="88"/>
+      <c r="J63" s="88"/>
+      <c r="K63" s="88"/>
+      <c r="L63" s="88"/>
+      <c r="M63" s="88">
         <v>9191</v>
       </c>
-      <c r="N63" s="89">
+      <c r="N63" s="88">
         <v>22403</v>
       </c>
-      <c r="O63" s="89">
+      <c r="O63" s="88">
         <v>31255</v>
       </c>
-      <c r="P63" s="89">
+      <c r="P63" s="88">
         <v>37523</v>
       </c>
-      <c r="Q63" s="89">
+      <c r="Q63" s="88">
         <v>31123.26</v>
       </c>
-      <c r="R63" s="89">
+      <c r="R63" s="88">
         <v>1363.28</v>
       </c>
-      <c r="S63" s="89">
+      <c r="S63" s="88">
         <v>28290.44</v>
       </c>
-      <c r="T63" s="89">
+      <c r="T63" s="88">
         <v>38823.75</v>
       </c>
-      <c r="U63" s="89">
+      <c r="U63" s="88">
         <v>24745.239999999998</v>
       </c>
-      <c r="V63" s="112">
+      <c r="V63" s="110">
         <v>19610.272427500004</v>
       </c>
-      <c r="W63" s="89"/>
-[...1 lines deleted...]
-      <c r="Y63" s="89">
+      <c r="W63" s="88"/>
+      <c r="X63" s="88"/>
+      <c r="Y63" s="88">
         <v>13801.108250000001</v>
       </c>
-      <c r="Z63" s="86">
+      <c r="Z63" s="88">
         <v>13369.689999999999</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="I64" s="89">
+      <c r="AA63" s="85">
+        <v>10171.803135000002</v>
+      </c>
+    </row>
+    <row r="64" spans="2:27">
+      <c r="B64" s="68" t="s">
+        <v>32</v>
+      </c>
+      <c r="C64" s="29" t="s">
+        <v>69</v>
+      </c>
+      <c r="D64" s="88"/>
+      <c r="E64" s="88"/>
+      <c r="F64" s="88"/>
+      <c r="G64" s="88"/>
+      <c r="H64" s="88"/>
+      <c r="I64" s="88">
         <v>155</v>
       </c>
-      <c r="J64" s="89">
+      <c r="J64" s="88">
         <v>3657</v>
       </c>
-      <c r="K64" s="89">
+      <c r="K64" s="88">
         <v>0</v>
       </c>
-      <c r="L64" s="89">
+      <c r="L64" s="88">
         <f>3889+4880.74+208.5</f>
         <v>8978.24</v>
       </c>
-      <c r="M64" s="89">
+      <c r="M64" s="88">
         <f>3038+4129.48+212</f>
         <v>7379.48</v>
       </c>
-      <c r="N64" s="89">
+      <c r="N64" s="88">
         <f>1000+2400+4794.78+280+176.3</f>
         <v>8651.0799999999981</v>
       </c>
-      <c r="O64" s="89">
+      <c r="O64" s="88">
         <f>1000+3686+706.51+2865.58+180</f>
         <v>8438.09</v>
       </c>
-      <c r="P64" s="89">
+      <c r="P64" s="88">
         <f>600+3574.06</f>
         <v>4174.0599999999995</v>
       </c>
-      <c r="Q64" s="89">
+      <c r="Q64" s="88">
         <f>625+4815.31+3014</f>
         <v>8454.3100000000013</v>
       </c>
-      <c r="R64" s="89">
+      <c r="R64" s="88">
         <f>626+5799.1</f>
         <v>6425.1</v>
       </c>
-      <c r="S64" s="89">
+      <c r="S64" s="88">
         <f>457+4308.88+675.3</f>
         <v>5441.18</v>
       </c>
-      <c r="T64" s="89">
+      <c r="T64" s="88">
         <f>457+5562</f>
         <v>6019</v>
       </c>
-      <c r="U64" s="89">
+      <c r="U64" s="88">
         <v>8289</v>
       </c>
-      <c r="V64" s="112">
+      <c r="V64" s="110">
         <v>8037.26</v>
       </c>
-      <c r="W64" s="89"/>
-[...4 lines deleted...]
-      <c r="Z64" s="86">
+      <c r="W64" s="88"/>
+      <c r="X64" s="88"/>
+      <c r="Y64" s="88">
+        <v>677.46</v>
+      </c>
+      <c r="Z64" s="88">
         <v>0</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D65" s="91">
+      <c r="AA64" s="85">
+        <v>13720.781000000001</v>
+      </c>
+    </row>
+    <row r="65" spans="2:29">
+      <c r="B65" s="70" t="s">
+        <v>32</v>
+      </c>
+      <c r="C65" s="69" t="s">
+        <v>70</v>
+      </c>
+      <c r="D65" s="90">
         <v>0</v>
       </c>
-      <c r="E65" s="91">
+      <c r="E65" s="90">
         <v>0</v>
       </c>
-      <c r="F65" s="91">
+      <c r="F65" s="90">
         <v>0</v>
       </c>
-      <c r="G65" s="91">
+      <c r="G65" s="90">
         <v>0</v>
       </c>
-      <c r="H65" s="91">
+      <c r="H65" s="90">
         <v>0</v>
       </c>
-      <c r="I65" s="89">
+      <c r="I65" s="88">
         <v>30858.5498046875</v>
       </c>
-      <c r="J65" s="89">
+      <c r="J65" s="88">
         <v>21606.94</v>
       </c>
-      <c r="K65" s="89">
+      <c r="K65" s="88">
         <v>25068.99</v>
       </c>
-      <c r="L65" s="89">
+      <c r="L65" s="88">
         <v>26029</v>
       </c>
-      <c r="M65" s="89">
+      <c r="M65" s="88">
         <v>49993.62</v>
       </c>
-      <c r="N65" s="89">
+      <c r="N65" s="88">
         <v>46739</v>
       </c>
-      <c r="O65" s="89">
+      <c r="O65" s="88">
         <v>72708.87</v>
       </c>
-      <c r="P65" s="89">
+      <c r="P65" s="88">
         <v>81337.320000000007</v>
       </c>
-      <c r="Q65" s="89">
+      <c r="Q65" s="88">
         <v>35967.75</v>
       </c>
-      <c r="R65" s="89">
+      <c r="R65" s="88">
         <v>31235.86</v>
       </c>
-      <c r="S65" s="89">
+      <c r="S65" s="88">
         <v>62654.049999999996</v>
       </c>
-      <c r="T65" s="89">
+      <c r="T65" s="88">
         <v>74927.240000000005</v>
       </c>
-      <c r="U65" s="89">
+      <c r="U65" s="88">
         <v>82630.080000000016</v>
       </c>
-      <c r="V65" s="112">
+      <c r="V65" s="110">
         <v>68109.350000000006</v>
       </c>
-      <c r="W65" s="89"/>
-[...15 lines deleted...]
-      <c r="D66" s="89">
+      <c r="W65" s="88"/>
+      <c r="X65" s="88"/>
+      <c r="Y65" s="88">
+        <v>36330.5</v>
+      </c>
+      <c r="Z65" s="88">
+        <v>51550.67</v>
+      </c>
+      <c r="AA65" s="85">
+        <v>48331.510000000009</v>
+      </c>
+    </row>
+    <row r="66" spans="2:29">
+      <c r="B66" s="92" t="s">
+        <v>41</v>
+      </c>
+      <c r="C66" s="93" t="s">
+        <v>71</v>
+      </c>
+      <c r="D66" s="88">
         <v>0</v>
       </c>
-      <c r="E66" s="89">
+      <c r="E66" s="88">
         <v>0</v>
       </c>
-      <c r="F66" s="89">
+      <c r="F66" s="88">
         <v>2817.51</v>
       </c>
-      <c r="G66" s="89">
+      <c r="G66" s="88">
         <v>9663.64</v>
       </c>
-      <c r="H66" s="89">
+      <c r="H66" s="88">
         <v>15400</v>
       </c>
-      <c r="I66" s="89">
+      <c r="I66" s="88">
         <v>5166.5800308734179</v>
       </c>
-      <c r="J66" s="89">
+      <c r="J66" s="88">
         <v>9235.5601005554199</v>
       </c>
-      <c r="K66" s="89">
+      <c r="K66" s="88">
         <v>16734.806670000002</v>
       </c>
-      <c r="L66" s="89">
+      <c r="L66" s="88">
         <v>8440.3328999999994</v>
       </c>
-      <c r="M66" s="89">
+      <c r="M66" s="88">
         <v>10725.38</v>
       </c>
-      <c r="N66" s="89">
+      <c r="N66" s="88">
         <v>18121.138500000001</v>
       </c>
-      <c r="O66" s="89">
+      <c r="O66" s="88">
         <v>10449.9</v>
       </c>
-      <c r="P66" s="89">
+      <c r="P66" s="88">
         <v>10442.93</v>
       </c>
-      <c r="Q66" s="89">
+      <c r="Q66" s="88">
         <v>19391.84</v>
       </c>
-      <c r="R66" s="89">
+      <c r="R66" s="88">
         <v>11420.67</v>
       </c>
-      <c r="S66" s="89">
+      <c r="S66" s="88">
         <v>1102.0099999999998</v>
       </c>
-      <c r="T66" s="89">
+      <c r="T66" s="88">
         <v>10699.114862870494</v>
       </c>
-      <c r="U66" s="89">
+      <c r="U66" s="88">
         <v>3430.0299999999997</v>
       </c>
-      <c r="V66" s="112">
+      <c r="V66" s="110">
         <v>6997.29</v>
       </c>
-      <c r="W66" s="89"/>
-[...1 lines deleted...]
-      <c r="Y66" s="89">
+      <c r="W66" s="88"/>
+      <c r="X66" s="88"/>
+      <c r="Y66" s="88">
         <v>18572.339999999997</v>
       </c>
-      <c r="Z66" s="86">
+      <c r="Z66" s="88">
         <v>6516.99</v>
       </c>
-    </row>
-    <row r="67" spans="2:29" ht="13.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="AA66" s="85">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="67" spans="2:29" ht="13.9" customHeight="1" thickBot="1">
       <c r="B67" s="121" t="s">
-        <v>90</v>
+        <v>72</v>
       </c>
       <c r="C67" s="122"/>
-      <c r="D67" s="17">
-        <f t="shared" ref="D67:Z67" si="1">SUM(D56:D66)</f>
+      <c r="D67" s="16">
+        <f t="shared" ref="D67:Z67" si="2">SUM(D56:D66)</f>
         <v>33141.699999999997</v>
       </c>
-      <c r="E67" s="17">
-        <f t="shared" si="1"/>
+      <c r="E67" s="16">
+        <f t="shared" si="2"/>
         <v>32245.55</v>
       </c>
-      <c r="F67" s="17">
-        <f t="shared" si="1"/>
+      <c r="F67" s="16">
+        <f t="shared" si="2"/>
         <v>351105.02</v>
       </c>
-      <c r="G67" s="17">
-        <f t="shared" si="1"/>
+      <c r="G67" s="16">
+        <f t="shared" si="2"/>
         <v>214829.25</v>
       </c>
-      <c r="H67" s="17">
-        <f t="shared" si="1"/>
+      <c r="H67" s="16">
+        <f t="shared" si="2"/>
         <v>146267</v>
       </c>
-      <c r="I67" s="17">
-        <f t="shared" si="1"/>
+      <c r="I67" s="16">
+        <f t="shared" si="2"/>
         <v>205448.1214899534</v>
       </c>
-      <c r="J67" s="17">
-        <f t="shared" si="1"/>
+      <c r="J67" s="16">
+        <f t="shared" si="2"/>
         <v>616975.48758544447</v>
       </c>
-      <c r="K67" s="17">
-        <f t="shared" si="1"/>
+      <c r="K67" s="16">
+        <f t="shared" si="2"/>
         <v>531820.95406999998</v>
       </c>
-      <c r="L67" s="17">
-        <f t="shared" si="1"/>
+      <c r="L67" s="16">
+        <f t="shared" si="2"/>
         <v>518548.38303333329</v>
       </c>
-      <c r="M67" s="17">
-        <f t="shared" si="1"/>
+      <c r="M67" s="16">
+        <f t="shared" si="2"/>
         <v>772231.15999999992</v>
       </c>
-      <c r="N67" s="17">
-        <f t="shared" si="1"/>
+      <c r="N67" s="16">
+        <f t="shared" si="2"/>
         <v>933194.5085</v>
       </c>
-      <c r="O67" s="17">
-        <f t="shared" si="1"/>
+      <c r="O67" s="16">
+        <f t="shared" si="2"/>
         <v>750336.26</v>
       </c>
-      <c r="P67" s="17">
-        <f t="shared" si="1"/>
+      <c r="P67" s="16">
+        <f t="shared" si="2"/>
         <v>573418.31000000006</v>
       </c>
-      <c r="Q67" s="17">
-        <f t="shared" si="1"/>
+      <c r="Q67" s="16">
+        <f t="shared" si="2"/>
         <v>561654.91999999993</v>
       </c>
-      <c r="R67" s="17">
-        <f t="shared" si="1"/>
+      <c r="R67" s="16">
+        <f t="shared" si="2"/>
         <v>466910.03</v>
       </c>
-      <c r="S67" s="17">
-        <f t="shared" si="1"/>
+      <c r="S67" s="16">
+        <f t="shared" si="2"/>
         <v>380644.31191404571</v>
       </c>
-      <c r="T67" s="17">
-        <f t="shared" si="1"/>
+      <c r="T67" s="16">
+        <f t="shared" si="2"/>
         <v>624729.43466287048</v>
       </c>
-      <c r="U67" s="17">
-        <f t="shared" si="1"/>
+      <c r="U67" s="16">
+        <f t="shared" si="2"/>
         <v>558537.03500000015</v>
       </c>
-      <c r="V67" s="13">
-        <f t="shared" si="1"/>
+      <c r="V67" s="12">
+        <f t="shared" si="2"/>
         <v>332326.40653546288</v>
       </c>
-      <c r="W67" s="13">
-        <f t="shared" si="1"/>
+      <c r="W67" s="12">
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="X67" s="13">
-        <f t="shared" si="1"/>
+      <c r="X67" s="12">
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Y67" s="13">
-[...10 lines deleted...]
-      <c r="C68" s="31"/>
+      <c r="Y67" s="12">
+        <f t="shared" si="2"/>
+        <v>230356.8248700845</v>
+      </c>
+      <c r="Z67" s="12">
+        <f t="shared" si="2"/>
+        <v>352241.2422132786</v>
+      </c>
+      <c r="AA67" s="13">
+        <f t="shared" ref="AA67" si="3">SUM(AA56:AA66)</f>
+        <v>256471.44023758997</v>
+      </c>
+    </row>
+    <row r="68" spans="2:29" ht="7.9" customHeight="1" thickBot="1">
+      <c r="C68" s="30"/>
       <c r="D68" s="8"/>
       <c r="E68" s="8"/>
       <c r="F68" s="8"/>
       <c r="G68" s="8"/>
       <c r="H68" s="8"/>
       <c r="I68" s="8"/>
       <c r="J68" s="8"/>
       <c r="K68" s="8"/>
       <c r="L68" s="8"/>
       <c r="O68" s="9"/>
       <c r="P68" s="9"/>
       <c r="Q68" s="9"/>
       <c r="V68" s="7"/>
-      <c r="Z68" s="7"/>
-[...1 lines deleted...]
-    <row r="69" spans="2:29" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="AA68" s="7"/>
+    </row>
+    <row r="69" spans="2:29" ht="13.5" thickBot="1">
       <c r="B69" s="137" t="s">
-        <v>111</v>
+        <v>73</v>
       </c>
       <c r="C69" s="138"/>
-      <c r="D69" s="24">
-        <f t="shared" ref="D69:Z69" si="2">D53+D67</f>
+      <c r="D69" s="23">
+        <f t="shared" ref="D69:Z69" si="4">D53+D67</f>
         <v>3884462.61</v>
       </c>
-      <c r="E69" s="24">
-        <f t="shared" si="2"/>
+      <c r="E69" s="23">
+        <f t="shared" si="4"/>
         <v>4262801.9400000004</v>
       </c>
-      <c r="F69" s="24">
-        <f t="shared" si="2"/>
+      <c r="F69" s="23">
+        <f t="shared" si="4"/>
         <v>4835779.43</v>
       </c>
-      <c r="G69" s="24">
-        <f t="shared" si="2"/>
+      <c r="G69" s="23">
+        <f t="shared" si="4"/>
         <v>5198124.0799999991</v>
       </c>
-      <c r="H69" s="24">
-        <f t="shared" si="2"/>
+      <c r="H69" s="23">
+        <f t="shared" si="4"/>
         <v>6225923</v>
       </c>
-      <c r="I69" s="24">
-        <f t="shared" si="2"/>
+      <c r="I69" s="23">
+        <f t="shared" si="4"/>
         <v>7057181.9293335639</v>
       </c>
-      <c r="J69" s="24">
-        <f t="shared" si="2"/>
+      <c r="J69" s="23">
+        <f t="shared" si="4"/>
         <v>7669482.1527374815</v>
       </c>
-      <c r="K69" s="24">
-        <f t="shared" si="2"/>
+      <c r="K69" s="23">
+        <f t="shared" si="4"/>
         <v>7278828.2780094324</v>
       </c>
-      <c r="L69" s="24">
-        <f t="shared" si="2"/>
+      <c r="L69" s="23">
+        <f t="shared" si="4"/>
         <v>6796168.9612333318</v>
       </c>
-      <c r="M69" s="24">
-        <f t="shared" si="2"/>
+      <c r="M69" s="23">
+        <f t="shared" si="4"/>
         <v>7424078.7599999998</v>
       </c>
-      <c r="N69" s="24">
-        <f t="shared" si="2"/>
+      <c r="N69" s="23">
+        <f t="shared" si="4"/>
         <v>8224149.4771000016</v>
       </c>
-      <c r="O69" s="24">
-        <f t="shared" si="2"/>
+      <c r="O69" s="23">
+        <f t="shared" si="4"/>
         <v>8241998.2800000003</v>
       </c>
-      <c r="P69" s="24">
-        <f t="shared" si="2"/>
+      <c r="P69" s="23">
+        <f t="shared" si="4"/>
         <v>7842115.8369999994</v>
       </c>
-      <c r="Q69" s="24">
-        <f t="shared" si="2"/>
+      <c r="Q69" s="23">
+        <f t="shared" si="4"/>
         <v>7804744.6699999999</v>
       </c>
-      <c r="R69" s="24">
-        <f t="shared" si="2"/>
+      <c r="R69" s="23">
+        <f t="shared" si="4"/>
         <v>7618833.1413460327</v>
       </c>
-      <c r="S69" s="24">
-        <f t="shared" si="2"/>
+      <c r="S69" s="23">
+        <f t="shared" si="4"/>
         <v>7521872.9303884422</v>
       </c>
-      <c r="T69" s="24">
-        <f t="shared" si="2"/>
+      <c r="T69" s="23">
+        <f t="shared" si="4"/>
         <v>8045295.4692049269</v>
       </c>
-      <c r="U69" s="24">
-        <f t="shared" si="2"/>
+      <c r="U69" s="23">
+        <f t="shared" si="4"/>
         <v>8326843.6467574462</v>
       </c>
-      <c r="V69" s="24">
-        <f t="shared" si="2"/>
+      <c r="V69" s="23">
+        <f t="shared" si="4"/>
         <v>8676724.4799075667</v>
       </c>
-      <c r="W69" s="24">
-        <f t="shared" si="2"/>
+      <c r="W69" s="23">
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="X69" s="24">
-        <f t="shared" si="2"/>
+      <c r="X69" s="23">
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="Y69" s="24">
-[...10 lines deleted...]
-      <c r="C70" s="31"/>
+      <c r="Y69" s="23">
+        <f t="shared" si="4"/>
+        <v>8622648.6477680933</v>
+      </c>
+      <c r="Z69" s="23">
+        <f t="shared" si="4"/>
+        <v>7821742.695533229</v>
+      </c>
+      <c r="AA69" s="119">
+        <f t="shared" ref="AA69" si="5">AA53+AA67</f>
+        <v>7539153.8381564887</v>
+      </c>
+    </row>
+    <row r="70" spans="2:29" ht="7.9" customHeight="1" thickBot="1">
+      <c r="C70" s="30"/>
       <c r="D70" s="8"/>
       <c r="E70" s="8"/>
       <c r="F70" s="8"/>
       <c r="G70" s="8"/>
       <c r="H70" s="8"/>
       <c r="I70" s="8"/>
       <c r="J70" s="8"/>
       <c r="K70" s="8"/>
       <c r="L70" s="8"/>
       <c r="M70" s="8"/>
       <c r="N70" s="8"/>
       <c r="O70" s="8"/>
       <c r="P70" s="8"/>
       <c r="Q70" s="8"/>
       <c r="R70" s="8"/>
       <c r="S70" s="8"/>
       <c r="T70" s="8"/>
       <c r="U70" s="8"/>
       <c r="V70" s="8"/>
       <c r="W70" s="8"/>
       <c r="X70" s="8"/>
       <c r="Y70" s="8"/>
       <c r="Z70" s="8"/>
-    </row>
-[...38 lines deleted...]
-      <c r="D72" s="89">
+      <c r="AA70" s="8"/>
+    </row>
+    <row r="71" spans="2:29">
+      <c r="B71" s="67" t="s">
+        <v>2</v>
+      </c>
+      <c r="C71" s="66" t="s">
+        <v>74</v>
+      </c>
+      <c r="D71" s="20"/>
+      <c r="E71" s="20"/>
+      <c r="F71" s="20"/>
+      <c r="G71" s="20"/>
+      <c r="H71" s="20"/>
+      <c r="I71" s="20"/>
+      <c r="J71" s="20"/>
+      <c r="K71" s="20"/>
+      <c r="L71" s="20"/>
+      <c r="M71" s="20"/>
+      <c r="N71" s="20"/>
+      <c r="O71" s="21"/>
+      <c r="P71" s="21"/>
+      <c r="Q71" s="21"/>
+      <c r="R71" s="21"/>
+      <c r="S71" s="21"/>
+      <c r="T71" s="21"/>
+      <c r="U71" s="21"/>
+      <c r="V71" s="21"/>
+      <c r="W71" s="21"/>
+      <c r="X71" s="21"/>
+      <c r="Y71" s="21"/>
+      <c r="Z71" s="21"/>
+      <c r="AA71" s="22"/>
+    </row>
+    <row r="72" spans="2:29">
+      <c r="B72" s="68" t="s">
+        <v>75</v>
+      </c>
+      <c r="C72" s="29" t="s">
+        <v>76</v>
+      </c>
+      <c r="D72" s="88">
         <v>4610914.3</v>
       </c>
-      <c r="E72" s="89">
+      <c r="E72" s="88">
         <v>4611406</v>
       </c>
-      <c r="F72" s="89">
+      <c r="F72" s="88">
         <v>4703879</v>
       </c>
-      <c r="G72" s="89">
+      <c r="G72" s="88">
         <v>4805202</v>
       </c>
-      <c r="H72" s="89">
+      <c r="H72" s="88">
         <v>4917870</v>
       </c>
-      <c r="I72" s="89">
+      <c r="I72" s="88">
         <v>5060502</v>
       </c>
-      <c r="J72" s="89">
+      <c r="J72" s="88">
         <v>5258076</v>
       </c>
-      <c r="K72" s="89">
+      <c r="K72" s="88">
         <v>5309296</v>
       </c>
-      <c r="L72" s="89">
+      <c r="L72" s="88">
         <v>4978496.25</v>
       </c>
-      <c r="M72" s="89">
+      <c r="M72" s="88">
         <v>4613329.33</v>
       </c>
-      <c r="N72" s="89">
+      <c r="N72" s="88">
         <v>4548275.0999999996</v>
       </c>
-      <c r="O72" s="89">
+      <c r="O72" s="88">
         <v>4377843.12</v>
       </c>
-      <c r="P72" s="89">
+      <c r="P72" s="88">
         <v>4396880.3899999997</v>
       </c>
-      <c r="Q72" s="89">
+      <c r="Q72" s="88">
         <v>4486592.41</v>
       </c>
-      <c r="R72" s="89">
+      <c r="R72" s="88">
         <v>4590290</v>
       </c>
-      <c r="S72" s="89">
+      <c r="S72" s="88">
         <v>4780385.18</v>
       </c>
-      <c r="T72" s="89">
+      <c r="T72" s="88">
         <v>5095890.32</v>
       </c>
-      <c r="U72" s="89">
+      <c r="U72" s="88">
         <v>5275557.5599999996</v>
       </c>
-      <c r="V72" s="112">
+      <c r="V72" s="110">
         <v>5369115.3399999989</v>
       </c>
-      <c r="W72" s="89"/>
-[...4 lines deleted...]
-      <c r="Z72" s="114">
+      <c r="W72" s="88"/>
+      <c r="X72" s="88"/>
+      <c r="Y72" s="88">
+        <v>5772977.7699999996</v>
+      </c>
+      <c r="Z72" s="88">
         <v>5762747.7699999996</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D73" s="89">
+      <c r="AA72" s="112">
+        <v>5790986.6999999993</v>
+      </c>
+    </row>
+    <row r="73" spans="2:29" ht="25.5">
+      <c r="B73" s="74" t="s">
+        <v>75</v>
+      </c>
+      <c r="C73" s="71" t="s">
+        <v>77</v>
+      </c>
+      <c r="D73" s="88">
         <v>1966188</v>
       </c>
-      <c r="E73" s="89">
+      <c r="E73" s="88">
         <v>1646395</v>
       </c>
-      <c r="F73" s="89">
+      <c r="F73" s="88">
         <v>1380396</v>
       </c>
-      <c r="G73" s="89">
+      <c r="G73" s="88">
         <v>1316850</v>
       </c>
-      <c r="H73" s="89">
+      <c r="H73" s="88">
         <v>1608217</v>
       </c>
-      <c r="I73" s="89">
+      <c r="I73" s="88">
         <v>2635922</v>
       </c>
-      <c r="J73" s="89">
+      <c r="J73" s="88">
         <v>2502637.9401999712</v>
       </c>
-      <c r="K73" s="89">
+      <c r="K73" s="88">
         <v>2772995</v>
       </c>
-      <c r="L73" s="89">
+      <c r="L73" s="88">
         <v>2538412.4900000007</v>
       </c>
-      <c r="M73" s="89">
+      <c r="M73" s="88">
         <v>1513330.29</v>
       </c>
-      <c r="N73" s="89">
+      <c r="N73" s="88">
         <v>2494773.1315000006</v>
       </c>
-      <c r="O73" s="89">
+      <c r="O73" s="88">
         <v>1937810.04</v>
       </c>
-      <c r="P73" s="89">
+      <c r="P73" s="88">
         <v>2738649.3899999997</v>
       </c>
-      <c r="Q73" s="89">
+      <c r="Q73" s="88">
         <v>3032947.01</v>
       </c>
-      <c r="R73" s="89">
+      <c r="R73" s="88">
         <v>3556578.78</v>
       </c>
-      <c r="S73" s="89">
+      <c r="S73" s="88">
         <v>3690467.35</v>
       </c>
-      <c r="T73" s="89">
+      <c r="T73" s="88">
         <v>3773452.72</v>
       </c>
-      <c r="U73" s="89">
+      <c r="U73" s="88">
         <v>3551258.0710000005</v>
       </c>
-      <c r="V73" s="112">
+      <c r="V73" s="110">
         <v>3813946.37</v>
       </c>
-      <c r="W73" s="89"/>
-[...4 lines deleted...]
-      <c r="Z73" s="86">
+      <c r="W73" s="88"/>
+      <c r="X73" s="88"/>
+      <c r="Y73" s="88">
+        <v>4383497.94903831</v>
+      </c>
+      <c r="Z73" s="88">
         <v>4706955.8241823865</v>
       </c>
-    </row>
-[...5 lines deleted...]
-        <v>97</v>
+      <c r="AA73" s="85">
+        <v>3962223.09</v>
+      </c>
+    </row>
+    <row r="74" spans="2:29">
+      <c r="B74" s="75" t="s">
+        <v>75</v>
+      </c>
+      <c r="C74" s="30" t="s">
+        <v>78</v>
       </c>
       <c r="D74" s="8">
         <f>SUM(D72:D73)</f>
         <v>6577102.2999999998</v>
       </c>
       <c r="E74" s="8">
-        <f t="shared" ref="E74:T74" si="3">SUM(E72:E73)</f>
+        <f t="shared" ref="E74:T74" si="6">SUM(E72:E73)</f>
         <v>6257801</v>
       </c>
       <c r="F74" s="8">
-        <f t="shared" si="3"/>
+        <f t="shared" si="6"/>
         <v>6084275</v>
       </c>
       <c r="G74" s="8">
-        <f t="shared" si="3"/>
+        <f t="shared" si="6"/>
         <v>6122052</v>
       </c>
       <c r="H74" s="8">
-        <f t="shared" si="3"/>
+        <f t="shared" si="6"/>
         <v>6526087</v>
       </c>
       <c r="I74" s="8">
         <f>SUM(I72:I73)</f>
         <v>7696424</v>
       </c>
       <c r="J74" s="8">
-        <f t="shared" si="3"/>
+        <f t="shared" si="6"/>
         <v>7760713.9401999712</v>
       </c>
       <c r="K74" s="8">
-        <f t="shared" si="3"/>
+        <f t="shared" si="6"/>
         <v>8082291</v>
       </c>
       <c r="L74" s="8">
-        <f t="shared" si="3"/>
+        <f t="shared" si="6"/>
         <v>7516908.7400000002</v>
       </c>
       <c r="M74" s="8">
-        <f t="shared" si="3"/>
+        <f t="shared" si="6"/>
         <v>6126659.6200000001</v>
       </c>
       <c r="N74" s="8">
-        <f t="shared" si="3"/>
+        <f t="shared" si="6"/>
         <v>7043048.2314999998</v>
       </c>
       <c r="O74" s="8">
-        <f t="shared" si="3"/>
+        <f t="shared" si="6"/>
         <v>6315653.1600000001</v>
       </c>
       <c r="P74" s="8">
-        <f t="shared" si="3"/>
+        <f t="shared" si="6"/>
         <v>7135529.7799999993</v>
       </c>
       <c r="Q74" s="8">
-        <f t="shared" si="3"/>
+        <f t="shared" si="6"/>
         <v>7519539.4199999999</v>
       </c>
       <c r="R74" s="8">
-        <f t="shared" si="3"/>
+        <f t="shared" si="6"/>
         <v>8146868.7799999993</v>
       </c>
       <c r="S74" s="8">
-        <f t="shared" si="3"/>
+        <f t="shared" si="6"/>
         <v>8470852.5299999993</v>
       </c>
       <c r="T74" s="8">
-        <f t="shared" si="3"/>
+        <f t="shared" si="6"/>
         <v>8869343.040000001</v>
       </c>
       <c r="U74" s="8">
-        <f t="shared" ref="U74" si="4">SUM(U72:U73)</f>
+        <f t="shared" ref="U74" si="7">SUM(U72:U73)</f>
         <v>8826815.631000001</v>
       </c>
       <c r="V74" s="8">
         <f>SUM(V72:V73)</f>
         <v>9183061.709999999</v>
       </c>
       <c r="W74" s="8">
-        <f t="shared" ref="W74:Z74" si="5">SUM(W72:W73)</f>
+        <f t="shared" ref="W74:Z74" si="8">SUM(W72:W73)</f>
         <v>0</v>
       </c>
       <c r="X74" s="8">
-        <f t="shared" si="5"/>
+        <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="Y74" s="8">
         <f>SUM(Y72:Y73)</f>
-        <v>8894666.7605124991</v>
+        <v>10156475.71903831</v>
       </c>
       <c r="Z74" s="8">
-        <f t="shared" si="5"/>
+        <f t="shared" si="8"/>
         <v>10469703.594182387</v>
       </c>
-      <c r="AA74" s="115"/>
-[...3 lines deleted...]
-      <c r="C75" s="31"/>
+      <c r="AA74" s="115">
+        <f>SUM(AA72:AA73)</f>
+        <v>9753209.7899999991</v>
+      </c>
+    </row>
+    <row r="75" spans="2:29" ht="7.9" customHeight="1">
+      <c r="B75" s="75"/>
+      <c r="C75" s="30"/>
       <c r="D75" s="8"/>
       <c r="E75" s="8"/>
       <c r="F75" s="8"/>
       <c r="G75" s="8"/>
       <c r="H75" s="8"/>
       <c r="I75" s="8"/>
       <c r="J75" s="8"/>
       <c r="K75" s="8"/>
       <c r="L75" s="8"/>
       <c r="M75" s="8"/>
       <c r="N75" s="8"/>
       <c r="O75" s="8"/>
       <c r="P75" s="8"/>
       <c r="Q75" s="8"/>
       <c r="R75" s="8"/>
       <c r="S75" s="8"/>
       <c r="T75" s="8"/>
       <c r="U75" s="8"/>
       <c r="V75" s="8"/>
       <c r="W75" s="8"/>
       <c r="X75" s="8"/>
       <c r="Y75" s="8"/>
-      <c r="Z75" s="12"/>
+      <c r="Z75" s="8"/>
+      <c r="AA75" s="118"/>
       <c r="AC75" s="2" t="s">
-        <v>238</v>
-[...9 lines deleted...]
-      <c r="D76" s="99">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="76" spans="2:29">
+      <c r="B76" s="75" t="s">
+        <v>75</v>
+      </c>
+      <c r="C76" s="72" t="s">
+        <v>80</v>
+      </c>
+      <c r="D76" s="98">
         <v>549239</v>
       </c>
-      <c r="E76" s="99">
+      <c r="E76" s="98">
         <v>1192376</v>
       </c>
-      <c r="F76" s="99">
+      <c r="F76" s="98">
         <v>1343941</v>
       </c>
-      <c r="G76" s="99">
+      <c r="G76" s="98">
         <v>1350013</v>
       </c>
-      <c r="H76" s="99">
+      <c r="H76" s="98">
         <v>2557428</v>
       </c>
-      <c r="I76" s="99">
+      <c r="I76" s="98">
         <v>2736151</v>
       </c>
-      <c r="J76" s="99">
+      <c r="J76" s="98">
         <v>1689840</v>
       </c>
-      <c r="K76" s="99">
+      <c r="K76" s="98">
         <v>1810580</v>
       </c>
-      <c r="L76" s="99">
+      <c r="L76" s="98">
         <v>1634267.82</v>
       </c>
-      <c r="M76" s="99">
+      <c r="M76" s="98">
         <v>1550645.32</v>
       </c>
-      <c r="N76" s="99">
+      <c r="N76" s="98">
         <v>1229534.7999999998</v>
       </c>
-      <c r="O76" s="99">
+      <c r="O76" s="98">
         <v>1361117</v>
       </c>
-      <c r="P76" s="99">
+      <c r="P76" s="98">
         <v>887805.12</v>
       </c>
-      <c r="Q76" s="99">
+      <c r="Q76" s="98">
         <v>1542176.62</v>
       </c>
-      <c r="R76" s="99">
+      <c r="R76" s="98">
         <v>1525316.6</v>
       </c>
-      <c r="S76" s="99">
+      <c r="S76" s="98">
         <v>1556186.13</v>
       </c>
-      <c r="T76" s="99">
+      <c r="T76" s="98">
         <v>1206993.1599999995</v>
       </c>
-      <c r="U76" s="99">
+      <c r="U76" s="98">
         <v>1479410.1199999999</v>
       </c>
-      <c r="V76" s="113">
+      <c r="V76" s="111">
         <v>1015085.0500000002</v>
       </c>
-      <c r="W76" s="99"/>
-[...4 lines deleted...]
-      <c r="Z76" s="100">
+      <c r="W76" s="98"/>
+      <c r="X76" s="98"/>
+      <c r="Y76" s="98">
+        <v>1043369.6500000001</v>
+      </c>
+      <c r="Z76" s="98">
         <v>779449.42000000016</v>
       </c>
-    </row>
-[...5 lines deleted...]
-        <v>105</v>
+      <c r="AA76" s="99">
+        <v>698112.46999999986</v>
+      </c>
+    </row>
+    <row r="77" spans="2:29" ht="25.5">
+      <c r="B77" s="75" t="s">
+        <v>75</v>
+      </c>
+      <c r="C77" s="30" t="s">
+        <v>81</v>
       </c>
       <c r="D77" s="8">
         <f>SUM(D74:D76)</f>
         <v>7126341.2999999998</v>
       </c>
       <c r="E77" s="8">
-        <f t="shared" ref="E77:T77" si="6">SUM(E74:E76)</f>
+        <f t="shared" ref="E77:T77" si="9">SUM(E74:E76)</f>
         <v>7450177</v>
       </c>
       <c r="F77" s="8">
-        <f t="shared" si="6"/>
+        <f t="shared" si="9"/>
         <v>7428216</v>
       </c>
       <c r="G77" s="8">
-        <f t="shared" si="6"/>
+        <f t="shared" si="9"/>
         <v>7472065</v>
       </c>
       <c r="H77" s="8">
-        <f t="shared" si="6"/>
+        <f t="shared" si="9"/>
         <v>9083515</v>
       </c>
       <c r="I77" s="8">
         <f>SUM(I74:I76)</f>
         <v>10432575</v>
       </c>
       <c r="J77" s="8">
-        <f t="shared" si="6"/>
+        <f t="shared" si="9"/>
         <v>9450553.9401999712</v>
       </c>
       <c r="K77" s="8">
-        <f t="shared" si="6"/>
+        <f t="shared" si="9"/>
         <v>9892871</v>
       </c>
       <c r="L77" s="8">
-        <f t="shared" si="6"/>
+        <f t="shared" si="9"/>
         <v>9151176.5600000005</v>
       </c>
       <c r="M77" s="8">
-        <f t="shared" si="6"/>
+        <f t="shared" si="9"/>
         <v>7677304.9400000004</v>
       </c>
       <c r="N77" s="8">
-        <f t="shared" si="6"/>
+        <f t="shared" si="9"/>
         <v>8272583.0314999996</v>
       </c>
       <c r="O77" s="8">
-        <f t="shared" si="6"/>
+        <f t="shared" si="9"/>
         <v>7676770.1600000001</v>
       </c>
       <c r="P77" s="8">
-        <f t="shared" si="6"/>
+        <f t="shared" si="9"/>
         <v>8023334.8999999994</v>
       </c>
       <c r="Q77" s="8">
-        <f t="shared" si="6"/>
+        <f t="shared" si="9"/>
         <v>9061716.0399999991</v>
       </c>
       <c r="R77" s="8">
-        <f t="shared" si="6"/>
+        <f t="shared" si="9"/>
         <v>9672185.379999999</v>
       </c>
       <c r="S77" s="8">
-        <f t="shared" si="6"/>
+        <f t="shared" si="9"/>
         <v>10027038.66</v>
       </c>
       <c r="T77" s="8">
-        <f t="shared" si="6"/>
+        <f t="shared" si="9"/>
         <v>10076336.200000001</v>
       </c>
       <c r="U77" s="8">
-        <f t="shared" ref="U77" si="7">SUM(U74:U76)</f>
+        <f t="shared" ref="U77" si="10">SUM(U74:U76)</f>
         <v>10306225.751</v>
       </c>
       <c r="V77" s="8">
         <f>SUM(V74:V76)</f>
         <v>10198146.76</v>
       </c>
       <c r="W77" s="8">
-        <f t="shared" ref="W77:Z77" si="8">SUM(W74:W76)</f>
+        <f t="shared" ref="W77:Z77" si="11">SUM(W74:W76)</f>
         <v>0</v>
       </c>
       <c r="X77" s="8">
-        <f t="shared" si="8"/>
+        <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="Y77" s="8">
         <f>SUM(Y74:Y76)</f>
-        <v>9967923.3205124997</v>
-[...2 lines deleted...]
-        <f t="shared" si="8"/>
+        <v>11199845.36903831</v>
+      </c>
+      <c r="Z77" s="8">
+        <f t="shared" si="11"/>
         <v>11249153.014182387</v>
       </c>
-    </row>
-[...27 lines deleted...]
-    <row r="79" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="AA77" s="115">
+        <f t="shared" ref="AA77" si="12">SUM(AA74:AA76)</f>
+        <v>10451322.26</v>
+      </c>
+    </row>
+    <row r="78" spans="2:29" ht="7.9" customHeight="1">
+      <c r="B78" s="76"/>
+      <c r="C78" s="73"/>
+      <c r="D78" s="50"/>
+      <c r="E78" s="50"/>
+      <c r="F78" s="50"/>
+      <c r="G78" s="50"/>
+      <c r="H78" s="50"/>
+      <c r="I78" s="50"/>
+      <c r="J78" s="50"/>
+      <c r="K78" s="50"/>
+      <c r="L78" s="50"/>
+      <c r="M78" s="50"/>
+      <c r="N78" s="50"/>
+      <c r="O78" s="50"/>
+      <c r="P78" s="50"/>
+      <c r="Q78" s="50"/>
+      <c r="R78" s="50"/>
+      <c r="S78" s="50"/>
+      <c r="T78" s="50"/>
+      <c r="U78" s="50"/>
+      <c r="V78" s="50"/>
+      <c r="W78" s="50"/>
+      <c r="X78" s="50"/>
+      <c r="Y78" s="50"/>
+      <c r="Z78" s="50"/>
+      <c r="AA78" s="51"/>
+    </row>
+    <row r="79" spans="2:29">
       <c r="B79" s="123" t="s">
-        <v>10</v>
+        <v>82</v>
       </c>
       <c r="C79" s="124"/>
       <c r="D79" s="8">
         <f>D69+D74</f>
         <v>10461564.91</v>
       </c>
       <c r="E79" s="8">
-        <f t="shared" ref="E79:T79" si="9">E69+E74</f>
+        <f t="shared" ref="E79:T79" si="13">E69+E74</f>
         <v>10520602.940000001</v>
       </c>
       <c r="F79" s="8">
-        <f t="shared" si="9"/>
+        <f t="shared" si="13"/>
         <v>10920054.43</v>
       </c>
       <c r="G79" s="8">
         <f>G69+G74</f>
         <v>11320176.079999998</v>
       </c>
       <c r="H79" s="8">
-        <f t="shared" si="9"/>
+        <f t="shared" si="13"/>
         <v>12752010</v>
       </c>
       <c r="I79" s="8">
-        <f t="shared" si="9"/>
+        <f t="shared" si="13"/>
         <v>14753605.929333564</v>
       </c>
       <c r="J79" s="8">
-        <f t="shared" si="9"/>
+        <f t="shared" si="13"/>
         <v>15430196.092937453</v>
       </c>
       <c r="K79" s="8">
-        <f t="shared" si="9"/>
+        <f t="shared" si="13"/>
         <v>15361119.278009433</v>
       </c>
       <c r="L79" s="8">
-        <f t="shared" si="9"/>
+        <f t="shared" si="13"/>
         <v>14313077.701233331</v>
       </c>
       <c r="M79" s="8">
-        <f t="shared" si="9"/>
+        <f t="shared" si="13"/>
         <v>13550738.379999999</v>
       </c>
       <c r="N79" s="8">
-        <f t="shared" si="9"/>
+        <f t="shared" si="13"/>
         <v>15267197.708600001</v>
       </c>
       <c r="O79" s="8">
-        <f t="shared" si="9"/>
+        <f t="shared" si="13"/>
         <v>14557651.440000001</v>
       </c>
       <c r="P79" s="8">
-        <f t="shared" si="9"/>
+        <f t="shared" si="13"/>
         <v>14977645.616999999</v>
       </c>
       <c r="Q79" s="8">
-        <f t="shared" si="9"/>
+        <f t="shared" si="13"/>
         <v>15324284.09</v>
       </c>
       <c r="R79" s="8">
-        <f t="shared" si="9"/>
+        <f t="shared" si="13"/>
         <v>15765701.921346031</v>
       </c>
       <c r="S79" s="8">
-        <f t="shared" si="9"/>
+        <f t="shared" si="13"/>
         <v>15992725.460388441</v>
       </c>
       <c r="T79" s="8">
-        <f t="shared" si="9"/>
+        <f t="shared" si="13"/>
         <v>16914638.509204928</v>
       </c>
       <c r="U79" s="8">
         <f>U69+U74</f>
         <v>17153659.277757447</v>
       </c>
       <c r="V79" s="8">
         <f>V69+V74</f>
         <v>17859786.189907566</v>
       </c>
       <c r="W79" s="8">
-        <f t="shared" ref="W79:Z79" si="10">W69+W74</f>
+        <f t="shared" ref="W79:Z79" si="14">W69+W74</f>
         <v>0</v>
       </c>
       <c r="X79" s="8">
-        <f t="shared" si="10"/>
+        <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="Y79" s="8">
         <f>Y69+Y74</f>
-        <v>17477570.768499702</v>
-[...6 lines deleted...]
-    <row r="80" spans="2:29" s="1" customFormat="1" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+        <v>18779124.366806403</v>
+      </c>
+      <c r="Z79" s="8">
+        <f t="shared" si="14"/>
+        <v>18291446.289715618</v>
+      </c>
+      <c r="AA79" s="113">
+        <f t="shared" ref="AA79" si="15">AA69+AA74</f>
+        <v>17292363.628156487</v>
+      </c>
+    </row>
+    <row r="80" spans="2:29" s="1" customFormat="1" ht="27" customHeight="1" thickBot="1">
       <c r="B80" s="125" t="s">
-        <v>106</v>
+        <v>83</v>
       </c>
       <c r="C80" s="126"/>
-      <c r="D80" s="13">
-        <f t="shared" ref="D80:T80" si="11">D69+D77</f>
+      <c r="D80" s="12">
+        <f t="shared" ref="D80:T80" si="16">D69+D77</f>
         <v>11010803.91</v>
       </c>
-      <c r="E80" s="13">
-        <f t="shared" si="11"/>
+      <c r="E80" s="12">
+        <f t="shared" si="16"/>
         <v>11712978.940000001</v>
       </c>
-      <c r="F80" s="13">
-        <f t="shared" si="11"/>
+      <c r="F80" s="12">
+        <f t="shared" si="16"/>
         <v>12263995.43</v>
       </c>
-      <c r="G80" s="13">
+      <c r="G80" s="12">
         <f>G69+G77</f>
         <v>12670189.079999998</v>
       </c>
-      <c r="H80" s="13">
+      <c r="H80" s="12">
         <f>H69+H77</f>
         <v>15309438</v>
       </c>
-      <c r="I80" s="13">
-        <f t="shared" si="11"/>
+      <c r="I80" s="12">
+        <f t="shared" si="16"/>
         <v>17489756.929333564</v>
       </c>
-      <c r="J80" s="13">
-        <f t="shared" si="11"/>
+      <c r="J80" s="12">
+        <f t="shared" si="16"/>
         <v>17120036.092937455</v>
       </c>
-      <c r="K80" s="13">
-        <f t="shared" si="11"/>
+      <c r="K80" s="12">
+        <f t="shared" si="16"/>
         <v>17171699.278009433</v>
       </c>
-      <c r="L80" s="13">
-        <f t="shared" si="11"/>
+      <c r="L80" s="12">
+        <f t="shared" si="16"/>
         <v>15947345.521233331</v>
       </c>
-      <c r="M80" s="13">
-        <f t="shared" si="11"/>
+      <c r="M80" s="12">
+        <f t="shared" si="16"/>
         <v>15101383.699999999</v>
       </c>
-      <c r="N80" s="13">
-        <f t="shared" si="11"/>
+      <c r="N80" s="12">
+        <f t="shared" si="16"/>
         <v>16496732.5086</v>
       </c>
-      <c r="O80" s="13">
-        <f t="shared" si="11"/>
+      <c r="O80" s="12">
+        <f t="shared" si="16"/>
         <v>15918768.440000001</v>
       </c>
-      <c r="P80" s="13">
-        <f t="shared" si="11"/>
+      <c r="P80" s="12">
+        <f t="shared" si="16"/>
         <v>15865450.737</v>
       </c>
-      <c r="Q80" s="13">
-        <f t="shared" si="11"/>
+      <c r="Q80" s="12">
+        <f t="shared" si="16"/>
         <v>16866460.710000001</v>
       </c>
-      <c r="R80" s="13">
-        <f t="shared" si="11"/>
+      <c r="R80" s="12">
+        <f t="shared" si="16"/>
         <v>17291018.521346033</v>
       </c>
-      <c r="S80" s="13">
-        <f t="shared" si="11"/>
+      <c r="S80" s="12">
+        <f t="shared" si="16"/>
         <v>17548911.590388443</v>
       </c>
-      <c r="T80" s="13">
-        <f t="shared" si="11"/>
+      <c r="T80" s="12">
+        <f t="shared" si="16"/>
         <v>18121631.669204928</v>
       </c>
-      <c r="U80" s="13">
+      <c r="U80" s="12">
         <f>U69+U77</f>
         <v>18633069.397757448</v>
       </c>
-      <c r="V80" s="13">
+      <c r="V80" s="12">
         <f>V69+V77</f>
         <v>18874871.239907566</v>
       </c>
-      <c r="W80" s="13">
-        <f t="shared" ref="W80:Z80" si="12">W69+W77</f>
+      <c r="W80" s="12">
+        <f t="shared" ref="W80:Z80" si="17">W69+W77</f>
         <v>0</v>
       </c>
-      <c r="X80" s="13">
-        <f t="shared" si="12"/>
+      <c r="X80" s="12">
+        <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="Y80" s="13">
+      <c r="Y80" s="12">
         <f>Y69+Y77</f>
-        <v>18550827.328499705</v>
-[...6 lines deleted...]
-    <row r="81" spans="2:26" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>19822494.016806401</v>
+      </c>
+      <c r="Z80" s="12">
+        <f t="shared" si="17"/>
+        <v>19070895.709715616</v>
+      </c>
+      <c r="AA80" s="13">
+        <f t="shared" ref="AA80" si="18">AA69+AA77</f>
+        <v>17990476.098156489</v>
+      </c>
+    </row>
+    <row r="81" spans="2:27" ht="13.5" thickBot="1">
       <c r="O81" s="9"/>
       <c r="P81" s="9"/>
       <c r="Q81" s="9"/>
     </row>
-    <row r="82" spans="2:26" s="1" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="82" spans="2:27" s="1" customFormat="1" ht="13.5" thickBot="1">
       <c r="B82" s="137" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="C82" s="138"/>
-      <c r="D82" s="40">
+      <c r="D82" s="39">
         <f>D69/D79</f>
         <v>0.37130798722922609</v>
       </c>
-      <c r="E82" s="40">
-        <f t="shared" ref="E82:T82" si="13">E69/E79</f>
+      <c r="E82" s="39">
+        <f t="shared" ref="E82:T82" si="19">E69/E79</f>
         <v>0.40518608717686289</v>
       </c>
-      <c r="F82" s="40">
-        <f t="shared" si="13"/>
+      <c r="F82" s="39">
+        <f t="shared" si="19"/>
         <v>0.44283473685945718</v>
       </c>
-      <c r="G82" s="40">
+      <c r="G82" s="39">
         <f>G69/G79</f>
         <v>0.45919109767062916</v>
       </c>
-      <c r="H82" s="40">
-        <f t="shared" si="13"/>
+      <c r="H82" s="39">
+        <f t="shared" si="19"/>
         <v>0.48823071813776808</v>
       </c>
-      <c r="I82" s="40">
-        <f t="shared" si="13"/>
+      <c r="I82" s="39">
+        <f t="shared" si="19"/>
         <v>0.47833607344101975</v>
       </c>
-      <c r="J82" s="40">
-        <f t="shared" si="13"/>
+      <c r="J82" s="39">
+        <f t="shared" si="19"/>
         <v>0.49704372559775029</v>
       </c>
-      <c r="K82" s="40">
-        <f t="shared" si="13"/>
+      <c r="K82" s="39">
+        <f t="shared" si="19"/>
         <v>0.4738475202408986</v>
       </c>
-      <c r="L82" s="40">
-        <f t="shared" si="13"/>
+      <c r="L82" s="39">
+        <f t="shared" si="19"/>
         <v>0.47482233402867075</v>
       </c>
-      <c r="M82" s="40">
-        <f t="shared" si="13"/>
+      <c r="M82" s="39">
+        <f t="shared" si="19"/>
         <v>0.5478726362954105</v>
       </c>
-      <c r="N82" s="40">
-        <f t="shared" si="13"/>
+      <c r="N82" s="39">
+        <f t="shared" si="19"/>
         <v>0.53868100970928967</v>
       </c>
-      <c r="O82" s="40">
-        <f t="shared" si="13"/>
+      <c r="O82" s="39">
+        <f t="shared" si="19"/>
         <v>0.5661626337166924</v>
       </c>
-      <c r="P82" s="40">
-        <f t="shared" si="13"/>
+      <c r="P82" s="39">
+        <f t="shared" si="19"/>
         <v>0.52358802161128737</v>
       </c>
-      <c r="Q82" s="40">
-        <f t="shared" si="13"/>
+      <c r="Q82" s="39">
+        <f t="shared" si="19"/>
         <v>0.50930566310063752</v>
       </c>
-      <c r="R82" s="40">
-        <f t="shared" si="13"/>
+      <c r="R82" s="39">
+        <f t="shared" si="19"/>
         <v>0.48325365907308476</v>
       </c>
-      <c r="S82" s="40">
-        <f t="shared" si="13"/>
+      <c r="S82" s="39">
+        <f t="shared" si="19"/>
         <v>0.4703308981961194</v>
       </c>
-      <c r="T82" s="40">
-        <f t="shared" si="13"/>
+      <c r="T82" s="39">
+        <f t="shared" si="19"/>
         <v>0.47564099373608759</v>
       </c>
-      <c r="U82" s="40">
-        <f t="shared" ref="U82" si="14">U69/U79</f>
+      <c r="U82" s="39">
+        <f t="shared" ref="U82" si="20">U69/U79</f>
         <v>0.48542666680773905</v>
       </c>
-      <c r="V82" s="40">
+      <c r="V82" s="39">
         <f>V69/V79</f>
         <v>0.48582465588589857</v>
       </c>
-      <c r="W82" s="40"/>
-[...1 lines deleted...]
-      <c r="Y82" s="40">
+      <c r="W82" s="39"/>
+      <c r="X82" s="39"/>
+      <c r="Y82" s="39">
         <f>Y69/Y79</f>
-        <v>0.49108106164595855</v>
-[...6 lines deleted...]
-    <row r="83" spans="2:26" s="1" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>0.45916137937769402</v>
+      </c>
+      <c r="Z82" s="39">
+        <f t="shared" ref="Z82:AA82" si="21">Z69/Z79</f>
+        <v>0.42761750884242605</v>
+      </c>
+      <c r="AA82" s="40">
+        <f t="shared" si="21"/>
+        <v>0.43598168534235404</v>
+      </c>
+    </row>
+    <row r="83" spans="2:27" s="1" customFormat="1" ht="13.5" thickBot="1">
       <c r="B83" s="2"/>
-      <c r="C83" s="31"/>
-[...24 lines deleted...]
-    <row r="84" spans="2:26" s="1" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C83" s="30"/>
+      <c r="D83" s="48"/>
+      <c r="E83" s="48"/>
+      <c r="F83" s="48"/>
+      <c r="G83" s="48"/>
+      <c r="H83" s="48"/>
+      <c r="I83" s="48"/>
+      <c r="J83" s="48"/>
+      <c r="K83" s="48"/>
+      <c r="L83" s="48"/>
+      <c r="M83" s="48"/>
+      <c r="N83" s="48"/>
+      <c r="O83" s="48"/>
+      <c r="P83" s="48"/>
+      <c r="Q83" s="48"/>
+      <c r="R83" s="48"/>
+      <c r="S83" s="48"/>
+      <c r="T83" s="48"/>
+      <c r="U83" s="48"/>
+      <c r="V83" s="48"/>
+      <c r="W83" s="48"/>
+      <c r="X83" s="48"/>
+      <c r="Y83" s="48"/>
+      <c r="Z83" s="48"/>
+      <c r="AA83" s="48"/>
+    </row>
+    <row r="84" spans="2:27" s="1" customFormat="1" ht="13.15" customHeight="1">
       <c r="B84" s="135" t="s">
-        <v>108</v>
+        <v>85</v>
       </c>
       <c r="C84" s="136"/>
-      <c r="D84" s="53"/>
-[...23 lines deleted...]
-    <row r="85" spans="2:26" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D84" s="52"/>
+      <c r="E84" s="52"/>
+      <c r="F84" s="52"/>
+      <c r="G84" s="52"/>
+      <c r="H84" s="52"/>
+      <c r="I84" s="52"/>
+      <c r="J84" s="52"/>
+      <c r="K84" s="52"/>
+      <c r="L84" s="52"/>
+      <c r="M84" s="52"/>
+      <c r="N84" s="52"/>
+      <c r="O84" s="53"/>
+      <c r="P84" s="53"/>
+      <c r="Q84" s="53"/>
+      <c r="R84" s="53"/>
+      <c r="S84" s="53"/>
+      <c r="T84" s="53"/>
+      <c r="U84" s="53"/>
+      <c r="V84" s="53"/>
+      <c r="W84" s="53"/>
+      <c r="X84" s="53"/>
+      <c r="Y84" s="53"/>
+      <c r="Z84" s="53"/>
+      <c r="AA84" s="54"/>
+    </row>
+    <row r="85" spans="2:27" ht="13.15" customHeight="1">
       <c r="B85" s="129" t="s">
-        <v>112</v>
+        <v>86</v>
       </c>
       <c r="C85" s="130"/>
-      <c r="D85" s="25">
+      <c r="D85" s="24">
         <f>D69/D89/365*2000</f>
         <v>3.6111656317359428</v>
       </c>
-      <c r="E85" s="25">
-        <f t="shared" ref="E85:T85" si="16">E69/E89/365*2000</f>
+      <c r="E85" s="24">
+        <f t="shared" ref="E85:T85" si="22">E69/E89/365*2000</f>
         <v>3.9122362677591362</v>
       </c>
-      <c r="F85" s="25">
-        <f t="shared" si="16"/>
+      <c r="F85" s="24">
+        <f t="shared" si="22"/>
         <v>4.3727297192445187</v>
       </c>
-      <c r="G85" s="25">
-        <f t="shared" si="16"/>
+      <c r="G85" s="24">
+        <f t="shared" si="22"/>
         <v>4.6488097800627743</v>
       </c>
-      <c r="H85" s="25">
-        <f t="shared" si="16"/>
+      <c r="H85" s="24">
+        <f t="shared" si="22"/>
         <v>5.4948007959598932</v>
       </c>
-      <c r="I85" s="25">
-        <f t="shared" si="16"/>
+      <c r="I85" s="24">
+        <f t="shared" si="22"/>
         <v>6.1391865817783229</v>
       </c>
-      <c r="J85" s="25">
-        <f t="shared" si="16"/>
+      <c r="J85" s="24">
+        <f t="shared" si="22"/>
         <v>6.5456582931247818</v>
       </c>
-      <c r="K85" s="25">
-        <f t="shared" si="16"/>
+      <c r="K85" s="24">
+        <f t="shared" si="22"/>
         <v>6.1123756271240399</v>
       </c>
-      <c r="L85" s="25">
-        <f t="shared" si="16"/>
+      <c r="L85" s="24">
+        <f t="shared" si="22"/>
         <v>5.6352850064572051</v>
       </c>
-      <c r="M85" s="25">
-        <f t="shared" si="16"/>
+      <c r="M85" s="24">
+        <f t="shared" si="22"/>
         <v>6.0968645295364343</v>
       </c>
-      <c r="N85" s="25">
-        <f t="shared" si="16"/>
+      <c r="N85" s="24">
+        <f t="shared" si="22"/>
         <v>6.7014000587747091</v>
       </c>
-      <c r="O85" s="25">
-        <f t="shared" si="16"/>
+      <c r="O85" s="24">
+        <f t="shared" si="22"/>
         <v>6.6729169182403565</v>
       </c>
-      <c r="P85" s="25">
-        <f t="shared" si="16"/>
+      <c r="P85" s="24">
+        <f t="shared" si="22"/>
         <v>6.302720352400609</v>
       </c>
-      <c r="Q85" s="25">
-        <f t="shared" si="16"/>
+      <c r="Q85" s="24">
+        <f t="shared" si="22"/>
         <v>6.2137806897562013</v>
       </c>
-      <c r="R85" s="25">
-        <f t="shared" si="16"/>
+      <c r="R85" s="24">
+        <f t="shared" si="22"/>
         <v>5.991103964381626</v>
       </c>
-      <c r="S85" s="25">
-        <f t="shared" si="16"/>
+      <c r="S85" s="24">
+        <f t="shared" si="22"/>
         <v>5.8367581098279562</v>
       </c>
-      <c r="T85" s="25">
-        <f t="shared" si="16"/>
+      <c r="T85" s="24">
+        <f t="shared" si="22"/>
         <v>6.1366441792062565</v>
       </c>
-      <c r="U85" s="25">
+      <c r="U85" s="24">
         <f>U69/U89/365*2000</f>
         <v>6.2414046660434979</v>
       </c>
-      <c r="V85" s="25">
+      <c r="V85" s="24">
         <f>V69/V89/365*2000</f>
         <v>6.4009757942793453</v>
       </c>
-      <c r="W85" s="25"/>
-[...1 lines deleted...]
-      <c r="Y85" s="25">
+      <c r="W85" s="24"/>
+      <c r="X85" s="24"/>
+      <c r="Y85" s="24">
         <f>Y69/Y89/365*2000</f>
-        <v>6.1426831852184662</v>
-[...1 lines deleted...]
-      <c r="Z85" s="26">
+        <v>6.1711279552237501</v>
+      </c>
+      <c r="Z85" s="24">
         <f>Z69/Z89/365*2000</f>
-        <v>5.3905204138456631</v>
-[...2 lines deleted...]
-    <row r="86" spans="2:26" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+        <v>5.4497309502458657</v>
+      </c>
+      <c r="AA85" s="25">
+        <f>AA69/AA89/365*2000</f>
+        <v>5.1955291989081536</v>
+      </c>
+    </row>
+    <row r="86" spans="2:27" ht="27" customHeight="1">
       <c r="B86" s="131" t="s">
-        <v>13</v>
+        <v>87</v>
       </c>
       <c r="C86" s="132"/>
-      <c r="D86" s="56">
-        <f t="shared" ref="D86:H86" si="17">D74/D89/365*2000</f>
+      <c r="D86" s="55">
+        <f t="shared" ref="D86:H86" si="23">D74/D89/365*2000</f>
         <v>6.1143607666676507</v>
       </c>
-      <c r="E86" s="56">
-        <f t="shared" si="17"/>
+      <c r="E86" s="55">
+        <f t="shared" si="23"/>
         <v>5.7431699556323714</v>
       </c>
-      <c r="F86" s="56">
-        <f t="shared" si="17"/>
+      <c r="F86" s="55">
+        <f t="shared" si="23"/>
         <v>5.501675685931037</v>
       </c>
-      <c r="G86" s="56">
-        <f t="shared" si="17"/>
+      <c r="G86" s="55">
+        <f t="shared" si="23"/>
         <v>5.4751011660446691</v>
       </c>
-      <c r="H86" s="56">
-        <f t="shared" si="17"/>
+      <c r="H86" s="55">
+        <f t="shared" si="23"/>
         <v>5.7597159557070512</v>
       </c>
-      <c r="I86" s="56">
+      <c r="I86" s="55">
         <f>I74/I89/365*2000</f>
         <v>6.6952763045657546</v>
       </c>
-      <c r="J86" s="56">
-        <f t="shared" ref="J86:T86" si="18">J74/J89/365*2000</f>
+      <c r="J86" s="55">
+        <f t="shared" ref="J86:T86" si="24">J74/J89/365*2000</f>
         <v>6.6235217126240116</v>
       </c>
-      <c r="K86" s="56">
-        <f t="shared" si="18"/>
+      <c r="K86" s="55">
+        <f t="shared" si="24"/>
         <v>6.7870811939575155</v>
       </c>
-      <c r="L86" s="56">
-        <f t="shared" si="18"/>
+      <c r="L86" s="55">
+        <f t="shared" si="24"/>
         <v>6.2329120066111301</v>
       </c>
-      <c r="M86" s="56">
-        <f t="shared" si="18"/>
+      <c r="M86" s="55">
+        <f t="shared" si="24"/>
         <v>5.0313870487172965</v>
       </c>
-      <c r="N86" s="56">
-        <f t="shared" si="18"/>
+      <c r="N86" s="55">
+        <f t="shared" si="24"/>
         <v>5.7389866227443944</v>
       </c>
-      <c r="O86" s="56">
-        <f t="shared" si="18"/>
+      <c r="O86" s="55">
+        <f t="shared" si="24"/>
         <v>5.1133023072048207</v>
       </c>
-      <c r="P86" s="56">
-        <f t="shared" si="18"/>
+      <c r="P86" s="55">
+        <f t="shared" si="24"/>
         <v>5.7348360703086909</v>
       </c>
-      <c r="Q86" s="56">
-        <f t="shared" si="18"/>
+      <c r="Q86" s="55">
+        <f t="shared" si="24"/>
         <v>5.9867133159984025</v>
       </c>
-      <c r="R86" s="56">
-        <f t="shared" si="18"/>
+      <c r="R86" s="55">
+        <f t="shared" si="24"/>
         <v>6.4063271815573284</v>
       </c>
-      <c r="S86" s="56">
-        <f t="shared" si="18"/>
+      <c r="S86" s="55">
+        <f t="shared" si="24"/>
         <v>6.5731391183021328</v>
       </c>
-      <c r="T86" s="56">
-        <f t="shared" si="18"/>
+      <c r="T86" s="55">
+        <f t="shared" si="24"/>
         <v>6.7651962004545689</v>
       </c>
-      <c r="U86" s="56">
-        <f t="shared" ref="U86" si="19">U74/U89/365*2000</f>
+      <c r="U86" s="55">
+        <f t="shared" ref="U86" si="25">U74/U89/365*2000</f>
         <v>6.6161598082945083</v>
       </c>
-      <c r="V86" s="56">
+      <c r="V86" s="55">
         <f>V74/V89/365*2000</f>
         <v>6.7745098809118423</v>
       </c>
-      <c r="W86" s="56"/>
-[...1 lines deleted...]
-      <c r="Y86" s="56">
+      <c r="W86" s="55"/>
+      <c r="X86" s="55"/>
+      <c r="Y86" s="55">
         <f>Y74/Y89/365*2000</f>
-        <v>6.3658081107602635</v>
-[...2 lines deleted...]
-        <f t="shared" ref="Z86" si="20">Z74/Z89/365*2000</f>
+        <v>7.2688699025828898</v>
+      </c>
+      <c r="Z86" s="55">
+        <f t="shared" ref="Z86:AA86" si="26">Z74/Z89/365*2000</f>
         <v>7.2946745933869401</v>
       </c>
-    </row>
-    <row r="87" spans="2:26" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AA86" s="116">
+        <f t="shared" si="26"/>
+        <v>6.7213227551558612</v>
+      </c>
+    </row>
+    <row r="87" spans="2:27" ht="27" customHeight="1">
       <c r="B87" s="129" t="s">
-        <v>99</v>
+        <v>88</v>
       </c>
       <c r="C87" s="130"/>
-      <c r="D87" s="25">
-        <f t="shared" ref="D87:T87" si="21">D85+D86</f>
+      <c r="D87" s="24">
+        <f t="shared" ref="D87:T87" si="27">D85+D86</f>
         <v>9.7255263984035931</v>
       </c>
-      <c r="E87" s="25">
-        <f t="shared" si="21"/>
+      <c r="E87" s="24">
+        <f t="shared" si="27"/>
         <v>9.6554062233915072</v>
       </c>
-      <c r="F87" s="25">
-        <f t="shared" si="21"/>
+      <c r="F87" s="24">
+        <f t="shared" si="27"/>
         <v>9.8744054051755548</v>
       </c>
-      <c r="G87" s="25">
-        <f t="shared" si="21"/>
+      <c r="G87" s="24">
+        <f t="shared" si="27"/>
         <v>10.123910946107443</v>
       </c>
-      <c r="H87" s="25">
-        <f t="shared" si="21"/>
+      <c r="H87" s="24">
+        <f t="shared" si="27"/>
         <v>11.254516751666944</v>
       </c>
-      <c r="I87" s="25">
-        <f t="shared" si="21"/>
+      <c r="I87" s="24">
+        <f t="shared" si="27"/>
         <v>12.834462886344078</v>
       </c>
-      <c r="J87" s="25">
-        <f t="shared" si="21"/>
+      <c r="J87" s="24">
+        <f t="shared" si="27"/>
         <v>13.169180005748792</v>
       </c>
-      <c r="K87" s="25">
-        <f t="shared" si="21"/>
+      <c r="K87" s="24">
+        <f t="shared" si="27"/>
         <v>12.899456821081555</v>
       </c>
-      <c r="L87" s="25">
-        <f t="shared" si="21"/>
+      <c r="L87" s="24">
+        <f t="shared" si="27"/>
         <v>11.868197013068336</v>
       </c>
-      <c r="M87" s="25">
-        <f t="shared" si="21"/>
+      <c r="M87" s="24">
+        <f t="shared" si="27"/>
         <v>11.128251578253732</v>
       </c>
-      <c r="N87" s="25">
-        <f t="shared" si="21"/>
+      <c r="N87" s="24">
+        <f t="shared" si="27"/>
         <v>12.440386681519104</v>
       </c>
-      <c r="O87" s="25">
-        <f t="shared" si="21"/>
+      <c r="O87" s="24">
+        <f t="shared" si="27"/>
         <v>11.786219225445176</v>
       </c>
-      <c r="P87" s="25">
-        <f t="shared" si="21"/>
+      <c r="P87" s="24">
+        <f t="shared" si="27"/>
         <v>12.037556422709301</v>
       </c>
-      <c r="Q87" s="25">
-        <f t="shared" si="21"/>
+      <c r="Q87" s="24">
+        <f t="shared" si="27"/>
         <v>12.200494005754603</v>
       </c>
-      <c r="R87" s="25">
-        <f t="shared" si="21"/>
+      <c r="R87" s="24">
+        <f t="shared" si="27"/>
         <v>12.397431145938954</v>
       </c>
-      <c r="S87" s="25">
-        <f t="shared" si="21"/>
+      <c r="S87" s="24">
+        <f t="shared" si="27"/>
         <v>12.409897228130088</v>
       </c>
-      <c r="T87" s="25">
-        <f t="shared" si="21"/>
+      <c r="T87" s="24">
+        <f t="shared" si="27"/>
         <v>12.901840379660825</v>
       </c>
-      <c r="U87" s="25">
-        <f t="shared" ref="U87" si="22">U85+U86</f>
+      <c r="U87" s="24">
+        <f t="shared" ref="U87" si="28">U85+U86</f>
         <v>12.857564474338005</v>
       </c>
-      <c r="V87" s="25">
+      <c r="V87" s="24">
         <f>V85+V86</f>
         <v>13.175485675191187</v>
       </c>
-      <c r="W87" s="25"/>
-[...1 lines deleted...]
-      <c r="Y87" s="25">
+      <c r="W87" s="24"/>
+      <c r="X87" s="24"/>
+      <c r="Y87" s="24">
         <f>Y85+Y86</f>
-        <v>12.508491295978729</v>
-[...33 lines deleted...]
-    <row r="89" spans="2:26" s="1" customFormat="1" ht="13.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+        <v>13.43999785780664</v>
+      </c>
+      <c r="Z87" s="24">
+        <f t="shared" ref="Z87:AA87" si="29">Z85+Z86</f>
+        <v>12.744405543632805</v>
+      </c>
+      <c r="AA87" s="25">
+        <f t="shared" si="29"/>
+        <v>11.916851954064015</v>
+      </c>
+    </row>
+    <row r="88" spans="2:27" ht="7.9" customHeight="1">
+      <c r="B88" s="120"/>
+      <c r="C88" s="65"/>
+      <c r="D88" s="14"/>
+      <c r="E88" s="14"/>
+      <c r="F88" s="14"/>
+      <c r="G88" s="14"/>
+      <c r="H88" s="14"/>
+      <c r="I88" s="14"/>
+      <c r="J88" s="14"/>
+      <c r="K88" s="14"/>
+      <c r="L88" s="14"/>
+      <c r="M88" s="14"/>
+      <c r="N88" s="14"/>
+      <c r="O88" s="14"/>
+      <c r="P88" s="14"/>
+      <c r="Q88" s="14"/>
+      <c r="R88" s="14"/>
+      <c r="S88" s="14"/>
+      <c r="T88" s="14"/>
+      <c r="U88" s="14"/>
+      <c r="V88" s="24"/>
+      <c r="W88" s="14"/>
+      <c r="X88" s="14"/>
+      <c r="Y88" s="14"/>
+      <c r="Z88" s="14"/>
+      <c r="AA88" s="25"/>
+    </row>
+    <row r="89" spans="2:27" s="1" customFormat="1" ht="13.15" customHeight="1" thickBot="1">
       <c r="B89" s="133" t="s">
-        <v>16</v>
+        <v>89</v>
       </c>
       <c r="C89" s="134"/>
-      <c r="D89" s="96">
+      <c r="D89" s="95">
         <v>5894143</v>
       </c>
-      <c r="E89" s="96">
+      <c r="E89" s="95">
         <v>5970452</v>
       </c>
-      <c r="F89" s="96">
+      <c r="F89" s="95">
         <v>6059698</v>
       </c>
-      <c r="G89" s="96">
+      <c r="G89" s="95">
         <v>6126917</v>
       </c>
-      <c r="H89" s="96">
+      <c r="H89" s="95">
         <v>6208532</v>
       </c>
-      <c r="I89" s="97">
+      <c r="I89" s="96">
         <v>6298797</v>
       </c>
-      <c r="J89" s="97">
+      <c r="J89" s="96">
         <v>6420219</v>
       </c>
-      <c r="K89" s="97">
+      <c r="K89" s="96">
         <v>6525121</v>
       </c>
-      <c r="L89" s="97">
+      <c r="L89" s="96">
         <v>6608234</v>
       </c>
-      <c r="M89" s="97">
+      <c r="M89" s="96">
         <v>6672263</v>
       </c>
-      <c r="N89" s="97">
+      <c r="N89" s="96">
         <v>6724540</v>
       </c>
-      <c r="O89" s="97">
+      <c r="O89" s="96">
         <v>6767900</v>
       </c>
-      <c r="P89" s="97">
+      <c r="P89" s="96">
         <v>6817770</v>
       </c>
-      <c r="Q89" s="97">
+      <c r="Q89" s="96">
         <v>6882400</v>
       </c>
-      <c r="R89" s="97">
+      <c r="R89" s="96">
         <v>6968170</v>
       </c>
-      <c r="S89" s="97">
+      <c r="S89" s="96">
         <v>7061410</v>
       </c>
-      <c r="T89" s="97">
+      <c r="T89" s="96">
         <v>7183700</v>
       </c>
-      <c r="U89" s="97">
+      <c r="U89" s="96">
         <v>7310300</v>
       </c>
-      <c r="V89" s="111">
+      <c r="V89" s="109">
         <v>7427570</v>
       </c>
-      <c r="W89" s="111"/>
-[...1 lines deleted...]
-      <c r="Y89" s="111">
+      <c r="W89" s="109"/>
+      <c r="X89" s="109"/>
+      <c r="Y89" s="109">
         <v>7656200</v>
       </c>
-      <c r="Z89" s="98">
+      <c r="Z89" s="109">
         <v>7864400</v>
       </c>
-    </row>
-[...41 lines deleted...]
-      <c r="D93" s="95">
+      <c r="AA89" s="97">
+        <v>7951150</v>
+      </c>
+    </row>
+    <row r="91" spans="2:27" ht="13.5" thickBot="1">
+      <c r="C91" s="49"/>
+    </row>
+    <row r="92" spans="2:27" s="26" customFormat="1" ht="13.15" customHeight="1">
+      <c r="B92" s="80" t="s">
+        <v>2</v>
+      </c>
+      <c r="C92" s="77" t="s">
+        <v>90</v>
+      </c>
+      <c r="D92" s="33"/>
+      <c r="E92" s="33"/>
+      <c r="F92" s="33"/>
+      <c r="G92" s="33"/>
+      <c r="H92" s="33"/>
+      <c r="I92" s="33"/>
+      <c r="J92" s="34"/>
+      <c r="K92" s="34"/>
+      <c r="L92" s="33"/>
+      <c r="M92" s="33"/>
+      <c r="N92" s="33"/>
+      <c r="O92" s="33"/>
+      <c r="P92" s="33"/>
+      <c r="Q92" s="33"/>
+      <c r="R92" s="33"/>
+      <c r="S92" s="33"/>
+      <c r="T92" s="33"/>
+      <c r="U92" s="33"/>
+      <c r="V92" s="33"/>
+      <c r="W92" s="33"/>
+      <c r="X92" s="33"/>
+      <c r="Y92" s="33"/>
+      <c r="Z92" s="33"/>
+      <c r="AA92" s="35"/>
+    </row>
+    <row r="93" spans="2:27" s="26" customFormat="1" ht="15">
+      <c r="B93" s="81" t="s">
+        <v>4</v>
+      </c>
+      <c r="C93" s="78" t="s">
+        <v>91</v>
+      </c>
+      <c r="D93" s="94">
         <v>1257</v>
       </c>
-      <c r="E93" s="95">
+      <c r="E93" s="94">
         <v>1975</v>
       </c>
-      <c r="F93" s="95">
+      <c r="F93" s="94">
         <v>76629.09</v>
       </c>
-      <c r="G93" s="95">
+      <c r="G93" s="94">
         <v>11926.86</v>
       </c>
-      <c r="H93" s="95">
+      <c r="H93" s="94">
         <v>5853</v>
       </c>
-      <c r="I93" s="89">
+      <c r="I93" s="88">
         <v>1928.9000244140625</v>
       </c>
-      <c r="J93" s="89">
+      <c r="J93" s="88">
         <v>1120.1300010681152</v>
       </c>
-      <c r="K93" s="89">
+      <c r="K93" s="88">
         <v>1374</v>
       </c>
-      <c r="L93" s="89">
+      <c r="L93" s="88">
         <v>0</v>
       </c>
-      <c r="M93" s="89">
+      <c r="M93" s="88">
         <v>150.91</v>
       </c>
-      <c r="N93" s="89">
+      <c r="N93" s="88">
         <v>8360.2900000000009</v>
       </c>
-      <c r="O93" s="89">
+      <c r="O93" s="88">
         <v>1839.22</v>
       </c>
-      <c r="P93" s="89">
+      <c r="P93" s="88">
         <v>2971.5</v>
       </c>
-      <c r="Q93" s="89">
+      <c r="Q93" s="88">
         <v>5688.54</v>
       </c>
-      <c r="R93" s="89">
+      <c r="R93" s="88">
         <v>8846.17</v>
       </c>
-      <c r="S93" s="89">
+      <c r="S93" s="88">
         <v>7616.66</v>
       </c>
-      <c r="T93" s="89">
+      <c r="T93" s="88">
         <v>12813.119999999999</v>
       </c>
-      <c r="U93" s="89">
+      <c r="U93" s="88">
         <v>11656.3</v>
       </c>
-      <c r="V93" s="112">
+      <c r="V93" s="110">
         <v>737.94</v>
       </c>
-      <c r="W93" s="89"/>
-[...4 lines deleted...]
-      <c r="Z93" s="86">
+      <c r="W93" s="88"/>
+      <c r="X93" s="88"/>
+      <c r="Y93" s="88">
+        <v>22838.239999999998</v>
+      </c>
+      <c r="Z93" s="88">
         <v>13166.289999999999</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D94" s="95">
+      <c r="AA93" s="85">
+        <v>22938.6201</v>
+      </c>
+    </row>
+    <row r="94" spans="2:27" s="26" customFormat="1" ht="15">
+      <c r="B94" s="81" t="s">
+        <v>22</v>
+      </c>
+      <c r="C94" s="78" t="s">
+        <v>92</v>
+      </c>
+      <c r="D94" s="94">
         <v>40</v>
       </c>
-      <c r="E94" s="95">
+      <c r="E94" s="94">
         <v>86.6</v>
       </c>
-      <c r="F94" s="95">
+      <c r="F94" s="94">
         <v>433.54</v>
       </c>
-      <c r="G94" s="95">
+      <c r="G94" s="94">
         <v>388.67</v>
       </c>
-      <c r="H94" s="95">
+      <c r="H94" s="94">
         <v>688</v>
       </c>
-      <c r="I94" s="89">
+      <c r="I94" s="88">
         <v>912.49999308586121</v>
       </c>
-      <c r="J94" s="89">
+      <c r="J94" s="88">
         <v>1050.9299921989441</v>
       </c>
-      <c r="K94" s="89">
+      <c r="K94" s="88">
         <v>344</v>
       </c>
-      <c r="L94" s="89">
+      <c r="L94" s="88">
         <v>928</v>
       </c>
-      <c r="M94" s="89">
+      <c r="M94" s="88">
         <v>552.07000000000005</v>
       </c>
-      <c r="N94" s="89">
+      <c r="N94" s="88">
         <v>207.18</v>
       </c>
-      <c r="O94" s="89">
+      <c r="O94" s="88">
         <v>179.66</v>
       </c>
-      <c r="P94" s="89">
+      <c r="P94" s="88">
         <v>375.67</v>
       </c>
-      <c r="Q94" s="89">
+      <c r="Q94" s="88">
         <v>668.38</v>
       </c>
-      <c r="R94" s="89">
+      <c r="R94" s="88">
         <v>175.58</v>
       </c>
-      <c r="S94" s="89">
+      <c r="S94" s="88">
         <v>255.57</v>
       </c>
-      <c r="T94" s="89">
+      <c r="T94" s="88">
         <v>111.55</v>
       </c>
-      <c r="U94" s="89">
+      <c r="U94" s="88">
         <v>4.12</v>
       </c>
-      <c r="V94" s="112">
+      <c r="V94" s="110">
         <v>4.87</v>
       </c>
-      <c r="W94" s="89"/>
-[...4 lines deleted...]
-      <c r="Z94" s="86">
+      <c r="W94" s="88"/>
+      <c r="X94" s="88"/>
+      <c r="Y94" s="88">
+        <v>43.917017150041708</v>
+      </c>
+      <c r="Z94" s="88">
         <v>2301.3333476426665</v>
       </c>
-    </row>
-[...17 lines deleted...]
-      <c r="N95" s="89">
+      <c r="AA94" s="85">
+        <v>77.093745273448363</v>
+      </c>
+    </row>
+    <row r="95" spans="2:27" s="26" customFormat="1" ht="13.15" customHeight="1">
+      <c r="B95" s="82" t="s">
+        <v>32</v>
+      </c>
+      <c r="C95" s="79" t="s">
+        <v>93</v>
+      </c>
+      <c r="D95" s="94"/>
+      <c r="E95" s="94"/>
+      <c r="F95" s="94"/>
+      <c r="G95" s="94"/>
+      <c r="H95" s="94"/>
+      <c r="I95" s="88"/>
+      <c r="J95" s="88"/>
+      <c r="K95" s="88"/>
+      <c r="L95" s="88"/>
+      <c r="M95" s="88"/>
+      <c r="N95" s="88">
         <v>402</v>
       </c>
-      <c r="O95" s="89">
+      <c r="O95" s="88">
         <v>429.08</v>
       </c>
-      <c r="P95" s="89">
+      <c r="P95" s="88">
         <v>3683.89</v>
       </c>
-      <c r="Q95" s="89">
+      <c r="Q95" s="88">
         <v>6631.87</v>
       </c>
-      <c r="R95" s="89">
+      <c r="R95" s="88">
         <v>804.3</v>
       </c>
-      <c r="S95" s="89">
+      <c r="S95" s="88">
         <v>439</v>
       </c>
-      <c r="T95" s="89">
+      <c r="T95" s="88">
         <v>5804.15</v>
       </c>
-      <c r="U95" s="89">
+      <c r="U95" s="88">
         <v>23.41</v>
       </c>
-      <c r="V95" s="112">
+      <c r="V95" s="110">
         <v>4308.24</v>
       </c>
-      <c r="W95" s="89"/>
-[...1 lines deleted...]
-      <c r="Y95" s="89">
+      <c r="W95" s="88"/>
+      <c r="X95" s="88"/>
+      <c r="Y95" s="88">
         <v>11553.46</v>
       </c>
-      <c r="Z95" s="86">
+      <c r="Z95" s="88">
         <v>4263.91</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="Y96" s="89">
+      <c r="AA95" s="85">
+        <v>6866.0474999999988</v>
+      </c>
+    </row>
+    <row r="96" spans="2:27" s="26" customFormat="1" ht="13.15" customHeight="1">
+      <c r="B96" s="82" t="s">
+        <v>13</v>
+      </c>
+      <c r="C96" s="79" t="s">
+        <v>94</v>
+      </c>
+      <c r="D96" s="94"/>
+      <c r="E96" s="94"/>
+      <c r="F96" s="94"/>
+      <c r="G96" s="94"/>
+      <c r="H96" s="94"/>
+      <c r="I96" s="88"/>
+      <c r="J96" s="88"/>
+      <c r="K96" s="88"/>
+      <c r="L96" s="88"/>
+      <c r="M96" s="88"/>
+      <c r="N96" s="88"/>
+      <c r="O96" s="88"/>
+      <c r="P96" s="88"/>
+      <c r="Q96" s="88"/>
+      <c r="R96" s="88"/>
+      <c r="S96" s="88"/>
+      <c r="T96" s="88"/>
+      <c r="U96" s="88"/>
+      <c r="V96" s="110"/>
+      <c r="W96" s="88"/>
+      <c r="X96" s="88"/>
+      <c r="Y96" s="88">
         <v>1</v>
       </c>
-      <c r="Z96" s="86">
+      <c r="Z96" s="88">
         <v>0</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D97" s="95">
+      <c r="AA96" s="85">
+        <v>23.06</v>
+      </c>
+    </row>
+    <row r="97" spans="2:27" s="26" customFormat="1" ht="15">
+      <c r="B97" s="81" t="s">
+        <v>41</v>
+      </c>
+      <c r="C97" s="78" t="s">
+        <v>95</v>
+      </c>
+      <c r="D97" s="94">
         <v>524</v>
       </c>
-      <c r="E97" s="95">
+      <c r="E97" s="94">
         <v>600.79999999999995</v>
       </c>
-      <c r="F97" s="95">
+      <c r="F97" s="94">
         <v>79.06</v>
       </c>
-      <c r="G97" s="95">
+      <c r="G97" s="94">
         <v>918.43</v>
       </c>
-      <c r="H97" s="95">
+      <c r="H97" s="94">
         <v>738</v>
       </c>
-      <c r="I97" s="89">
+      <c r="I97" s="88">
         <v>2891.4200282096863</v>
       </c>
-      <c r="J97" s="89">
+      <c r="J97" s="88">
         <v>804.40000915527344</v>
       </c>
-      <c r="K97" s="89">
+      <c r="K97" s="88">
         <v>4346.3899999999994</v>
       </c>
-      <c r="L97" s="89">
+      <c r="L97" s="88">
         <v>2678.37</v>
       </c>
-      <c r="M97" s="89">
+      <c r="M97" s="88">
         <v>22001.38</v>
       </c>
-      <c r="N97" s="89">
+      <c r="N97" s="88">
         <v>6163.56</v>
       </c>
-      <c r="O97" s="89">
+      <c r="O97" s="88">
         <v>15050.09</v>
       </c>
-      <c r="P97" s="89">
+      <c r="P97" s="88">
         <v>5455.35</v>
       </c>
-      <c r="Q97" s="89">
+      <c r="Q97" s="88">
         <v>2593.21</v>
       </c>
-      <c r="R97" s="89">
+      <c r="R97" s="88">
         <v>19180.53</v>
       </c>
-      <c r="S97" s="89">
+      <c r="S97" s="88">
         <v>7659.4800000000023</v>
       </c>
-      <c r="T97" s="89">
+      <c r="T97" s="88">
         <v>19248.68</v>
       </c>
-      <c r="U97" s="89">
+      <c r="U97" s="88">
         <v>15282.710000000001</v>
       </c>
-      <c r="V97" s="112">
+      <c r="V97" s="110">
         <v>1793.7400000000002</v>
       </c>
-      <c r="W97" s="89"/>
-[...1 lines deleted...]
-      <c r="Y97" s="89">
+      <c r="W97" s="88"/>
+      <c r="X97" s="88"/>
+      <c r="Y97" s="88">
         <v>585.86</v>
       </c>
-      <c r="Z97" s="86">
+      <c r="Z97" s="88">
         <v>11306.8</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D98" s="95">
+      <c r="AA97" s="85">
+        <v>1748.37</v>
+      </c>
+    </row>
+    <row r="98" spans="2:27" s="26" customFormat="1" ht="15">
+      <c r="B98" s="81" t="s">
+        <v>41</v>
+      </c>
+      <c r="C98" s="78" t="s">
+        <v>96</v>
+      </c>
+      <c r="D98" s="94">
         <v>198</v>
       </c>
-      <c r="E98" s="95">
+      <c r="E98" s="94">
         <v>334.07</v>
       </c>
-      <c r="F98" s="95">
+      <c r="F98" s="94">
         <v>309.52999999999997</v>
       </c>
-      <c r="G98" s="95">
+      <c r="G98" s="94">
         <v>7488.07</v>
       </c>
-      <c r="H98" s="95">
+      <c r="H98" s="94">
         <v>521</v>
       </c>
-      <c r="I98" s="89">
+      <c r="I98" s="88">
         <v>435</v>
       </c>
-      <c r="J98" s="89">
+      <c r="J98" s="88">
         <v>627</v>
       </c>
-      <c r="K98" s="89">
+      <c r="K98" s="88">
         <v>286</v>
       </c>
-      <c r="L98" s="89">
+      <c r="L98" s="88">
         <v>105</v>
       </c>
-      <c r="M98" s="89">
+      <c r="M98" s="88">
         <v>4148.49</v>
       </c>
-      <c r="N98" s="89">
+      <c r="N98" s="88">
         <v>5036.2299999999996</v>
       </c>
-      <c r="O98" s="89">
+      <c r="O98" s="88">
         <v>0</v>
       </c>
-      <c r="P98" s="89">
+      <c r="P98" s="88">
         <v>0</v>
       </c>
-      <c r="Q98" s="89">
+      <c r="Q98" s="88">
         <v>0</v>
       </c>
-      <c r="R98" s="89">
+      <c r="R98" s="88">
         <v>0</v>
       </c>
-      <c r="S98" s="89">
+      <c r="S98" s="88">
         <v>0</v>
       </c>
-      <c r="T98" s="89">
+      <c r="T98" s="88">
         <v>0</v>
       </c>
-      <c r="U98" s="89">
+      <c r="U98" s="88">
         <v>0</v>
       </c>
-      <c r="V98" s="112">
+      <c r="V98" s="110">
         <v>3654.8599999999992</v>
       </c>
-      <c r="W98" s="89"/>
-[...4 lines deleted...]
-      <c r="Z98" s="86">
+      <c r="W98" s="88"/>
+      <c r="X98" s="88"/>
+      <c r="Y98" s="88">
+        <v>11291.779999999999</v>
+      </c>
+      <c r="Z98" s="88">
         <v>7.7900000000000009</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="Y99" s="89">
+      <c r="AA98" s="85">
+        <v>33.06</v>
+      </c>
+    </row>
+    <row r="99" spans="2:27" s="26" customFormat="1" ht="15">
+      <c r="B99" s="81" t="s">
+        <v>41</v>
+      </c>
+      <c r="C99" s="78" t="s">
+        <v>97</v>
+      </c>
+      <c r="D99" s="94"/>
+      <c r="E99" s="94"/>
+      <c r="F99" s="94"/>
+      <c r="G99" s="94"/>
+      <c r="H99" s="94"/>
+      <c r="I99" s="88"/>
+      <c r="J99" s="88"/>
+      <c r="K99" s="88"/>
+      <c r="L99" s="88"/>
+      <c r="M99" s="88"/>
+      <c r="N99" s="88"/>
+      <c r="O99" s="88"/>
+      <c r="P99" s="88"/>
+      <c r="Q99" s="88"/>
+      <c r="R99" s="88"/>
+      <c r="S99" s="88"/>
+      <c r="T99" s="88"/>
+      <c r="U99" s="88"/>
+      <c r="V99" s="110"/>
+      <c r="W99" s="88"/>
+      <c r="X99" s="88"/>
+      <c r="Y99" s="88">
         <v>85</v>
       </c>
-      <c r="Z99" s="86">
+      <c r="Z99" s="88">
         <v>0</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D100" s="95">
+      <c r="AA99" s="85">
+        <v>74.97</v>
+      </c>
+    </row>
+    <row r="100" spans="2:27" s="26" customFormat="1" ht="15">
+      <c r="B100" s="81" t="s">
+        <v>41</v>
+      </c>
+      <c r="C100" s="78" t="s">
+        <v>98</v>
+      </c>
+      <c r="D100" s="94">
         <v>0</v>
       </c>
-      <c r="E100" s="95">
+      <c r="E100" s="94">
         <v>1009</v>
       </c>
-      <c r="F100" s="95">
+      <c r="F100" s="94">
         <v>1170</v>
       </c>
-      <c r="G100" s="95">
+      <c r="G100" s="94">
         <v>12976.22</v>
       </c>
-      <c r="H100" s="95">
+      <c r="H100" s="94">
         <v>251</v>
       </c>
-      <c r="I100" s="89">
+      <c r="I100" s="88">
         <v>4088.5</v>
       </c>
-      <c r="J100" s="89">
+      <c r="J100" s="88">
         <v>13265.500147804618</v>
       </c>
-      <c r="K100" s="89">
+      <c r="K100" s="88">
         <v>4764.0899999999992</v>
       </c>
-      <c r="L100" s="89">
+      <c r="L100" s="88">
         <v>3829.1700000000005</v>
       </c>
-      <c r="M100" s="89">
+      <c r="M100" s="88">
         <v>6164.3</v>
       </c>
-      <c r="N100" s="89">
+      <c r="N100" s="88">
         <v>10834.1675</v>
       </c>
-      <c r="O100" s="89">
+      <c r="O100" s="88">
         <v>7812.93</v>
       </c>
-      <c r="P100" s="89">
+      <c r="P100" s="88">
         <v>7059.12</v>
       </c>
-      <c r="Q100" s="89">
+      <c r="Q100" s="88">
         <v>8442.14</v>
       </c>
-      <c r="R100" s="89">
+      <c r="R100" s="88">
         <v>6511.87</v>
       </c>
-      <c r="S100" s="89">
+      <c r="S100" s="88">
         <v>6759.4600000000009</v>
       </c>
-      <c r="T100" s="89">
+      <c r="T100" s="88">
         <v>4527.2610386176366</v>
       </c>
-      <c r="U100" s="89">
+      <c r="U100" s="88">
         <v>5363.62</v>
       </c>
-      <c r="V100" s="112">
+      <c r="V100" s="110">
         <v>7045.64</v>
       </c>
-      <c r="W100" s="89"/>
-[...4 lines deleted...]
-      <c r="Z100" s="86">
+      <c r="W100" s="88"/>
+      <c r="X100" s="88"/>
+      <c r="Y100" s="88">
+        <v>2692.1300000000006</v>
+      </c>
+      <c r="Z100" s="88">
         <v>3116.83</v>
       </c>
-    </row>
-    <row r="101" spans="2:26" s="28" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="AA100" s="85">
+        <v>1920.2600000000002</v>
+      </c>
+    </row>
+    <row r="101" spans="2:27" s="27" customFormat="1" ht="13.5" thickBot="1">
       <c r="B101" s="127" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="C101" s="128"/>
-      <c r="D101" s="37">
-        <f t="shared" ref="D101:T101" si="24">SUM(D93:D100)</f>
+      <c r="D101" s="36">
+        <f t="shared" ref="D101:T101" si="30">SUM(D93:D100)</f>
         <v>2019</v>
       </c>
-      <c r="E101" s="37">
-        <f t="shared" si="24"/>
+      <c r="E101" s="36">
+        <f t="shared" si="30"/>
         <v>4005.47</v>
       </c>
-      <c r="F101" s="37">
-        <f t="shared" si="24"/>
+      <c r="F101" s="36">
+        <f t="shared" si="30"/>
         <v>78621.219999999987</v>
       </c>
-      <c r="G101" s="37">
-        <f t="shared" si="24"/>
+      <c r="G101" s="36">
+        <f t="shared" si="30"/>
         <v>33698.25</v>
       </c>
-      <c r="H101" s="37">
-        <f t="shared" si="24"/>
+      <c r="H101" s="36">
+        <f t="shared" si="30"/>
         <v>8051</v>
       </c>
-      <c r="I101" s="37">
-        <f t="shared" si="24"/>
+      <c r="I101" s="36">
+        <f t="shared" si="30"/>
         <v>10256.32004570961</v>
       </c>
-      <c r="J101" s="37">
-        <f t="shared" si="24"/>
+      <c r="J101" s="36">
+        <f t="shared" si="30"/>
         <v>16867.960150226951</v>
       </c>
-      <c r="K101" s="37">
-        <f t="shared" si="24"/>
+      <c r="K101" s="36">
+        <f t="shared" si="30"/>
         <v>11114.48</v>
       </c>
-      <c r="L101" s="37">
-        <f t="shared" si="24"/>
+      <c r="L101" s="36">
+        <f t="shared" si="30"/>
         <v>7540.5400000000009</v>
       </c>
-      <c r="M101" s="37">
-        <f t="shared" si="24"/>
+      <c r="M101" s="36">
+        <f t="shared" si="30"/>
         <v>33017.15</v>
       </c>
-      <c r="N101" s="37">
-        <f t="shared" si="24"/>
+      <c r="N101" s="36">
+        <f t="shared" si="30"/>
         <v>31003.427500000002</v>
       </c>
-      <c r="O101" s="37">
-        <f t="shared" si="24"/>
+      <c r="O101" s="36">
+        <f t="shared" si="30"/>
         <v>25310.98</v>
       </c>
-      <c r="P101" s="37">
-        <f t="shared" si="24"/>
+      <c r="P101" s="36">
+        <f t="shared" si="30"/>
         <v>19545.53</v>
       </c>
-      <c r="Q101" s="37">
-        <f t="shared" si="24"/>
+      <c r="Q101" s="36">
+        <f t="shared" si="30"/>
         <v>24024.14</v>
       </c>
-      <c r="R101" s="37">
-        <f t="shared" si="24"/>
+      <c r="R101" s="36">
+        <f t="shared" si="30"/>
         <v>35518.449999999997</v>
       </c>
-      <c r="S101" s="37">
-        <f t="shared" si="24"/>
+      <c r="S101" s="36">
+        <f t="shared" si="30"/>
         <v>22730.170000000006</v>
       </c>
-      <c r="T101" s="37">
-        <f t="shared" si="24"/>
+      <c r="T101" s="36">
+        <f t="shared" si="30"/>
         <v>42504.761038617638</v>
       </c>
-      <c r="U101" s="37">
+      <c r="U101" s="36">
         <f>SUM(U93:U100)</f>
         <v>32330.16</v>
       </c>
-      <c r="V101" s="37">
+      <c r="V101" s="36">
         <f>SUM(V93:V100)</f>
         <v>17545.29</v>
       </c>
-      <c r="W101" s="37">
-        <f t="shared" ref="W101:Z101" si="25">SUM(W93:W100)</f>
+      <c r="W101" s="36">
+        <f t="shared" ref="W101:Z101" si="31">SUM(W93:W100)</f>
         <v>0</v>
       </c>
-      <c r="X101" s="37">
-        <f t="shared" si="25"/>
+      <c r="X101" s="36">
+        <f t="shared" si="31"/>
         <v>0</v>
       </c>
-      <c r="Y101" s="37">
+      <c r="Y101" s="36">
         <f>SUM(Y93:Y100)</f>
-        <v>266534.90000000002</v>
-[...2 lines deleted...]
-        <f t="shared" si="25"/>
+        <v>49091.387017150038</v>
+      </c>
+      <c r="Z101" s="36">
+        <f t="shared" si="31"/>
         <v>34162.953347642666</v>
       </c>
-    </row>
-[...24 lines deleted...]
-      <c r="Z102" s="19"/>
+      <c r="AA101" s="37">
+        <f t="shared" ref="AA101" si="32">SUM(AA93:AA100)</f>
+        <v>33681.481345273445</v>
+      </c>
+    </row>
+    <row r="102" spans="2:27" s="17" customFormat="1">
+      <c r="C102" s="31"/>
+      <c r="D102" s="18"/>
+      <c r="E102" s="18"/>
+      <c r="F102" s="18"/>
+      <c r="G102" s="18"/>
+      <c r="H102" s="18"/>
+      <c r="I102" s="18"/>
+      <c r="J102" s="18"/>
+      <c r="K102" s="18"/>
+      <c r="L102" s="18"/>
+      <c r="M102" s="18"/>
+      <c r="N102" s="18"/>
+      <c r="O102" s="18"/>
+      <c r="P102" s="18"/>
+      <c r="Q102" s="18"/>
+      <c r="R102" s="18"/>
+      <c r="S102" s="18"/>
+      <c r="T102" s="18"/>
+      <c r="U102" s="18"/>
+      <c r="V102" s="18"/>
+      <c r="W102" s="18"/>
+      <c r="X102" s="18"/>
+      <c r="Y102" s="18"/>
+      <c r="Z102" s="18"/>
+      <c r="AA102" s="18"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B54:T62">
     <sortCondition ref="B54:B62"/>
   </sortState>
   <mergeCells count="12">
     <mergeCell ref="B53:C53"/>
     <mergeCell ref="B79:C79"/>
     <mergeCell ref="B80:C80"/>
     <mergeCell ref="B101:C101"/>
     <mergeCell ref="B85:C85"/>
     <mergeCell ref="B86:C86"/>
     <mergeCell ref="B87:C87"/>
     <mergeCell ref="B89:C89"/>
     <mergeCell ref="B84:C84"/>
     <mergeCell ref="B82:C82"/>
     <mergeCell ref="B69:C69"/>
     <mergeCell ref="B67:C67"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup fitToHeight="2" orientation="portrait" r:id="rId1"/>
+  <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <tabColor theme="7" tint="0.39997558519241921"/>
   </sheetPr>
-  <dimension ref="A1:Y54"/>
+  <dimension ref="A1:Z54"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A3" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="3.28515625" customWidth="1"/>
     <col min="2" max="2" width="65.140625" customWidth="1"/>
     <col min="3" max="21" width="12" customWidth="1"/>
     <col min="22" max="23" width="12" hidden="1" customWidth="1"/>
     <col min="24" max="24" width="12" customWidth="1"/>
-    <col min="25" max="25" width="12.28515625" bestFit="1" customWidth="1"/>
+    <col min="25" max="26" width="12.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-    <row r="4" spans="1:25" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:26">
+      <c r="A1" s="107" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2" spans="1:26" ht="15.75">
+      <c r="B2" s="57" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26">
       <c r="B4" s="1" t="s">
-        <v>11</v>
+        <v>102</v>
       </c>
       <c r="C4" s="10">
         <v>2000</v>
       </c>
       <c r="D4" s="10">
         <v>2001</v>
       </c>
       <c r="E4" s="10">
         <v>2002</v>
       </c>
       <c r="F4" s="10">
         <v>2003</v>
       </c>
       <c r="G4" s="10">
         <v>2004</v>
       </c>
       <c r="H4" s="10">
         <v>2005</v>
       </c>
       <c r="I4" s="10">
         <v>2006</v>
       </c>
       <c r="J4" s="10">
         <v>2007</v>
       </c>
@@ -18368,54 +18824,57 @@
       </c>
       <c r="R4" s="11">
         <v>2015</v>
       </c>
       <c r="S4" s="11">
         <v>2016</v>
       </c>
       <c r="T4" s="11">
         <v>2017</v>
       </c>
       <c r="U4" s="11">
         <v>2018</v>
       </c>
       <c r="V4" s="11">
         <v>2019</v>
       </c>
       <c r="W4" s="11">
         <v>2020</v>
       </c>
       <c r="X4">
         <v>2021</v>
       </c>
       <c r="Y4" s="11">
         <v>2022</v>
       </c>
-    </row>
-[...2 lines deleted...]
-        <v>10</v>
+      <c r="Z4" s="11">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" ht="26.45" customHeight="1">
+      <c r="B5" s="38" t="s">
+        <v>82</v>
       </c>
       <c r="C5" s="8">
         <f>'1-Waste Gen Recovery Data'!D79</f>
         <v>10461564.91</v>
       </c>
       <c r="D5" s="8">
         <f>'1-Waste Gen Recovery Data'!E79</f>
         <v>10520602.940000001</v>
       </c>
       <c r="E5" s="8">
         <f>'1-Waste Gen Recovery Data'!F79</f>
         <v>10920054.43</v>
       </c>
       <c r="F5" s="8">
         <f>'1-Waste Gen Recovery Data'!G79</f>
         <v>11320176.079999998</v>
       </c>
       <c r="G5" s="8">
         <f>'1-Waste Gen Recovery Data'!H79</f>
         <v>12752010</v>
       </c>
       <c r="H5" s="8">
         <f>'1-Waste Gen Recovery Data'!I79</f>
         <v>14753605.929333564</v>
       </c>
@@ -18453,60 +18912,64 @@
       </c>
       <c r="Q5" s="8">
         <f>'1-Waste Gen Recovery Data'!R79</f>
         <v>15765701.921346031</v>
       </c>
       <c r="R5" s="8">
         <f>'1-Waste Gen Recovery Data'!S79</f>
         <v>15992725.460388441</v>
       </c>
       <c r="S5" s="8">
         <f>'1-Waste Gen Recovery Data'!T79</f>
         <v>16914638.509204928</v>
       </c>
       <c r="T5" s="8">
         <f>'1-Waste Gen Recovery Data'!U79</f>
         <v>17153659.277757447</v>
       </c>
       <c r="U5" s="8">
         <f>'1-Waste Gen Recovery Data'!V79</f>
         <v>17859786.189907566</v>
       </c>
       <c r="V5" s="8"/>
       <c r="W5" s="8"/>
       <c r="X5" s="8">
         <f>'1-Waste Gen Recovery Data'!Y79</f>
-        <v>17477570.768499702</v>
+        <v>18779124.366806403</v>
       </c>
       <c r="Y5" s="8">
         <f>'1-Waste Gen Recovery Data'!Z79</f>
-        <v>18206464.189715616</v>
-[...4 lines deleted...]
-        <v>16</v>
+        <v>18291446.289715618</v>
+      </c>
+      <c r="Z5" s="8">
+        <f>'1-Waste Gen Recovery Data'!AA79</f>
+        <v>17292363.628156487</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26">
+      <c r="B6" s="38" t="s">
+        <v>89</v>
       </c>
       <c r="C6" s="3">
         <f>'1-Waste Gen Recovery Data'!D89</f>
         <v>5894143</v>
       </c>
       <c r="D6" s="3">
         <f>'1-Waste Gen Recovery Data'!E89</f>
         <v>5970452</v>
       </c>
       <c r="E6" s="3">
         <f>'1-Waste Gen Recovery Data'!F89</f>
         <v>6059698</v>
       </c>
       <c r="F6" s="3">
         <f>'1-Waste Gen Recovery Data'!G89</f>
         <v>6126917</v>
       </c>
       <c r="G6" s="3">
         <f>'1-Waste Gen Recovery Data'!H89</f>
         <v>6208532</v>
       </c>
       <c r="H6" s="3">
         <f>'1-Waste Gen Recovery Data'!I89</f>
         <v>6298797</v>
       </c>
@@ -18550,535 +19013,559 @@
         <f>'1-Waste Gen Recovery Data'!S89</f>
         <v>7061410</v>
       </c>
       <c r="S6" s="3">
         <f>'1-Waste Gen Recovery Data'!T89</f>
         <v>7183700</v>
       </c>
       <c r="T6" s="3">
         <f>'1-Waste Gen Recovery Data'!U89</f>
         <v>7310300</v>
       </c>
       <c r="U6" s="3">
         <f>'1-Waste Gen Recovery Data'!V89</f>
         <v>7427570</v>
       </c>
       <c r="V6" s="3"/>
       <c r="W6" s="3"/>
       <c r="X6" s="3">
         <f>'1-Waste Gen Recovery Data'!Y89</f>
         <v>7656200</v>
       </c>
       <c r="Y6" s="3">
         <f>'1-Waste Gen Recovery Data'!Z89</f>
         <v>7864400</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C7" s="25">
+      <c r="Z6" s="3">
+        <f>'1-Waste Gen Recovery Data'!AA89</f>
+        <v>7951150</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26">
+      <c r="B7" s="28" t="s">
+        <v>86</v>
+      </c>
+      <c r="C7" s="24">
         <f>'1-Waste Gen Recovery Data'!D85</f>
         <v>3.6111656317359428</v>
       </c>
-      <c r="D7" s="25">
+      <c r="D7" s="24">
         <f>'1-Waste Gen Recovery Data'!E85</f>
         <v>3.9122362677591362</v>
       </c>
-      <c r="E7" s="25">
+      <c r="E7" s="24">
         <f>'1-Waste Gen Recovery Data'!F85</f>
         <v>4.3727297192445187</v>
       </c>
-      <c r="F7" s="25">
+      <c r="F7" s="24">
         <f>'1-Waste Gen Recovery Data'!G85</f>
         <v>4.6488097800627743</v>
       </c>
-      <c r="G7" s="25">
+      <c r="G7" s="24">
         <f>'1-Waste Gen Recovery Data'!H85</f>
         <v>5.4948007959598932</v>
       </c>
-      <c r="H7" s="25">
+      <c r="H7" s="24">
         <f>'1-Waste Gen Recovery Data'!I85</f>
         <v>6.1391865817783229</v>
       </c>
-      <c r="I7" s="25">
+      <c r="I7" s="24">
         <f>'1-Waste Gen Recovery Data'!J85</f>
         <v>6.5456582931247818</v>
       </c>
-      <c r="J7" s="25">
+      <c r="J7" s="24">
         <f>'1-Waste Gen Recovery Data'!K85</f>
         <v>6.1123756271240399</v>
       </c>
-      <c r="K7" s="25">
+      <c r="K7" s="24">
         <f>'1-Waste Gen Recovery Data'!L85</f>
         <v>5.6352850064572051</v>
       </c>
-      <c r="L7" s="25">
+      <c r="L7" s="24">
         <f>'1-Waste Gen Recovery Data'!M85</f>
         <v>6.0968645295364343</v>
       </c>
-      <c r="M7" s="25">
+      <c r="M7" s="24">
         <f>'1-Waste Gen Recovery Data'!N85</f>
         <v>6.7014000587747091</v>
       </c>
-      <c r="N7" s="25">
+      <c r="N7" s="24">
         <f>'1-Waste Gen Recovery Data'!O85</f>
         <v>6.6729169182403565</v>
       </c>
-      <c r="O7" s="25">
+      <c r="O7" s="24">
         <f>'1-Waste Gen Recovery Data'!P85</f>
         <v>6.302720352400609</v>
       </c>
-      <c r="P7" s="25">
+      <c r="P7" s="24">
         <f>'1-Waste Gen Recovery Data'!Q85</f>
         <v>6.2137806897562013</v>
       </c>
-      <c r="Q7" s="25">
+      <c r="Q7" s="24">
         <f>'1-Waste Gen Recovery Data'!R85</f>
         <v>5.991103964381626</v>
       </c>
-      <c r="R7" s="25">
+      <c r="R7" s="24">
         <f>'1-Waste Gen Recovery Data'!S85</f>
         <v>5.8367581098279562</v>
       </c>
-      <c r="S7" s="25">
+      <c r="S7" s="24">
         <f>'1-Waste Gen Recovery Data'!T85</f>
         <v>6.1366441792062565</v>
       </c>
-      <c r="T7" s="25">
+      <c r="T7" s="24">
         <f>'1-Waste Gen Recovery Data'!U85</f>
         <v>6.2414046660434979</v>
       </c>
-      <c r="U7" s="25">
+      <c r="U7" s="24">
         <f>'1-Waste Gen Recovery Data'!V85</f>
         <v>6.4009757942793453</v>
       </c>
-      <c r="V7" s="25"/>
-[...1 lines deleted...]
-      <c r="X7" s="25">
+      <c r="V7" s="24"/>
+      <c r="W7" s="24"/>
+      <c r="X7" s="24">
         <f>'1-Waste Gen Recovery Data'!Y85</f>
-        <v>6.1426831852184662</v>
-[...1 lines deleted...]
-      <c r="Y7" s="25">
+        <v>6.1711279552237501</v>
+      </c>
+      <c r="Y7" s="24">
         <f>'1-Waste Gen Recovery Data'!Z85</f>
-        <v>5.3905204138456631</v>
-[...6 lines deleted...]
-      <c r="C8" s="25">
+        <v>5.4497309502458657</v>
+      </c>
+      <c r="Z7" s="24">
+        <f>'1-Waste Gen Recovery Data'!AA85</f>
+        <v>5.1955291989081536</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26">
+      <c r="B8" s="28" t="s">
+        <v>103</v>
+      </c>
+      <c r="C8" s="24">
         <f>'1-Waste Gen Recovery Data'!D86</f>
         <v>6.1143607666676507</v>
       </c>
-      <c r="D8" s="25">
+      <c r="D8" s="24">
         <f>'1-Waste Gen Recovery Data'!E86</f>
         <v>5.7431699556323714</v>
       </c>
-      <c r="E8" s="25">
+      <c r="E8" s="24">
         <f>'1-Waste Gen Recovery Data'!F86</f>
         <v>5.501675685931037</v>
       </c>
-      <c r="F8" s="25">
+      <c r="F8" s="24">
         <f>'1-Waste Gen Recovery Data'!G86</f>
         <v>5.4751011660446691</v>
       </c>
-      <c r="G8" s="25">
+      <c r="G8" s="24">
         <f>'1-Waste Gen Recovery Data'!H86</f>
         <v>5.7597159557070512</v>
       </c>
-      <c r="H8" s="25">
+      <c r="H8" s="24">
         <f>'1-Waste Gen Recovery Data'!I86</f>
         <v>6.6952763045657546</v>
       </c>
-      <c r="I8" s="25">
+      <c r="I8" s="24">
         <f>'1-Waste Gen Recovery Data'!J86</f>
         <v>6.6235217126240116</v>
       </c>
-      <c r="J8" s="25">
+      <c r="J8" s="24">
         <f>'1-Waste Gen Recovery Data'!K86</f>
         <v>6.7870811939575155</v>
       </c>
-      <c r="K8" s="25">
+      <c r="K8" s="24">
         <f>'1-Waste Gen Recovery Data'!L86</f>
         <v>6.2329120066111301</v>
       </c>
-      <c r="L8" s="25">
+      <c r="L8" s="24">
         <f>'1-Waste Gen Recovery Data'!M86</f>
         <v>5.0313870487172965</v>
       </c>
-      <c r="M8" s="25">
+      <c r="M8" s="24">
         <f>'1-Waste Gen Recovery Data'!N86</f>
         <v>5.7389866227443944</v>
       </c>
-      <c r="N8" s="25">
+      <c r="N8" s="24">
         <f>'1-Waste Gen Recovery Data'!O86</f>
         <v>5.1133023072048207</v>
       </c>
-      <c r="O8" s="25">
+      <c r="O8" s="24">
         <f>'1-Waste Gen Recovery Data'!P86</f>
         <v>5.7348360703086909</v>
       </c>
-      <c r="P8" s="25">
+      <c r="P8" s="24">
         <f>'1-Waste Gen Recovery Data'!Q86</f>
         <v>5.9867133159984025</v>
       </c>
-      <c r="Q8" s="25">
+      <c r="Q8" s="24">
         <f>'1-Waste Gen Recovery Data'!R86</f>
         <v>6.4063271815573284</v>
       </c>
-      <c r="R8" s="25">
+      <c r="R8" s="24">
         <f>'1-Waste Gen Recovery Data'!S86</f>
         <v>6.5731391183021328</v>
       </c>
-      <c r="S8" s="25">
+      <c r="S8" s="24">
         <f>'1-Waste Gen Recovery Data'!T86</f>
         <v>6.7651962004545689</v>
       </c>
-      <c r="T8" s="25">
+      <c r="T8" s="24">
         <f>'1-Waste Gen Recovery Data'!U86</f>
         <v>6.6161598082945083</v>
       </c>
-      <c r="U8" s="25">
+      <c r="U8" s="24">
         <f>'1-Waste Gen Recovery Data'!V86</f>
         <v>6.7745098809118423</v>
       </c>
-      <c r="V8" s="25"/>
-[...1 lines deleted...]
-      <c r="X8" s="25">
+      <c r="V8" s="24"/>
+      <c r="W8" s="24"/>
+      <c r="X8" s="24">
         <f>'1-Waste Gen Recovery Data'!Y86</f>
-        <v>6.3658081107602635</v>
-[...1 lines deleted...]
-      <c r="Y8" s="25">
+        <v>7.2688699025828898</v>
+      </c>
+      <c r="Y8" s="24">
         <f>'1-Waste Gen Recovery Data'!Z86</f>
         <v>7.2946745933869401</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C9" s="25">
+      <c r="Z8" s="24">
+        <f>'1-Waste Gen Recovery Data'!AA86</f>
+        <v>6.7213227551558612</v>
+      </c>
+    </row>
+    <row r="9" spans="1:26">
+      <c r="B9" s="28" t="s">
+        <v>88</v>
+      </c>
+      <c r="C9" s="24">
         <f>'1-Waste Gen Recovery Data'!D87</f>
         <v>9.7255263984035931</v>
       </c>
-      <c r="D9" s="25">
+      <c r="D9" s="24">
         <f>'1-Waste Gen Recovery Data'!E87</f>
         <v>9.6554062233915072</v>
       </c>
-      <c r="E9" s="25">
+      <c r="E9" s="24">
         <f>'1-Waste Gen Recovery Data'!F87</f>
         <v>9.8744054051755548</v>
       </c>
-      <c r="F9" s="25">
+      <c r="F9" s="24">
         <f>'1-Waste Gen Recovery Data'!G87</f>
         <v>10.123910946107443</v>
       </c>
-      <c r="G9" s="25">
+      <c r="G9" s="24">
         <f>'1-Waste Gen Recovery Data'!H87</f>
         <v>11.254516751666944</v>
       </c>
-      <c r="H9" s="25">
+      <c r="H9" s="24">
         <f>'1-Waste Gen Recovery Data'!I87</f>
         <v>12.834462886344078</v>
       </c>
-      <c r="I9" s="25">
+      <c r="I9" s="24">
         <f>'1-Waste Gen Recovery Data'!J87</f>
         <v>13.169180005748792</v>
       </c>
-      <c r="J9" s="25">
+      <c r="J9" s="24">
         <f>'1-Waste Gen Recovery Data'!K87</f>
         <v>12.899456821081555</v>
       </c>
-      <c r="K9" s="25">
+      <c r="K9" s="24">
         <f>'1-Waste Gen Recovery Data'!L87</f>
         <v>11.868197013068336</v>
       </c>
-      <c r="L9" s="25">
+      <c r="L9" s="24">
         <f>'1-Waste Gen Recovery Data'!M87</f>
         <v>11.128251578253732</v>
       </c>
-      <c r="M9" s="25">
+      <c r="M9" s="24">
         <f>'1-Waste Gen Recovery Data'!N87</f>
         <v>12.440386681519104</v>
       </c>
-      <c r="N9" s="25">
+      <c r="N9" s="24">
         <f>'1-Waste Gen Recovery Data'!O87</f>
         <v>11.786219225445176</v>
       </c>
-      <c r="O9" s="25">
+      <c r="O9" s="24">
         <f>'1-Waste Gen Recovery Data'!P87</f>
         <v>12.037556422709301</v>
       </c>
-      <c r="P9" s="25">
+      <c r="P9" s="24">
         <f>'1-Waste Gen Recovery Data'!Q87</f>
         <v>12.200494005754603</v>
       </c>
-      <c r="Q9" s="25">
+      <c r="Q9" s="24">
         <f>'1-Waste Gen Recovery Data'!R87</f>
         <v>12.397431145938954</v>
       </c>
-      <c r="R9" s="25">
+      <c r="R9" s="24">
         <f>'1-Waste Gen Recovery Data'!S87</f>
         <v>12.409897228130088</v>
       </c>
-      <c r="S9" s="25">
+      <c r="S9" s="24">
         <f>'1-Waste Gen Recovery Data'!T87</f>
         <v>12.901840379660825</v>
       </c>
-      <c r="T9" s="25">
+      <c r="T9" s="24">
         <f>'1-Waste Gen Recovery Data'!U87</f>
         <v>12.857564474338005</v>
       </c>
-      <c r="U9" s="25">
+      <c r="U9" s="24">
         <f>'1-Waste Gen Recovery Data'!V87</f>
         <v>13.175485675191187</v>
       </c>
-      <c r="V9" s="25"/>
-[...1 lines deleted...]
-      <c r="X9" s="25">
+      <c r="V9" s="24"/>
+      <c r="W9" s="24"/>
+      <c r="X9" s="24">
         <f>'1-Waste Gen Recovery Data'!Y87</f>
-        <v>12.508491295978729</v>
-[...1 lines deleted...]
-      <c r="Y9" s="25">
+        <v>13.43999785780664</v>
+      </c>
+      <c r="Y9" s="24">
         <f>'1-Waste Gen Recovery Data'!Z87</f>
-        <v>12.685195007232604</v>
-[...32 lines deleted...]
-      <c r="D11" s="84">
+        <v>12.744405543632805</v>
+      </c>
+      <c r="Z9" s="24">
+        <f>'1-Waste Gen Recovery Data'!AA87</f>
+        <v>11.916851954064015</v>
+      </c>
+    </row>
+    <row r="10" spans="1:26">
+      <c r="B10" s="28"/>
+      <c r="C10" s="24"/>
+      <c r="D10" s="24"/>
+      <c r="E10" s="24"/>
+      <c r="F10" s="24"/>
+      <c r="G10" s="24"/>
+      <c r="H10" s="24"/>
+      <c r="I10" s="24"/>
+      <c r="J10" s="24"/>
+      <c r="K10" s="24"/>
+      <c r="L10" s="24"/>
+      <c r="M10" s="24"/>
+      <c r="N10" s="24"/>
+      <c r="O10" s="24"/>
+      <c r="P10" s="24"/>
+      <c r="Q10" s="24"/>
+      <c r="R10" s="24"/>
+      <c r="S10" s="24"/>
+      <c r="T10" s="24"/>
+      <c r="U10" s="24"/>
+      <c r="V10" s="24"/>
+      <c r="W10" s="24"/>
+      <c r="X10" s="24"/>
+    </row>
+    <row r="11" spans="1:26" s="58" customFormat="1">
+      <c r="B11" s="59" t="s">
+        <v>104</v>
+      </c>
+      <c r="C11" s="60"/>
+      <c r="D11" s="83">
         <f t="shared" ref="D11:R11" si="0">(D6-$C$6)/$C$6</f>
         <v>1.2946581038159407E-2</v>
       </c>
-      <c r="E11" s="84">
+      <c r="E11" s="83">
         <f t="shared" si="0"/>
         <v>2.8088052834822637E-2</v>
       </c>
-      <c r="F11" s="84">
+      <c r="F11" s="83">
         <f t="shared" si="0"/>
         <v>3.9492424937772976E-2</v>
       </c>
-      <c r="G11" s="84">
+      <c r="G11" s="83">
         <f t="shared" si="0"/>
         <v>5.3339221664625375E-2</v>
       </c>
-      <c r="H11" s="84">
+      <c r="H11" s="83">
         <f t="shared" si="0"/>
         <v>6.8653576949184975E-2</v>
       </c>
-      <c r="I11" s="84">
+      <c r="I11" s="83">
         <f t="shared" si="0"/>
         <v>8.925402726062126E-2</v>
       </c>
-      <c r="J11" s="84">
+      <c r="J11" s="83">
         <f t="shared" si="0"/>
         <v>0.1070516952167601</v>
       </c>
-      <c r="K11" s="84">
+      <c r="K11" s="83">
         <f t="shared" si="0"/>
         <v>0.12115264254701659</v>
       </c>
-      <c r="L11" s="84">
+      <c r="L11" s="83">
         <f t="shared" si="0"/>
         <v>0.13201579941307837</v>
       </c>
-      <c r="M11" s="84">
+      <c r="M11" s="83">
         <f t="shared" si="0"/>
         <v>0.14088511256004477</v>
       </c>
-      <c r="N11" s="84">
+      <c r="N11" s="83">
         <f t="shared" si="0"/>
         <v>0.14824156794295626</v>
       </c>
-      <c r="O11" s="84">
+      <c r="O11" s="83">
         <f t="shared" si="0"/>
         <v>0.15670250959299767</v>
       </c>
-      <c r="P11" s="84">
+      <c r="P11" s="83">
         <f t="shared" si="0"/>
         <v>0.16766763208832905</v>
       </c>
-      <c r="Q11" s="84">
+      <c r="Q11" s="83">
         <f t="shared" si="0"/>
         <v>0.1822193659027275</v>
       </c>
-      <c r="R11" s="84">
+      <c r="R11" s="83">
         <f t="shared" si="0"/>
         <v>0.19803845953516908</v>
       </c>
-      <c r="S11" s="84">
+      <c r="S11" s="83">
         <f>(S6-$C$6)/$C$6</f>
         <v>0.21878617468222267</v>
       </c>
-      <c r="T11" s="84">
+      <c r="T11" s="83">
         <f>(T6-$C$6)/$C$6</f>
         <v>0.24026512420889687</v>
       </c>
-      <c r="U11" s="84">
+      <c r="U11" s="83">
         <f>(U6-$C$6)/$C$6</f>
         <v>0.26016114641263371</v>
       </c>
-      <c r="V11" s="84"/>
-[...1 lines deleted...]
-      <c r="X11" s="84">
+      <c r="V11" s="83"/>
+      <c r="W11" s="83"/>
+      <c r="X11" s="83">
         <f>(X6-$C$6)/$C$6</f>
         <v>0.29895050052229816</v>
       </c>
-      <c r="Y11" s="62">
+      <c r="Y11" s="61">
         <f>(Y6-$C$6)/$C$6</f>
         <v>0.33427370187659172</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="D12" s="85">
+      <c r="Z11" s="61">
+        <f>(Z6-$C$6)/$C$6</f>
+        <v>0.34899170244088074</v>
+      </c>
+    </row>
+    <row r="12" spans="1:26" s="58" customFormat="1">
+      <c r="B12" s="62" t="s">
+        <v>105</v>
+      </c>
+      <c r="C12" s="63"/>
+      <c r="D12" s="84">
         <f t="shared" ref="D12:R12" si="1">(D5-$C$5)/$C$5</f>
         <v>5.6433268356981588E-3</v>
       </c>
-      <c r="E12" s="85">
+      <c r="E12" s="84">
         <f t="shared" si="1"/>
         <v>4.3826093318193593E-2</v>
       </c>
-      <c r="F12" s="85">
+      <c r="F12" s="84">
         <f t="shared" si="1"/>
         <v>8.2072919050501597E-2</v>
       </c>
-      <c r="G12" s="85">
+      <c r="G12" s="84">
         <f t="shared" si="1"/>
         <v>0.21893905067783972</v>
       </c>
-      <c r="H12" s="85">
+      <c r="H12" s="84">
         <f t="shared" si="1"/>
         <v>0.41026758962522786</v>
       </c>
-      <c r="I12" s="85">
+      <c r="I12" s="84">
         <f t="shared" si="1"/>
         <v>0.47494148587541024</v>
       </c>
-      <c r="J12" s="85">
+      <c r="J12" s="84">
         <f t="shared" si="1"/>
         <v>0.46833857172993759</v>
       </c>
-      <c r="K12" s="85">
+      <c r="K12" s="84">
         <f t="shared" si="1"/>
         <v>0.36815838016277536</v>
       </c>
-      <c r="L12" s="85">
+      <c r="L12" s="84">
         <f t="shared" si="1"/>
         <v>0.29528789397914262</v>
       </c>
-      <c r="M12" s="85">
+      <c r="M12" s="84">
         <f t="shared" si="1"/>
         <v>0.45936079735130192</v>
       </c>
-      <c r="N12" s="85">
+      <c r="N12" s="84">
         <f t="shared" si="1"/>
         <v>0.39153669314660888</v>
       </c>
-      <c r="O12" s="85">
+      <c r="O12" s="84">
         <f t="shared" si="1"/>
         <v>0.43168309386324866</v>
       </c>
-      <c r="P12" s="85">
+      <c r="P12" s="84">
         <f t="shared" si="1"/>
         <v>0.46481757001305074</v>
       </c>
-      <c r="Q12" s="85">
+      <c r="Q12" s="84">
         <f t="shared" si="1"/>
         <v>0.50701181486489777</v>
       </c>
-      <c r="R12" s="85">
+      <c r="R12" s="84">
         <f t="shared" si="1"/>
         <v>0.52871253946924468</v>
       </c>
-      <c r="S12" s="85">
+      <c r="S12" s="84">
         <f>(S5-$C$5)/$C$5</f>
         <v>0.61683635810896364</v>
       </c>
-      <c r="T12" s="85">
+      <c r="T12" s="84">
         <f>(T5-$C$5)/$C$5</f>
         <v>0.63968387381132708</v>
       </c>
-      <c r="U12" s="85">
+      <c r="U12" s="84">
         <f>(U5-$C$5)/$C$5</f>
         <v>0.7071811285934626</v>
       </c>
-      <c r="V12" s="85"/>
-[...1 lines deleted...]
-      <c r="X12" s="85">
+      <c r="V12" s="84"/>
+      <c r="W12" s="84"/>
+      <c r="X12" s="84">
         <f>(X5-$C$5)/$C$5</f>
-        <v>0.67064592332579642</v>
-[...1 lines deleted...]
-      <c r="Y12" s="65">
+        <v>0.79505882039271336</v>
+      </c>
+      <c r="Y12" s="64">
         <f>(Y5-$C$5)/$C$5</f>
-        <v>0.74031938303154077</v>
-[...11 lines deleted...]
-    <row r="53" spans="2:25" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+        <v>0.74844265146519251</v>
+      </c>
+      <c r="Z12" s="64">
+        <f>(Z5-$C$5)/$C$5</f>
+        <v>0.65294234437402987</v>
+      </c>
+    </row>
+    <row r="13" spans="1:26">
+      <c r="B13" s="19"/>
+      <c r="Q13" s="19"/>
+    </row>
+    <row r="52" spans="2:26" ht="15.75">
+      <c r="B52" s="57" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="53" spans="2:26" ht="13.5" thickBot="1">
       <c r="C53" s="10">
         <v>2000</v>
       </c>
       <c r="D53" s="10">
         <v>2001</v>
       </c>
       <c r="E53" s="10">
         <v>2002</v>
       </c>
       <c r="F53" s="10">
         <v>2003</v>
       </c>
       <c r="G53" s="10">
         <v>2004</v>
       </c>
       <c r="H53" s="10">
         <v>2005</v>
       </c>
       <c r="I53" s="10">
         <v>2006</v>
       </c>
       <c r="J53" s="10">
         <v>2007</v>
       </c>
       <c r="K53" s="10">
@@ -19100,1964 +19587,1987 @@
         <v>2013</v>
       </c>
       <c r="Q53" s="11">
         <v>2014</v>
       </c>
       <c r="R53" s="11">
         <v>2015</v>
       </c>
       <c r="S53" s="11">
         <v>2016</v>
       </c>
       <c r="T53" s="11">
         <v>2017</v>
       </c>
       <c r="U53" s="11">
         <v>2018</v>
       </c>
       <c r="V53" s="11"/>
       <c r="W53" s="11"/>
       <c r="X53" s="11">
         <v>2021</v>
       </c>
       <c r="Y53" s="11">
         <v>2022</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C54" s="40">
+      <c r="Z53" s="11">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="54" spans="2:26" ht="13.5" thickBot="1">
+      <c r="B54" s="117" t="s">
+        <v>107</v>
+      </c>
+      <c r="C54" s="39">
         <f>'1-Waste Gen Recovery Data'!D82</f>
         <v>0.37130798722922609</v>
       </c>
-      <c r="D54" s="40">
+      <c r="D54" s="39">
         <f>'1-Waste Gen Recovery Data'!E82</f>
         <v>0.40518608717686289</v>
       </c>
-      <c r="E54" s="40">
+      <c r="E54" s="39">
         <f>'1-Waste Gen Recovery Data'!F82</f>
         <v>0.44283473685945718</v>
       </c>
-      <c r="F54" s="40">
+      <c r="F54" s="39">
         <f>'1-Waste Gen Recovery Data'!G82</f>
         <v>0.45919109767062916</v>
       </c>
-      <c r="G54" s="40">
+      <c r="G54" s="39">
         <f>'1-Waste Gen Recovery Data'!H82</f>
         <v>0.48823071813776808</v>
       </c>
-      <c r="H54" s="40">
+      <c r="H54" s="39">
         <f>'1-Waste Gen Recovery Data'!I82</f>
         <v>0.47833607344101975</v>
       </c>
-      <c r="I54" s="40">
+      <c r="I54" s="39">
         <f>'1-Waste Gen Recovery Data'!J82</f>
         <v>0.49704372559775029</v>
       </c>
-      <c r="J54" s="40">
+      <c r="J54" s="39">
         <f>'1-Waste Gen Recovery Data'!K82</f>
         <v>0.4738475202408986</v>
       </c>
-      <c r="K54" s="40">
+      <c r="K54" s="39">
         <f>'1-Waste Gen Recovery Data'!L82</f>
         <v>0.47482233402867075</v>
       </c>
-      <c r="L54" s="40">
+      <c r="L54" s="39">
         <f>'1-Waste Gen Recovery Data'!M82</f>
         <v>0.5478726362954105</v>
       </c>
-      <c r="M54" s="40">
+      <c r="M54" s="39">
         <f>'1-Waste Gen Recovery Data'!N82</f>
         <v>0.53868100970928967</v>
       </c>
-      <c r="N54" s="40">
+      <c r="N54" s="39">
         <f>'1-Waste Gen Recovery Data'!O82</f>
         <v>0.5661626337166924</v>
       </c>
-      <c r="O54" s="40">
+      <c r="O54" s="39">
         <f>'1-Waste Gen Recovery Data'!P82</f>
         <v>0.52358802161128737</v>
       </c>
-      <c r="P54" s="40">
+      <c r="P54" s="39">
         <f>'1-Waste Gen Recovery Data'!Q82</f>
         <v>0.50930566310063752</v>
       </c>
-      <c r="Q54" s="40">
+      <c r="Q54" s="39">
         <f>'1-Waste Gen Recovery Data'!R82</f>
         <v>0.48325365907308476</v>
       </c>
-      <c r="R54" s="40">
+      <c r="R54" s="39">
         <f>'1-Waste Gen Recovery Data'!S82</f>
         <v>0.4703308981961194</v>
       </c>
-      <c r="S54" s="40">
+      <c r="S54" s="39">
         <f>'1-Waste Gen Recovery Data'!T82</f>
         <v>0.47564099373608759</v>
       </c>
-      <c r="T54" s="40">
+      <c r="T54" s="39">
         <f>'1-Waste Gen Recovery Data'!U82</f>
         <v>0.48542666680773905</v>
       </c>
-      <c r="U54" s="40">
+      <c r="U54" s="39">
         <f>'1-Waste Gen Recovery Data'!V82</f>
         <v>0.48582465588589857</v>
       </c>
-      <c r="V54" s="40">
+      <c r="V54" s="39">
         <f>'1-Waste Gen Recovery Data'!W82</f>
         <v>0</v>
       </c>
-      <c r="W54" s="40">
+      <c r="W54" s="39">
         <f>'1-Waste Gen Recovery Data'!X82</f>
         <v>0</v>
       </c>
-      <c r="X54" s="40">
+      <c r="X54" s="39">
         <f>'1-Waste Gen Recovery Data'!Y82</f>
-        <v>0.49108106164595855</v>
-[...1 lines deleted...]
-      <c r="Y54" s="41">
+        <v>0.45916137937769402</v>
+      </c>
+      <c r="Y54" s="39">
         <f>'1-Waste Gen Recovery Data'!Z82</f>
-        <v>0.42494580578163743</v>
+        <v>0.42761750884242605</v>
+      </c>
+      <c r="Z54" s="40">
+        <f>'1-Waste Gen Recovery Data'!AA82</f>
+        <v>0.43598168534235404</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
+  <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:R111"/>
   <sheetViews>
-    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0"/>
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="B3" sqref="B3"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="2.42578125" style="2" customWidth="1"/>
-    <col min="2" max="2" width="41.140625" style="42" customWidth="1"/>
-    <col min="3" max="3" width="119.85546875" style="30" customWidth="1"/>
+    <col min="2" max="2" width="41.140625" style="41" customWidth="1"/>
+    <col min="3" max="3" width="119.85546875" style="29" customWidth="1"/>
     <col min="4" max="4" width="9" style="2" customWidth="1"/>
     <col min="5" max="16384" width="9" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" x14ac:dyDescent="0.2">
-      <c r="A1" s="109" t="s">
+    <row r="1" spans="1:18">
+      <c r="A1" s="107" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="2" spans="1:18" s="1" customFormat="1" ht="15.75">
+      <c r="B2" s="46" t="s">
+        <v>109</v>
+      </c>
+      <c r="C2" s="30"/>
+    </row>
+    <row r="3" spans="1:18" s="1" customFormat="1">
+      <c r="B3" s="47" t="s">
+        <v>110</v>
+      </c>
+      <c r="C3" s="100"/>
+    </row>
+    <row r="4" spans="1:18" s="1" customFormat="1">
+      <c r="B4" s="42"/>
+      <c r="C4" s="30"/>
+    </row>
+    <row r="5" spans="1:18" ht="205.15" customHeight="1">
+      <c r="B5" s="139" t="s">
+        <v>111</v>
+      </c>
+      <c r="C5" s="140"/>
+      <c r="D5" s="44"/>
+      <c r="E5" s="44"/>
+      <c r="F5" s="44"/>
+      <c r="G5" s="44"/>
+      <c r="H5" s="44"/>
+      <c r="I5" s="44"/>
+      <c r="J5" s="44"/>
+      <c r="K5" s="44"/>
+      <c r="L5" s="44"/>
+      <c r="M5" s="44"/>
+      <c r="N5" s="44"/>
+      <c r="O5" s="44"/>
+      <c r="P5" s="44"/>
+      <c r="Q5" s="44"/>
+      <c r="R5" s="44"/>
+    </row>
+    <row r="6" spans="1:18">
+      <c r="B6" s="42"/>
+      <c r="C6" s="43"/>
+      <c r="D6" s="43"/>
+      <c r="E6" s="43"/>
+      <c r="F6" s="43"/>
+      <c r="G6" s="43"/>
+      <c r="H6" s="43"/>
+      <c r="I6" s="43"/>
+      <c r="J6" s="43"/>
+      <c r="K6" s="43"/>
+      <c r="L6" s="43"/>
+      <c r="M6" s="43"/>
+      <c r="N6" s="43"/>
+      <c r="O6" s="43"/>
+      <c r="P6" s="43"/>
+      <c r="Q6" s="43"/>
+      <c r="R6" s="43"/>
+    </row>
+    <row r="7" spans="1:18" s="1" customFormat="1">
+      <c r="B7" s="141" t="s">
+        <v>112</v>
+      </c>
+      <c r="C7" s="141"/>
+    </row>
+    <row r="8" spans="1:18" s="15" customFormat="1" ht="25.5">
+      <c r="B8" s="101" t="s">
+        <v>33</v>
+      </c>
+      <c r="C8" s="101" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="9" spans="1:18" s="19" customFormat="1">
+      <c r="B9" s="101" t="s">
+        <v>33</v>
+      </c>
+      <c r="C9" s="101" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="10" spans="1:18" s="19" customFormat="1" ht="25.5">
+      <c r="B10" s="101" t="s">
+        <v>115</v>
+      </c>
+      <c r="C10" s="101" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="11" spans="1:18" ht="38.25">
+      <c r="B11" s="101" t="s">
+        <v>117</v>
+      </c>
+      <c r="C11" s="101" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="12" spans="1:18" s="15" customFormat="1">
+      <c r="B12" s="101" t="s">
+        <v>17</v>
+      </c>
+      <c r="C12" s="101" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="13" spans="1:18" s="15" customFormat="1" ht="38.25">
+      <c r="B13" s="101" t="s">
+        <v>120</v>
+      </c>
+      <c r="C13" s="101" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="14" spans="1:18">
+      <c r="B14" s="101" t="s">
+        <v>23</v>
+      </c>
+      <c r="C14" s="101" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="15" spans="1:18">
+      <c r="B15" s="101" t="s">
+        <v>18</v>
+      </c>
+      <c r="C15" s="101" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="16" spans="1:18">
+      <c r="B16" s="101" t="s">
+        <v>5</v>
+      </c>
+      <c r="C16" s="101" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" s="15" customFormat="1">
+      <c r="B17" s="101" t="s">
+        <v>6</v>
+      </c>
+      <c r="C17" s="101" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" s="15" customFormat="1">
+      <c r="B18" s="101" t="s">
+        <v>24</v>
+      </c>
+      <c r="C18" s="101" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" s="15" customFormat="1" ht="38.25">
+      <c r="B19" s="101" t="s">
+        <v>127</v>
+      </c>
+      <c r="C19" s="101" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" s="19" customFormat="1">
+      <c r="B20" s="101" t="s">
+        <v>48</v>
+      </c>
+      <c r="C20" s="101" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4">
+      <c r="B21" s="101" t="s">
+        <v>7</v>
+      </c>
+      <c r="C21" s="101" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4">
+      <c r="B22" s="101" t="s">
+        <v>47</v>
+      </c>
+      <c r="C22" s="101" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" ht="25.5">
+      <c r="B23" s="101" t="s">
+        <v>47</v>
+      </c>
+      <c r="C23" s="101" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" ht="25.5">
+      <c r="B24" s="101" t="s">
+        <v>133</v>
+      </c>
+      <c r="C24" s="101" t="s">
+        <v>134</v>
+      </c>
+      <c r="D24" s="78"/>
+    </row>
+    <row r="25" spans="2:4" s="15" customFormat="1">
+      <c r="B25" s="101" t="s">
+        <v>135</v>
+      </c>
+      <c r="C25" s="101" t="s">
+        <v>136</v>
+      </c>
+      <c r="D25" s="78"/>
+    </row>
+    <row r="26" spans="2:4">
+      <c r="B26" s="101" t="s">
+        <v>137</v>
+      </c>
+      <c r="C26" s="101" t="s">
+        <v>138</v>
+      </c>
+      <c r="D26" s="79"/>
+    </row>
+    <row r="27" spans="2:4" s="19" customFormat="1" ht="25.5">
+      <c r="B27" s="101" t="s">
+        <v>139</v>
+      </c>
+      <c r="C27" s="101" t="s">
+        <v>140</v>
+      </c>
+      <c r="D27" s="29"/>
+    </row>
+    <row r="28" spans="2:4" ht="25.5">
+      <c r="B28" s="101" t="s">
+        <v>141</v>
+      </c>
+      <c r="C28" s="101" t="s">
+        <v>142</v>
+      </c>
+      <c r="D28" s="29"/>
+    </row>
+    <row r="29" spans="2:4">
+      <c r="B29" s="101" t="s">
+        <v>143</v>
+      </c>
+      <c r="C29" s="101" t="s">
+        <v>144</v>
+      </c>
+      <c r="D29" s="78"/>
+    </row>
+    <row r="30" spans="2:4">
+      <c r="B30" s="101" t="s">
+        <v>145</v>
+      </c>
+      <c r="C30" s="101" t="s">
+        <v>146</v>
+      </c>
+      <c r="D30" s="78"/>
+    </row>
+    <row r="31" spans="2:4">
+      <c r="B31" s="101" t="s">
+        <v>147</v>
+      </c>
+      <c r="C31" s="101" t="s">
+        <v>148</v>
+      </c>
+      <c r="D31" s="78"/>
+    </row>
+    <row r="32" spans="2:4">
+      <c r="B32" s="101" t="s">
+        <v>95</v>
+      </c>
+      <c r="C32" s="101" t="s">
+        <v>130</v>
+      </c>
+      <c r="D32" s="29"/>
+    </row>
+    <row r="33" spans="1:14" ht="38.25">
+      <c r="B33" s="101" t="s">
+        <v>149</v>
+      </c>
+      <c r="C33" s="101" t="s">
+        <v>150</v>
+      </c>
+      <c r="D33" s="29"/>
+    </row>
+    <row r="34" spans="1:14" ht="38.25">
+      <c r="B34" s="101" t="s">
+        <v>151</v>
+      </c>
+      <c r="C34" s="101" t="s">
+        <v>152</v>
+      </c>
+      <c r="D34" s="29"/>
+    </row>
+    <row r="35" spans="1:14" ht="25.5">
+      <c r="B35" s="101" t="s">
+        <v>8</v>
+      </c>
+      <c r="C35" s="101" t="s">
+        <v>153</v>
+      </c>
+      <c r="D35" s="29"/>
+    </row>
+    <row r="36" spans="1:14" s="19" customFormat="1" ht="25.5">
+      <c r="B36" s="101" t="s">
+        <v>8</v>
+      </c>
+      <c r="C36" s="101" t="s">
+        <v>154</v>
+      </c>
+      <c r="D36" s="29"/>
+    </row>
+    <row r="37" spans="1:14">
+      <c r="B37" s="101" t="s">
+        <v>91</v>
+      </c>
+      <c r="C37" s="101" t="s">
+        <v>155</v>
+      </c>
+      <c r="D37" s="29"/>
+      <c r="E37" s="29"/>
+      <c r="F37" s="29"/>
+      <c r="G37" s="29"/>
+      <c r="H37" s="29"/>
+      <c r="I37" s="29"/>
+      <c r="J37" s="29"/>
+      <c r="K37" s="29"/>
+      <c r="L37" s="29"/>
+      <c r="M37" s="29"/>
+      <c r="N37" s="29"/>
+    </row>
+    <row r="38" spans="1:14">
+      <c r="B38" s="102" t="s">
+        <v>14</v>
+      </c>
+      <c r="C38" s="101" t="s">
+        <v>156</v>
+      </c>
+      <c r="D38" s="29"/>
+      <c r="E38" s="29"/>
+      <c r="F38" s="29"/>
+      <c r="G38" s="29"/>
+      <c r="H38" s="29"/>
+      <c r="I38" s="29"/>
+      <c r="J38" s="29"/>
+      <c r="K38" s="29"/>
+      <c r="L38" s="29"/>
+      <c r="M38" s="29"/>
+      <c r="N38" s="29"/>
+    </row>
+    <row r="39" spans="1:14">
+      <c r="B39" s="101" t="s">
+        <v>14</v>
+      </c>
+      <c r="C39" s="101" t="s">
+        <v>157</v>
+      </c>
+      <c r="D39" s="29"/>
+      <c r="E39" s="29"/>
+      <c r="F39" s="29"/>
+      <c r="G39" s="29"/>
+      <c r="H39" s="29"/>
+      <c r="I39" s="29"/>
+      <c r="J39" s="29"/>
+      <c r="K39" s="29"/>
+      <c r="L39" s="29"/>
+      <c r="M39" s="29"/>
+      <c r="N39" s="29"/>
+    </row>
+    <row r="40" spans="1:14">
+      <c r="B40" s="101" t="s">
+        <v>75</v>
+      </c>
+      <c r="C40" s="101" t="s">
+        <v>158</v>
+      </c>
+      <c r="D40" s="29"/>
+      <c r="E40" s="29"/>
+      <c r="F40" s="29"/>
+      <c r="G40" s="29"/>
+      <c r="H40" s="29"/>
+      <c r="I40" s="29"/>
+      <c r="J40" s="29"/>
+      <c r="K40" s="29"/>
+      <c r="L40" s="29"/>
+      <c r="M40" s="29"/>
+      <c r="N40" s="29"/>
+    </row>
+    <row r="41" spans="1:14" ht="25.5">
+      <c r="B41" s="101" t="s">
+        <v>25</v>
+      </c>
+      <c r="C41" s="101" t="s">
+        <v>159</v>
+      </c>
+      <c r="D41" s="29"/>
+      <c r="E41" s="29"/>
+      <c r="F41" s="29"/>
+      <c r="G41" s="29"/>
+      <c r="H41" s="29"/>
+      <c r="I41" s="29"/>
+      <c r="J41" s="29"/>
+      <c r="K41" s="29"/>
+      <c r="L41" s="29"/>
+      <c r="M41" s="29"/>
+      <c r="N41" s="29"/>
+    </row>
+    <row r="42" spans="1:14" s="1" customFormat="1" ht="25.5">
+      <c r="A42" s="2"/>
+      <c r="B42" s="102" t="s">
+        <v>34</v>
+      </c>
+      <c r="C42" s="101" t="s">
+        <v>160</v>
+      </c>
+      <c r="D42" s="29"/>
+      <c r="E42" s="29"/>
+      <c r="F42" s="29"/>
+      <c r="G42" s="29"/>
+      <c r="H42" s="29"/>
+      <c r="I42" s="29"/>
+      <c r="J42" s="29"/>
+      <c r="K42" s="29"/>
+      <c r="L42" s="29"/>
+      <c r="M42" s="29"/>
+      <c r="N42" s="29"/>
+    </row>
+    <row r="43" spans="1:14" s="1" customFormat="1" ht="38.25">
+      <c r="A43" s="2"/>
+      <c r="B43" s="101" t="s">
+        <v>66</v>
+      </c>
+      <c r="C43" s="101" t="s">
+        <v>161</v>
+      </c>
+      <c r="D43" s="45"/>
+      <c r="E43" s="45"/>
+      <c r="F43" s="45"/>
+      <c r="G43" s="45"/>
+      <c r="H43" s="45"/>
+      <c r="I43" s="45"/>
+      <c r="J43" s="45"/>
+      <c r="K43" s="45"/>
+      <c r="L43" s="45"/>
+      <c r="M43" s="45"/>
+      <c r="N43" s="45"/>
+    </row>
+    <row r="44" spans="1:14" ht="25.5">
+      <c r="B44" s="101" t="s">
+        <v>67</v>
+      </c>
+      <c r="C44" s="101" t="s">
+        <v>162</v>
+      </c>
+      <c r="D44" s="29"/>
+      <c r="E44" s="29"/>
+      <c r="F44" s="29"/>
+      <c r="G44" s="29"/>
+      <c r="H44" s="29"/>
+      <c r="I44" s="29"/>
+      <c r="J44" s="29"/>
+      <c r="K44" s="29"/>
+      <c r="L44" s="29"/>
+      <c r="M44" s="29"/>
+      <c r="N44" s="29"/>
+    </row>
+    <row r="45" spans="1:14">
+      <c r="B45" s="101" t="s">
+        <v>93</v>
+      </c>
+      <c r="C45" s="101" t="s">
+        <v>163</v>
+      </c>
+      <c r="D45" s="29"/>
+      <c r="E45" s="29"/>
+      <c r="F45" s="29"/>
+      <c r="G45" s="29"/>
+      <c r="H45" s="29"/>
+      <c r="I45" s="29"/>
+      <c r="J45" s="29"/>
+      <c r="K45" s="29"/>
+      <c r="L45" s="29"/>
+      <c r="M45" s="29"/>
+      <c r="N45" s="29"/>
+    </row>
+    <row r="46" spans="1:14" ht="51">
+      <c r="B46" s="101" t="s">
+        <v>35</v>
+      </c>
+      <c r="C46" s="101" t="s">
+        <v>164</v>
+      </c>
+      <c r="D46" s="29"/>
+      <c r="E46" s="29"/>
+      <c r="F46" s="29"/>
+      <c r="G46" s="29"/>
+      <c r="H46" s="29"/>
+      <c r="I46" s="29"/>
+      <c r="J46" s="29"/>
+      <c r="K46" s="29"/>
+      <c r="L46" s="29"/>
+      <c r="M46" s="29"/>
+      <c r="N46" s="29"/>
+    </row>
+    <row r="47" spans="1:14">
+      <c r="B47" s="101" t="s">
+        <v>35</v>
+      </c>
+      <c r="C47" s="101" t="s">
+        <v>165</v>
+      </c>
+      <c r="D47" s="29"/>
+      <c r="E47" s="29"/>
+      <c r="F47" s="29"/>
+      <c r="G47" s="29"/>
+      <c r="H47" s="29"/>
+      <c r="I47" s="29"/>
+      <c r="J47" s="29"/>
+      <c r="K47" s="29"/>
+      <c r="L47" s="29"/>
+      <c r="M47" s="29"/>
+      <c r="N47" s="29"/>
+    </row>
+    <row r="48" spans="1:14">
+      <c r="B48" s="101" t="s">
+        <v>13</v>
+      </c>
+      <c r="C48" s="101" t="s">
+        <v>136</v>
+      </c>
+      <c r="D48" s="29"/>
+      <c r="E48" s="29"/>
+      <c r="F48" s="29"/>
+      <c r="G48" s="29"/>
+      <c r="H48" s="29"/>
+      <c r="I48" s="29"/>
+      <c r="J48" s="29"/>
+      <c r="K48" s="29"/>
+      <c r="L48" s="29"/>
+      <c r="M48" s="29"/>
+      <c r="N48" s="29"/>
+    </row>
+    <row r="49" spans="1:14">
+      <c r="B49" s="101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" s="101" t="s">
+        <v>166</v>
+      </c>
+      <c r="D49" s="29"/>
+      <c r="E49" s="29"/>
+      <c r="F49" s="29"/>
+      <c r="G49" s="29"/>
+      <c r="H49" s="29"/>
+      <c r="I49" s="29"/>
+      <c r="J49" s="29"/>
+      <c r="K49" s="29"/>
+      <c r="L49" s="29"/>
+      <c r="M49" s="29"/>
+      <c r="N49" s="29"/>
+    </row>
+    <row r="50" spans="1:14">
+      <c r="B50" s="101" t="s">
+        <v>56</v>
+      </c>
+      <c r="C50" s="101" t="s">
+        <v>167</v>
+      </c>
+      <c r="D50" s="29"/>
+      <c r="E50" s="29"/>
+      <c r="F50" s="29"/>
+      <c r="G50" s="29"/>
+      <c r="H50" s="29"/>
+      <c r="I50" s="29"/>
+      <c r="J50" s="29"/>
+      <c r="K50" s="29"/>
+      <c r="L50" s="29"/>
+      <c r="M50" s="29"/>
+      <c r="N50" s="29"/>
+    </row>
+    <row r="51" spans="1:14">
+      <c r="B51" s="101" t="s">
+        <v>49</v>
+      </c>
+      <c r="C51" s="101" t="s">
+        <v>168</v>
+      </c>
+      <c r="D51" s="29"/>
+      <c r="E51" s="29"/>
+      <c r="F51" s="29"/>
+      <c r="G51" s="29"/>
+      <c r="H51" s="29"/>
+      <c r="I51" s="29"/>
+      <c r="J51" s="29"/>
+      <c r="K51" s="29"/>
+      <c r="L51" s="29"/>
+      <c r="M51" s="29"/>
+      <c r="N51" s="29"/>
+    </row>
+    <row r="52" spans="1:14">
+      <c r="B52" s="101" t="s">
+        <v>26</v>
+      </c>
+      <c r="C52" s="101" t="s">
+        <v>169</v>
+      </c>
+      <c r="D52" s="29"/>
+      <c r="E52" s="29"/>
+      <c r="F52" s="29"/>
+      <c r="G52" s="29"/>
+      <c r="H52" s="29"/>
+      <c r="I52" s="29"/>
+      <c r="J52" s="29"/>
+      <c r="K52" s="29"/>
+      <c r="L52" s="29"/>
+      <c r="M52" s="29"/>
+      <c r="N52" s="29"/>
+    </row>
+    <row r="53" spans="1:14" ht="13.15" customHeight="1">
+      <c r="B53" s="101" t="s">
+        <v>36</v>
+      </c>
+      <c r="C53" s="101" t="s">
+        <v>170</v>
+      </c>
+      <c r="D53" s="29"/>
+      <c r="E53" s="29"/>
+      <c r="F53" s="29"/>
+      <c r="G53" s="29"/>
+      <c r="H53" s="29"/>
+      <c r="I53" s="29"/>
+      <c r="J53" s="29"/>
+      <c r="K53" s="29"/>
+      <c r="L53" s="29"/>
+      <c r="M53" s="29"/>
+      <c r="N53" s="29"/>
+    </row>
+    <row r="54" spans="1:14">
+      <c r="B54" s="101" t="s">
+        <v>171</v>
+      </c>
+      <c r="C54" s="101" t="s">
+        <v>172</v>
+      </c>
+      <c r="D54" s="29"/>
+      <c r="E54" s="29"/>
+      <c r="F54" s="29"/>
+      <c r="G54" s="29"/>
+      <c r="H54" s="29"/>
+      <c r="I54" s="29"/>
+      <c r="J54" s="29"/>
+      <c r="K54" s="29"/>
+      <c r="L54" s="29"/>
+      <c r="M54" s="29"/>
+      <c r="N54" s="29"/>
+    </row>
+    <row r="55" spans="1:14" ht="25.5">
+      <c r="B55" s="101" t="s">
+        <v>10</v>
+      </c>
+      <c r="C55" s="101" t="s">
+        <v>173</v>
+      </c>
+      <c r="D55" s="29"/>
+      <c r="E55" s="29"/>
+      <c r="F55" s="29"/>
+      <c r="G55" s="29"/>
+      <c r="H55" s="29"/>
+      <c r="I55" s="29"/>
+      <c r="J55" s="29"/>
+      <c r="K55" s="29"/>
+      <c r="L55" s="29"/>
+      <c r="M55" s="29"/>
+      <c r="N55" s="29"/>
+    </row>
+    <row r="56" spans="1:14">
+      <c r="B56" s="101" t="s">
+        <v>61</v>
+      </c>
+      <c r="C56" s="101" t="s">
+        <v>174</v>
+      </c>
+      <c r="D56" s="29"/>
+      <c r="E56" s="29"/>
+      <c r="F56" s="29"/>
+      <c r="G56" s="29"/>
+      <c r="H56" s="29"/>
+      <c r="I56" s="29"/>
+      <c r="J56" s="29"/>
+      <c r="K56" s="29"/>
+      <c r="L56" s="29"/>
+      <c r="M56" s="29"/>
+      <c r="N56" s="29"/>
+    </row>
+    <row r="57" spans="1:14">
+      <c r="B57" s="101" t="s">
+        <v>57</v>
+      </c>
+      <c r="C57" s="101" t="s">
+        <v>175</v>
+      </c>
+      <c r="D57" s="29"/>
+      <c r="E57" s="29"/>
+      <c r="F57" s="29"/>
+      <c r="G57" s="29"/>
+      <c r="H57" s="29"/>
+      <c r="I57" s="29"/>
+      <c r="J57" s="29"/>
+      <c r="K57" s="29"/>
+      <c r="L57" s="29"/>
+      <c r="M57" s="29"/>
+      <c r="N57" s="29"/>
+    </row>
+    <row r="58" spans="1:14" s="1" customFormat="1" ht="25.5">
+      <c r="A58" s="2"/>
+      <c r="B58" s="101" t="s">
+        <v>27</v>
+      </c>
+      <c r="C58" s="101" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="59" spans="1:14" s="1" customFormat="1">
+      <c r="A59" s="2"/>
+      <c r="B59" s="101" t="s">
+        <v>177</v>
+      </c>
+      <c r="C59" s="101" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="60" spans="1:14">
+      <c r="B60" s="101" t="s">
+        <v>59</v>
+      </c>
+      <c r="C60" s="101" t="s">
+        <v>179</v>
+      </c>
+      <c r="D60" s="29"/>
+      <c r="E60" s="29"/>
+      <c r="F60" s="29"/>
+      <c r="G60" s="29"/>
+      <c r="H60" s="29"/>
+      <c r="I60" s="29"/>
+      <c r="J60" s="29"/>
+      <c r="K60" s="29"/>
+      <c r="L60" s="29"/>
+      <c r="M60" s="29"/>
+      <c r="N60" s="29"/>
+    </row>
+    <row r="61" spans="1:14">
+      <c r="B61" s="101" t="s">
+        <v>42</v>
+      </c>
+      <c r="C61" s="101" t="s">
+        <v>180</v>
+      </c>
+      <c r="D61" s="29"/>
+      <c r="E61" s="29"/>
+      <c r="F61" s="29"/>
+      <c r="G61" s="29"/>
+      <c r="H61" s="29"/>
+      <c r="I61" s="29"/>
+      <c r="J61" s="29"/>
+      <c r="K61" s="29"/>
+      <c r="L61" s="29"/>
+      <c r="M61" s="29"/>
+      <c r="N61" s="29"/>
+    </row>
+    <row r="62" spans="1:14" ht="25.5">
+      <c r="B62" s="101" t="s">
+        <v>37</v>
+      </c>
+      <c r="C62" s="101" t="s">
+        <v>181</v>
+      </c>
+      <c r="D62" s="29"/>
+      <c r="E62" s="29"/>
+      <c r="F62" s="29"/>
+      <c r="G62" s="29"/>
+      <c r="H62" s="29"/>
+      <c r="I62" s="29"/>
+      <c r="J62" s="29"/>
+      <c r="K62" s="29"/>
+      <c r="L62" s="29"/>
+      <c r="M62" s="29"/>
+      <c r="N62" s="29"/>
+    </row>
+    <row r="63" spans="1:14">
+      <c r="B63" s="101" t="s">
+        <v>16</v>
+      </c>
+      <c r="C63" s="101" t="s">
+        <v>182</v>
+      </c>
+      <c r="D63" s="29"/>
+      <c r="E63" s="29"/>
+      <c r="F63" s="29"/>
+      <c r="G63" s="29"/>
+      <c r="H63" s="29"/>
+      <c r="I63" s="29"/>
+      <c r="J63" s="29"/>
+      <c r="K63" s="29"/>
+      <c r="L63" s="29"/>
+      <c r="M63" s="29"/>
+      <c r="N63" s="29"/>
+    </row>
+    <row r="64" spans="1:14">
+      <c r="B64" s="101" t="s">
+        <v>43</v>
+      </c>
+      <c r="C64" s="101" t="s">
+        <v>183</v>
+      </c>
+      <c r="D64" s="29"/>
+      <c r="E64" s="29"/>
+      <c r="F64" s="29"/>
+      <c r="G64" s="29"/>
+      <c r="H64" s="29"/>
+      <c r="I64" s="29"/>
+      <c r="J64" s="29"/>
+      <c r="K64" s="29"/>
+      <c r="L64" s="29"/>
+      <c r="M64" s="29"/>
+      <c r="N64" s="29"/>
+    </row>
+    <row r="65" spans="2:14" ht="12" customHeight="1">
+      <c r="B65" s="101" t="s">
+        <v>50</v>
+      </c>
+      <c r="C65" s="101" t="s">
+        <v>184</v>
+      </c>
+      <c r="D65" s="29"/>
+      <c r="E65" s="29"/>
+      <c r="F65" s="29"/>
+      <c r="G65" s="29"/>
+      <c r="H65" s="29"/>
+      <c r="I65" s="29"/>
+      <c r="J65" s="29"/>
+      <c r="K65" s="29"/>
+      <c r="L65" s="29"/>
+      <c r="M65" s="29"/>
+      <c r="N65" s="29"/>
+    </row>
+    <row r="66" spans="2:14">
+      <c r="B66" s="101" t="s">
+        <v>54</v>
+      </c>
+      <c r="C66" s="101" t="s">
+        <v>130</v>
+      </c>
+      <c r="D66" s="29"/>
+      <c r="E66" s="29"/>
+      <c r="F66" s="29"/>
+      <c r="G66" s="29"/>
+      <c r="H66" s="29"/>
+      <c r="I66" s="29"/>
+      <c r="J66" s="29"/>
+      <c r="K66" s="29"/>
+      <c r="L66" s="29"/>
+      <c r="M66" s="29"/>
+      <c r="N66" s="29"/>
+    </row>
+    <row r="67" spans="2:14">
+      <c r="B67" s="101" t="s">
+        <v>22</v>
+      </c>
+      <c r="C67" s="101" t="s">
+        <v>185</v>
+      </c>
+      <c r="D67" s="29"/>
+      <c r="E67" s="29"/>
+      <c r="F67" s="29"/>
+      <c r="G67" s="29"/>
+      <c r="H67" s="29"/>
+      <c r="I67" s="29"/>
+      <c r="J67" s="29"/>
+      <c r="K67" s="29"/>
+      <c r="L67" s="29"/>
+      <c r="M67" s="29"/>
+      <c r="N67" s="29"/>
+    </row>
+    <row r="68" spans="2:14">
+      <c r="B68" s="101" t="s">
+        <v>76</v>
+      </c>
+      <c r="C68" s="101" t="s">
+        <v>186</v>
+      </c>
+      <c r="D68" s="29"/>
+      <c r="E68" s="29"/>
+      <c r="F68" s="29"/>
+      <c r="G68" s="29"/>
+      <c r="H68" s="29"/>
+      <c r="I68" s="29"/>
+      <c r="J68" s="29"/>
+      <c r="K68" s="29"/>
+      <c r="L68" s="29"/>
+      <c r="M68" s="29"/>
+      <c r="N68" s="29"/>
+    </row>
+    <row r="69" spans="2:14" ht="25.5">
+      <c r="B69" s="101" t="s">
+        <v>51</v>
+      </c>
+      <c r="C69" s="101" t="s">
+        <v>187</v>
+      </c>
+      <c r="D69" s="29"/>
+      <c r="E69" s="29"/>
+      <c r="F69" s="29"/>
+      <c r="G69" s="29"/>
+      <c r="H69" s="29"/>
+      <c r="I69" s="29"/>
+      <c r="J69" s="29"/>
+      <c r="K69" s="29"/>
+      <c r="L69" s="29"/>
+      <c r="M69" s="29"/>
+      <c r="N69" s="29"/>
+    </row>
+    <row r="70" spans="2:14" ht="25.5">
+      <c r="B70" s="101" t="s">
+        <v>188</v>
+      </c>
+      <c r="C70" s="101" t="s">
+        <v>189</v>
+      </c>
+      <c r="D70" s="29"/>
+      <c r="E70" s="29"/>
+      <c r="F70" s="29"/>
+      <c r="G70" s="29"/>
+      <c r="H70" s="29"/>
+      <c r="I70" s="29"/>
+      <c r="J70" s="29"/>
+      <c r="K70" s="29"/>
+      <c r="L70" s="29"/>
+      <c r="M70" s="29"/>
+      <c r="N70" s="29"/>
+    </row>
+    <row r="71" spans="2:14">
+      <c r="B71" s="101" t="s">
+        <v>28</v>
+      </c>
+      <c r="C71" s="101" t="s">
+        <v>130</v>
+      </c>
+      <c r="D71" s="29"/>
+      <c r="E71" s="29"/>
+      <c r="F71" s="29"/>
+      <c r="G71" s="29"/>
+      <c r="H71" s="29"/>
+      <c r="I71" s="29"/>
+      <c r="J71" s="29"/>
+      <c r="K71" s="29"/>
+      <c r="L71" s="29"/>
+      <c r="M71" s="29"/>
+      <c r="N71" s="29"/>
+    </row>
+    <row r="72" spans="2:14" ht="25.5">
+      <c r="B72" s="101" t="s">
+        <v>190</v>
+      </c>
+      <c r="C72" s="101" t="s">
+        <v>191</v>
+      </c>
+      <c r="D72" s="29"/>
+      <c r="E72" s="29"/>
+      <c r="F72" s="29"/>
+      <c r="G72" s="29"/>
+      <c r="H72" s="29"/>
+      <c r="I72" s="29"/>
+      <c r="J72" s="29"/>
+      <c r="K72" s="29"/>
+      <c r="L72" s="29"/>
+      <c r="M72" s="29"/>
+      <c r="N72" s="29"/>
+    </row>
+    <row r="73" spans="2:14" ht="13.15" customHeight="1">
+      <c r="B73" s="101" t="s">
+        <v>41</v>
+      </c>
+      <c r="C73" s="101" t="s">
+        <v>192</v>
+      </c>
+      <c r="D73" s="29"/>
+      <c r="E73" s="29"/>
+      <c r="F73" s="29"/>
+      <c r="G73" s="29"/>
+      <c r="H73" s="29"/>
+      <c r="I73" s="29"/>
+      <c r="J73" s="29"/>
+      <c r="K73" s="29"/>
+      <c r="L73" s="29"/>
+      <c r="M73" s="29"/>
+      <c r="N73" s="29"/>
+    </row>
+    <row r="74" spans="2:14">
+      <c r="B74" s="101" t="s">
+        <v>29</v>
+      </c>
+      <c r="C74" s="101" t="s">
+        <v>193</v>
+      </c>
+      <c r="D74" s="29"/>
+      <c r="E74" s="29"/>
+      <c r="F74" s="29"/>
+      <c r="G74" s="29"/>
+      <c r="H74" s="29"/>
+      <c r="I74" s="29"/>
+      <c r="J74" s="29"/>
+      <c r="K74" s="29"/>
+      <c r="L74" s="29"/>
+      <c r="M74" s="29"/>
+      <c r="N74" s="29"/>
+    </row>
+    <row r="75" spans="2:14" ht="25.5">
+      <c r="B75" s="101" t="s">
+        <v>19</v>
+      </c>
+      <c r="C75" s="101" t="s">
+        <v>194</v>
+      </c>
+      <c r="D75" s="29"/>
+      <c r="E75" s="29"/>
+      <c r="F75" s="29"/>
+      <c r="G75" s="29"/>
+      <c r="H75" s="29"/>
+      <c r="I75" s="29"/>
+      <c r="J75" s="29"/>
+      <c r="K75" s="29"/>
+      <c r="L75" s="29"/>
+      <c r="M75" s="29"/>
+      <c r="N75" s="29"/>
+    </row>
+    <row r="76" spans="2:14">
+      <c r="B76" s="101" t="s">
+        <v>65</v>
+      </c>
+      <c r="C76" s="101" t="s">
+        <v>195</v>
+      </c>
+      <c r="D76" s="29"/>
+      <c r="E76" s="29"/>
+      <c r="F76" s="29"/>
+      <c r="G76" s="29"/>
+      <c r="H76" s="29"/>
+      <c r="I76" s="29"/>
+      <c r="J76" s="29"/>
+      <c r="K76" s="29"/>
+      <c r="L76" s="29"/>
+      <c r="M76" s="29"/>
+      <c r="N76" s="29"/>
+    </row>
+    <row r="77" spans="2:14">
+      <c r="B77" s="101" t="s">
+        <v>15</v>
+      </c>
+      <c r="C77" s="101" t="s">
+        <v>196</v>
+      </c>
+      <c r="D77" s="29"/>
+      <c r="E77" s="29"/>
+      <c r="F77" s="29"/>
+      <c r="G77" s="29"/>
+      <c r="H77" s="29"/>
+      <c r="I77" s="29"/>
+      <c r="J77" s="29"/>
+      <c r="K77" s="29"/>
+      <c r="L77" s="29"/>
+      <c r="M77" s="29"/>
+      <c r="N77" s="29"/>
+    </row>
+    <row r="78" spans="2:14">
+      <c r="B78" s="101" t="s">
+        <v>72</v>
+      </c>
+      <c r="C78" s="101" t="s">
+        <v>197</v>
+      </c>
+      <c r="D78" s="29"/>
+      <c r="E78" s="29"/>
+      <c r="F78" s="29"/>
+      <c r="G78" s="29"/>
+      <c r="H78" s="29"/>
+      <c r="I78" s="29"/>
+      <c r="J78" s="29"/>
+      <c r="K78" s="29"/>
+      <c r="L78" s="29"/>
+      <c r="M78" s="29"/>
+      <c r="N78" s="29"/>
+    </row>
+    <row r="79" spans="2:14">
+      <c r="B79" s="101" t="s">
+        <v>20</v>
+      </c>
+      <c r="C79" s="101" t="s">
+        <v>198</v>
+      </c>
+      <c r="D79" s="29"/>
+      <c r="E79" s="29"/>
+      <c r="F79" s="29"/>
+      <c r="G79" s="29"/>
+      <c r="H79" s="29"/>
+      <c r="I79" s="29"/>
+      <c r="J79" s="29"/>
+      <c r="K79" s="29"/>
+      <c r="L79" s="29"/>
+      <c r="M79" s="29"/>
+      <c r="N79" s="29"/>
+    </row>
+    <row r="80" spans="2:14" ht="25.5">
+      <c r="B80" s="101" t="s">
+        <v>77</v>
+      </c>
+      <c r="C80" s="101" t="s">
+        <v>199</v>
+      </c>
+      <c r="D80" s="29"/>
+      <c r="E80" s="29"/>
+      <c r="F80" s="29"/>
+      <c r="G80" s="29"/>
+      <c r="H80" s="29"/>
+      <c r="I80" s="29"/>
+      <c r="J80" s="29"/>
+      <c r="K80" s="29"/>
+      <c r="L80" s="29"/>
+      <c r="M80" s="29"/>
+      <c r="N80" s="29"/>
+    </row>
+    <row r="81" spans="2:14" ht="38.25">
+      <c r="B81" s="101" t="s">
+        <v>38</v>
+      </c>
+      <c r="C81" s="101" t="s">
+        <v>200</v>
+      </c>
+      <c r="D81" s="29"/>
+      <c r="E81" s="29"/>
+      <c r="F81" s="29"/>
+      <c r="G81" s="29"/>
+      <c r="H81" s="29"/>
+      <c r="I81" s="29"/>
+      <c r="J81" s="29"/>
+      <c r="K81" s="29"/>
+      <c r="L81" s="29"/>
+      <c r="M81" s="29"/>
+      <c r="N81" s="29"/>
+    </row>
+    <row r="82" spans="2:14" ht="25.5">
+      <c r="B82" s="101" t="s">
+        <v>68</v>
+      </c>
+      <c r="C82" s="101" t="s">
+        <v>201</v>
+      </c>
+      <c r="D82" s="29"/>
+      <c r="E82" s="29"/>
+      <c r="F82" s="29"/>
+      <c r="G82" s="29"/>
+      <c r="H82" s="29"/>
+      <c r="I82" s="29"/>
+      <c r="J82" s="29"/>
+      <c r="K82" s="29"/>
+      <c r="L82" s="29"/>
+      <c r="M82" s="29"/>
+      <c r="N82" s="29"/>
+    </row>
+    <row r="83" spans="2:14">
+      <c r="B83" s="101" t="s">
+        <v>69</v>
+      </c>
+      <c r="C83" s="101" t="s">
+        <v>202</v>
+      </c>
+      <c r="D83" s="29"/>
+      <c r="E83" s="29"/>
+      <c r="F83" s="29"/>
+      <c r="G83" s="29"/>
+      <c r="H83" s="29"/>
+      <c r="I83" s="29"/>
+      <c r="J83" s="29"/>
+      <c r="K83" s="29"/>
+      <c r="L83" s="29"/>
+      <c r="M83" s="29"/>
+      <c r="N83" s="29"/>
+    </row>
+    <row r="84" spans="2:14">
+      <c r="B84" s="101" t="s">
+        <v>52</v>
+      </c>
+      <c r="C84" s="101" t="s">
+        <v>203</v>
+      </c>
+      <c r="D84" s="29"/>
+      <c r="E84" s="29"/>
+      <c r="F84" s="29"/>
+      <c r="G84" s="29"/>
+      <c r="H84" s="29"/>
+      <c r="I84" s="29"/>
+      <c r="J84" s="29"/>
+      <c r="K84" s="29"/>
+      <c r="L84" s="29"/>
+      <c r="M84" s="29"/>
+      <c r="N84" s="29"/>
+    </row>
+    <row r="85" spans="2:14">
+      <c r="B85" s="101" t="s">
+        <v>58</v>
+      </c>
+      <c r="C85" s="101" t="s">
+        <v>204</v>
+      </c>
+      <c r="D85" s="29"/>
+      <c r="E85" s="29"/>
+      <c r="F85" s="29"/>
+      <c r="G85" s="29"/>
+      <c r="H85" s="29"/>
+      <c r="I85" s="29"/>
+      <c r="J85" s="29"/>
+      <c r="K85" s="29"/>
+      <c r="L85" s="29"/>
+      <c r="M85" s="29"/>
+      <c r="N85" s="29"/>
+    </row>
+    <row r="86" spans="2:14">
+      <c r="B86" s="101" t="s">
+        <v>58</v>
+      </c>
+      <c r="C86" s="101" t="s">
+        <v>205</v>
+      </c>
+      <c r="D86" s="29"/>
+      <c r="E86" s="29"/>
+      <c r="F86" s="29"/>
+      <c r="G86" s="29"/>
+      <c r="H86" s="29"/>
+      <c r="I86" s="29"/>
+      <c r="J86" s="29"/>
+      <c r="K86" s="29"/>
+      <c r="L86" s="29"/>
+      <c r="M86" s="29"/>
+      <c r="N86" s="29"/>
+    </row>
+    <row r="87" spans="2:14" ht="38.25">
+      <c r="B87" s="103" t="s">
+        <v>206</v>
+      </c>
+      <c r="C87" s="101" t="s">
+        <v>207</v>
+      </c>
+      <c r="D87" s="29"/>
+      <c r="E87" s="29"/>
+      <c r="F87" s="29"/>
+      <c r="G87" s="29"/>
+      <c r="H87" s="29"/>
+      <c r="I87" s="29"/>
+      <c r="J87" s="29"/>
+      <c r="K87" s="29"/>
+      <c r="L87" s="29"/>
+      <c r="M87" s="29"/>
+      <c r="N87" s="29"/>
+    </row>
+    <row r="88" spans="2:14" ht="25.5">
+      <c r="B88" s="104" t="s">
+        <v>208</v>
+      </c>
+      <c r="C88" s="101" t="s">
+        <v>209</v>
+      </c>
+      <c r="D88" s="29"/>
+      <c r="E88" s="29"/>
+      <c r="F88" s="29"/>
+      <c r="G88" s="29"/>
+      <c r="H88" s="29"/>
+      <c r="I88" s="29"/>
+      <c r="J88" s="29"/>
+      <c r="K88" s="29"/>
+      <c r="L88" s="29"/>
+      <c r="M88" s="29"/>
+      <c r="N88" s="29"/>
+    </row>
+    <row r="89" spans="2:14">
+      <c r="B89" s="101" t="s">
+        <v>210</v>
+      </c>
+      <c r="C89" s="101" t="s">
+        <v>211</v>
+      </c>
+      <c r="D89" s="29"/>
+      <c r="E89" s="29"/>
+      <c r="F89" s="29"/>
+      <c r="G89" s="29"/>
+      <c r="H89" s="29"/>
+      <c r="I89" s="29"/>
+      <c r="J89" s="29"/>
+      <c r="K89" s="29"/>
+      <c r="L89" s="29"/>
+      <c r="M89" s="29"/>
+      <c r="N89" s="29"/>
+    </row>
+    <row r="90" spans="2:14">
+      <c r="B90" s="101" t="s">
+        <v>212</v>
+      </c>
+      <c r="C90" s="101" t="s">
+        <v>213</v>
+      </c>
+      <c r="D90" s="29"/>
+      <c r="E90" s="29"/>
+      <c r="F90" s="29"/>
+      <c r="G90" s="29"/>
+      <c r="H90" s="29"/>
+      <c r="I90" s="29"/>
+      <c r="J90" s="29"/>
+      <c r="K90" s="29"/>
+      <c r="L90" s="29"/>
+      <c r="M90" s="29"/>
+      <c r="N90" s="29"/>
+    </row>
+    <row r="91" spans="2:14">
+      <c r="B91" s="101" t="s">
+        <v>55</v>
+      </c>
+      <c r="C91" s="101" t="s">
+        <v>214</v>
+      </c>
+      <c r="D91" s="29"/>
+      <c r="E91" s="29"/>
+      <c r="F91" s="29"/>
+      <c r="G91" s="29"/>
+      <c r="H91" s="29"/>
+      <c r="I91" s="29"/>
+      <c r="J91" s="29"/>
+      <c r="K91" s="29"/>
+      <c r="L91" s="29"/>
+      <c r="M91" s="29"/>
+      <c r="N91" s="29"/>
+    </row>
+    <row r="92" spans="2:14" ht="38.25">
+      <c r="B92" s="105" t="s">
+        <v>89</v>
+      </c>
+      <c r="C92" s="101" t="s">
+        <v>215</v>
+      </c>
+      <c r="D92" s="29"/>
+      <c r="E92" s="29"/>
+      <c r="F92" s="29"/>
+      <c r="G92" s="29"/>
+      <c r="H92" s="29"/>
+      <c r="I92" s="29"/>
+      <c r="J92" s="29"/>
+      <c r="K92" s="29"/>
+      <c r="L92" s="29"/>
+      <c r="M92" s="29"/>
+      <c r="N92" s="29"/>
+    </row>
+    <row r="93" spans="2:14" ht="25.5">
+      <c r="B93" s="105" t="s">
+        <v>216</v>
+      </c>
+      <c r="C93" s="101" t="s">
+        <v>217</v>
+      </c>
+      <c r="D93" s="29"/>
+      <c r="E93" s="29"/>
+      <c r="F93" s="29"/>
+      <c r="G93" s="29"/>
+      <c r="H93" s="29"/>
+      <c r="I93" s="29"/>
+      <c r="J93" s="29"/>
+      <c r="K93" s="29"/>
+      <c r="L93" s="29"/>
+      <c r="M93" s="29"/>
+      <c r="N93" s="29"/>
+    </row>
+    <row r="94" spans="2:14" ht="25.5">
+      <c r="B94" s="105" t="s">
+        <v>218</v>
+      </c>
+      <c r="C94" s="101" t="s">
+        <v>219</v>
+      </c>
+      <c r="D94" s="29"/>
+      <c r="E94" s="29"/>
+      <c r="F94" s="29"/>
+      <c r="G94" s="29"/>
+      <c r="H94" s="29"/>
+      <c r="I94" s="29"/>
+      <c r="J94" s="29"/>
+      <c r="K94" s="29"/>
+      <c r="L94" s="29"/>
+      <c r="M94" s="29"/>
+      <c r="N94" s="29"/>
+    </row>
+    <row r="95" spans="2:14" ht="25.5">
+      <c r="B95" s="105" t="s">
+        <v>220</v>
+      </c>
+      <c r="C95" s="101" t="s">
+        <v>221</v>
+      </c>
+      <c r="D95" s="29"/>
+      <c r="E95" s="29"/>
+      <c r="F95" s="29"/>
+      <c r="G95" s="29"/>
+      <c r="H95" s="29"/>
+      <c r="I95" s="29"/>
+      <c r="J95" s="29"/>
+      <c r="K95" s="29"/>
+      <c r="L95" s="29"/>
+      <c r="M95" s="29"/>
+      <c r="N95" s="29"/>
+    </row>
+    <row r="96" spans="2:14" ht="28.15" customHeight="1">
+      <c r="B96" s="101" t="s">
+        <v>84</v>
+      </c>
+      <c r="C96" s="106" t="s">
+        <v>222</v>
+      </c>
+      <c r="D96" s="29"/>
+      <c r="E96" s="29"/>
+      <c r="F96" s="29"/>
+      <c r="G96" s="29"/>
+      <c r="H96" s="29"/>
+      <c r="I96" s="29"/>
+      <c r="J96" s="29"/>
+      <c r="K96" s="29"/>
+      <c r="L96" s="29"/>
+      <c r="M96" s="29"/>
+      <c r="N96" s="29"/>
+    </row>
+    <row r="97" spans="2:14" ht="28.15" customHeight="1">
+      <c r="B97" s="101" t="s">
+        <v>223</v>
+      </c>
+      <c r="C97" s="106" t="s">
+        <v>224</v>
+      </c>
+      <c r="D97" s="29"/>
+      <c r="E97" s="29"/>
+      <c r="F97" s="29"/>
+      <c r="G97" s="29"/>
+      <c r="H97" s="29"/>
+      <c r="I97" s="29"/>
+      <c r="J97" s="29"/>
+      <c r="K97" s="29"/>
+      <c r="L97" s="29"/>
+      <c r="M97" s="29"/>
+      <c r="N97" s="29"/>
+    </row>
+    <row r="98" spans="2:14">
+      <c r="B98" s="101" t="s">
+        <v>225</v>
+      </c>
+      <c r="C98" s="106" t="s">
+        <v>226</v>
+      </c>
+      <c r="D98" s="29"/>
+      <c r="E98" s="29"/>
+      <c r="F98" s="29"/>
+      <c r="G98" s="29"/>
+      <c r="H98" s="29"/>
+      <c r="I98" s="29"/>
+      <c r="J98" s="29"/>
+      <c r="K98" s="29"/>
+      <c r="L98" s="29"/>
+      <c r="M98" s="29"/>
+      <c r="N98" s="29"/>
+    </row>
+    <row r="99" spans="2:14" ht="38.25">
+      <c r="B99" s="101" t="s">
+        <v>227</v>
+      </c>
+      <c r="C99" s="106" t="s">
+        <v>228</v>
+      </c>
+      <c r="D99" s="29"/>
+      <c r="E99" s="29"/>
+      <c r="F99" s="29"/>
+      <c r="G99" s="29"/>
+      <c r="H99" s="29"/>
+      <c r="I99" s="29"/>
+      <c r="J99" s="29"/>
+      <c r="K99" s="29"/>
+      <c r="L99" s="29"/>
+      <c r="M99" s="29"/>
+      <c r="N99" s="29"/>
+    </row>
+    <row r="100" spans="2:14" ht="25.5">
+      <c r="B100" s="101" t="s">
+        <v>229</v>
+      </c>
+      <c r="C100" s="101" t="s">
+        <v>230</v>
+      </c>
+      <c r="D100" s="29"/>
+      <c r="E100" s="29"/>
+      <c r="F100" s="29"/>
+      <c r="G100" s="29"/>
+      <c r="H100" s="29"/>
+      <c r="I100" s="29"/>
+      <c r="J100" s="29"/>
+      <c r="K100" s="29"/>
+      <c r="L100" s="29"/>
+      <c r="M100" s="29"/>
+      <c r="N100" s="29"/>
+    </row>
+    <row r="101" spans="2:14">
+      <c r="B101" s="101" t="s">
+        <v>11</v>
+      </c>
+      <c r="C101" s="101" t="s">
+        <v>231</v>
+      </c>
+      <c r="D101" s="29"/>
+      <c r="E101" s="29"/>
+      <c r="F101" s="29"/>
+      <c r="G101" s="29"/>
+      <c r="H101" s="29"/>
+      <c r="I101" s="29"/>
+      <c r="J101" s="29"/>
+      <c r="K101" s="29"/>
+      <c r="L101" s="29"/>
+      <c r="M101" s="29"/>
+      <c r="N101" s="29"/>
+    </row>
+    <row r="102" spans="2:14">
+      <c r="B102" s="101" t="s">
+        <v>232</v>
+      </c>
+      <c r="C102" s="101" t="s">
+        <v>233</v>
+      </c>
+      <c r="D102" s="29"/>
+      <c r="E102" s="29"/>
+      <c r="F102" s="29"/>
+      <c r="G102" s="29"/>
+      <c r="H102" s="29"/>
+      <c r="I102" s="29"/>
+      <c r="J102" s="29"/>
+      <c r="K102" s="29"/>
+      <c r="L102" s="29"/>
+      <c r="M102" s="29"/>
+      <c r="N102" s="29"/>
+    </row>
+    <row r="103" spans="2:14" ht="25.5">
+      <c r="B103" s="105" t="s">
+        <v>234</v>
+      </c>
+      <c r="C103" s="101" t="s">
         <v>235</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="B3" s="48" t="s">
+      <c r="D103" s="29"/>
+      <c r="E103" s="29"/>
+      <c r="F103" s="29"/>
+      <c r="G103" s="29"/>
+      <c r="H103" s="29"/>
+      <c r="I103" s="29"/>
+      <c r="J103" s="29"/>
+      <c r="K103" s="29"/>
+      <c r="L103" s="29"/>
+      <c r="M103" s="29"/>
+      <c r="N103" s="29"/>
+    </row>
+    <row r="104" spans="2:14">
+      <c r="B104" s="101" t="s">
+        <v>236</v>
+      </c>
+      <c r="C104" s="101" t="s">
+        <v>237</v>
+      </c>
+      <c r="D104" s="29"/>
+      <c r="E104" s="29"/>
+      <c r="F104" s="29"/>
+      <c r="G104" s="29"/>
+      <c r="H104" s="29"/>
+      <c r="I104" s="29"/>
+      <c r="J104" s="29"/>
+      <c r="K104" s="29"/>
+      <c r="L104" s="29"/>
+      <c r="M104" s="29"/>
+      <c r="N104" s="29"/>
+    </row>
+    <row r="105" spans="2:14">
+      <c r="B105" s="101" t="s">
+        <v>21</v>
+      </c>
+      <c r="C105" s="101" t="s">
+        <v>238</v>
+      </c>
+      <c r="D105" s="29"/>
+      <c r="E105" s="29"/>
+      <c r="F105" s="29"/>
+      <c r="G105" s="29"/>
+      <c r="H105" s="29"/>
+      <c r="I105" s="29"/>
+      <c r="J105" s="29"/>
+      <c r="K105" s="29"/>
+      <c r="L105" s="29"/>
+      <c r="M105" s="29"/>
+      <c r="N105" s="29"/>
+    </row>
+    <row r="106" spans="2:14">
+      <c r="B106" s="101" t="s">
+        <v>44</v>
+      </c>
+      <c r="C106" s="101" t="s">
+        <v>239</v>
+      </c>
+      <c r="D106" s="29"/>
+      <c r="E106" s="29"/>
+      <c r="F106" s="29"/>
+      <c r="G106" s="29"/>
+      <c r="H106" s="29"/>
+      <c r="I106" s="29"/>
+      <c r="J106" s="29"/>
+      <c r="K106" s="29"/>
+      <c r="L106" s="29"/>
+      <c r="M106" s="29"/>
+      <c r="N106" s="29"/>
+    </row>
+    <row r="107" spans="2:14" ht="25.5">
+      <c r="B107" s="101" t="s">
+        <v>45</v>
+      </c>
+      <c r="C107" s="101" t="s">
+        <v>240</v>
+      </c>
+      <c r="D107" s="29"/>
+      <c r="E107" s="29"/>
+      <c r="F107" s="29"/>
+      <c r="G107" s="29"/>
+      <c r="H107" s="29"/>
+      <c r="I107" s="29"/>
+      <c r="J107" s="29"/>
+      <c r="K107" s="29"/>
+      <c r="L107" s="29"/>
+      <c r="M107" s="29"/>
+      <c r="N107" s="29"/>
+    </row>
+    <row r="108" spans="2:14">
+      <c r="B108" s="101" t="s">
+        <v>31</v>
+      </c>
+      <c r="C108" s="101" t="s">
+        <v>241</v>
+      </c>
+      <c r="D108" s="29"/>
+      <c r="E108" s="29"/>
+      <c r="F108" s="29"/>
+      <c r="G108" s="29"/>
+      <c r="H108" s="29"/>
+      <c r="I108" s="29"/>
+      <c r="J108" s="29"/>
+      <c r="K108" s="29"/>
+      <c r="L108" s="29"/>
+      <c r="M108" s="29"/>
+      <c r="N108" s="29"/>
+    </row>
+    <row r="109" spans="2:14" ht="25.5">
+      <c r="B109" s="101" t="s">
+        <v>12</v>
+      </c>
+      <c r="C109" s="101" t="s">
+        <v>242</v>
+      </c>
+      <c r="D109" s="29"/>
+      <c r="E109" s="29"/>
+      <c r="F109" s="29"/>
+      <c r="G109" s="29"/>
+      <c r="H109" s="29"/>
+      <c r="I109" s="29"/>
+      <c r="J109" s="29"/>
+      <c r="K109" s="29"/>
+      <c r="L109" s="29"/>
+      <c r="M109" s="29"/>
+      <c r="N109" s="29"/>
+    </row>
+    <row r="110" spans="2:14" ht="38.25">
+      <c r="B110" s="101" t="s">
+        <v>39</v>
+      </c>
+      <c r="C110" s="101" t="s">
+        <v>243</v>
+      </c>
+      <c r="D110" s="29"/>
+      <c r="E110" s="29"/>
+      <c r="F110" s="29"/>
+      <c r="G110" s="29"/>
+      <c r="H110" s="29"/>
+      <c r="I110" s="29"/>
+      <c r="J110" s="29"/>
+      <c r="K110" s="29"/>
+      <c r="L110" s="29"/>
+      <c r="M110" s="29"/>
+      <c r="N110" s="29"/>
+    </row>
+    <row r="111" spans="2:14">
+      <c r="B111" s="101" t="s">
+        <v>40</v>
+      </c>
+      <c r="C111" s="101" t="s">
         <v>244</v>
-      </c>
-[...1690 lines deleted...]
-        <v>195</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="B7:C7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Category xmlns="2777dcbf-a18e-4cdf-99b4-0fbfbee22629">Reports &amp; Data</Category>
+    <_dlc_DocId xmlns="ef66c0c8-142b-4c59-93f2-831009d530b4">SH7A6FU2NYNQ-2130651617-391</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="ef66c0c8-142b-4c59-93f2-831009d530b4">
+      <Url>http://teams/sites/W2R/_layouts/15/DocIdRedir.aspx?ID=SH7A6FU2NYNQ-2130651617-391</Url>
+      <Description>SH7A6FU2NYNQ-2130651617-391</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D6320943D6C2B14B9F8F05F1668EC6C8" ma:contentTypeVersion="2" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5eba13834082d4c55b1dac2596c9b119">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2777dcbf-a18e-4cdf-99b4-0fbfbee22629" xmlns:ns3="ef66c0c8-142b-4c59-93f2-831009d530b4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="baa3b5dbafdae2f6a34c6b9dc815fa77" ns2:_="" ns3:_="">
     <xsd:import namespace="2777dcbf-a18e-4cdf-99b4-0fbfbee22629"/>
     <xsd:import namespace="ef66c0c8-142b-4c59-93f2-831009d530b4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Category"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2777dcbf-a18e-4cdf-99b4-0fbfbee22629" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -21204,142 +21714,77 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D91E89EF-4404-4DE2-9A6F-2618FF61E54C}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7741514F-5EBB-45AE-B99D-244865DF0A62}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5E01EA2-78BB-4E10-ADFE-78359FA5E82A}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D91E89EF-4404-4DE2-9A6F-2618FF61E54C}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{397EC157-A95B-4118-963C-B3CF4A2E5630}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5E01EA2-78BB-4E10-ADFE-78359FA5E82A}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7741514F-5EBB-45AE-B99D-244865DF0A62}">
-[...6 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{397EC157-A95B-4118-963C-B3CF4A2E5630}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...25 lines deleted...]
-  </TitlesOfParts>
+  <Application>Microsoft Excel Online</Application>
+  <Manager/>
   <Company>WA STATE DEPT OF ECOLOGY</Company>
-  <LinksUpToDate>false</LinksUpToDate>
-[...1 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
+  <dc:subject/>
   <dc:creator>Kip Eagles</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy/>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100D6320943D6C2B14B9F8F05F1668EC6C8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>fdb5cee5-6680-48d2-975e-c1dc6f6765cb</vt:lpwstr>
   </property>
 </Properties>
 </file>